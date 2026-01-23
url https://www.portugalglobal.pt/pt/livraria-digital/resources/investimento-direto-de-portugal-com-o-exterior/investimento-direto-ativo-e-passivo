--- v1 (2026-01-03)
+++ v2 (2026-01-23)
@@ -1,70 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://portugalglobal-my.sharepoint.com/personal/joao_santos_portugalglobal_pt/Documents/Documentos/JMS/AICEP/Intelligence Externa/ID/ID Observatório/Finais/2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="16" documentId="8_{958A314B-68CB-4239-B9F9-B2D1852A9D98}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1ED1CAC7-10A8-4E68-AC24-CD4F6EA53A0B}"/>
+  <xr:revisionPtr revIDLastSave="15" documentId="8_{5B3F5508-75AB-417A-9594-98D106DC94C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2052AD6F-D9D5-4C0B-83DF-E14F1119F0E2}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="958" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Capa" sheetId="33" r:id="rId1"/>
     <sheet name="Índice" sheetId="32" r:id="rId2"/>
     <sheet name="1 ID Global" sheetId="16" r:id="rId3"/>
     <sheet name="2 Ativo Fluxos" sheetId="8" r:id="rId4"/>
     <sheet name="3 Passivo Fluxos" sheetId="22" r:id="rId5"/>
     <sheet name="5 Ativo Stock" sheetId="37" r:id="rId6"/>
     <sheet name="6 Passivo Stock" sheetId="38" r:id="rId7"/>
     <sheet name=" " sheetId="31" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'1 ID Global'!$A$1:$H$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'2 Ativo Fluxos'!$A$1:$D$45</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'3 Passivo Fluxos'!$A$1:$D$45</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'5 Ativo Stock'!$A$1:$E$45</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'6 Passivo Stock'!$A$1:$E$45</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
@@ -295,60 +294,60 @@
   <si>
     <t>Variação Cambial</t>
   </si>
   <si>
     <t>t.v.h. - variação homóloga em percentagem</t>
   </si>
   <si>
     <t>v.h. - variação homóloga em valor</t>
   </si>
   <si>
     <t>2024 set</t>
   </si>
   <si>
     <t>2025 set</t>
   </si>
   <si>
     <t>2025 set vs 2024 dez</t>
   </si>
   <si>
     <t>2025 set vs 2025 jun</t>
   </si>
   <si>
     <t>2025 set vs 2024 set</t>
   </si>
   <si>
-    <t>2025 (janeiro a outubro)</t>
-[...8 lines deleted...]
-    <t>2025 jan/out</t>
+    <t>2025 (janeiro a novembro)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Janeiro de 2026</t>
+  </si>
+  <si>
+    <t>2024 jan/nov</t>
+  </si>
+  <si>
+    <t>2025 jan/nov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
@@ -706,51 +705,51 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="9"/>
       </right>
       <top style="thin">
         <color indexed="9"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="92">
+  <cellXfs count="93">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
@@ -847,50 +846,53 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="17" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="17" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="17" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="17" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="17" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="16" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="17" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="15" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -1075,51 +1077,51 @@
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF1A396E"/>
       <color rgb="FF00A4B4"/>
       <color rgb="FF715C53"/>
       <color rgb="FF74B21A"/>
       <color rgb="FFF2F2F2"/>
       <color rgb="FF7F7F7F"/>
       <color rgb="FF7FC31C"/>
       <color rgb="FF0091D1"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
@@ -1498,54 +1500,50 @@
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4648200" y="8867775"/>
           <a:ext cx="1037478" cy="325874"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
@@ -2467,131 +2465,131 @@
     </row>
     <row r="12" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="12" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" location="'1 ID Global'!A2" display="Fluxos e Posição de Investimento Direto com o Exterior (valores globais)" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="A6" location="'2 Ativo Fluxos'!Print_Area" display="Fluxos de Investimento Direto - Ativo" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
     <hyperlink ref="A8" location="'3 Passivo Fluxos'!Print_Area" display="Fluxos de Investimento Direto - Passivo" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
     <hyperlink ref="A10" location="'5 Ativo Stock'!Print_Area" display="Stock de Investimento Direto - Ativo" xr:uid="{00000000-0004-0000-0100-000003000000}"/>
     <hyperlink ref="A12" location="'6 Passivo Stock'!A1" display="Stock de Investimento Direto - Passivo" xr:uid="{331587CB-47AB-47B2-8EC8-E800D454D416}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:AB104"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="H10" sqref="H10"/>
+      <selection activeCell="A45" sqref="A45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="20.7109375" style="20" customWidth="1"/>
     <col min="2" max="8" width="9.7109375" style="28" customWidth="1"/>
     <col min="9" max="9" width="9.28515625" style="28"/>
     <col min="10" max="14" width="9.7109375" style="28" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="9.28515625" style="28"/>
     <col min="16" max="16" width="9.7109375" style="28" bestFit="1" customWidth="1"/>
     <col min="17" max="20" width="9.28515625" style="28"/>
     <col min="21" max="28" width="9.28515625" style="29"/>
     <col min="29" max="16384" width="9.28515625" style="28"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="26"/>
       <c r="B1" s="27"/>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
       <c r="E1" s="26"/>
       <c r="F1" s="26"/>
       <c r="G1" s="27"/>
       <c r="H1" s="27"/>
     </row>
     <row r="2" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="83" t="s">
+      <c r="A2" s="84" t="s">
         <v>52</v>
       </c>
-      <c r="B2" s="83"/>
-[...5 lines deleted...]
-      <c r="H2" s="83"/>
+      <c r="B2" s="84"/>
+      <c r="C2" s="84"/>
+      <c r="D2" s="84"/>
+      <c r="E2" s="84"/>
+      <c r="F2" s="84"/>
+      <c r="G2" s="84"/>
+      <c r="H2" s="84"/>
     </row>
     <row r="3" spans="1:28" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="39"/>
       <c r="B3" s="39"/>
       <c r="C3" s="39"/>
       <c r="D3" s="39"/>
       <c r="E3" s="39"/>
       <c r="F3" s="39"/>
       <c r="G3" s="39"/>
       <c r="H3" s="39"/>
     </row>
     <row r="4" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="83" t="s">
+      <c r="A4" s="84" t="s">
         <v>7</v>
       </c>
-      <c r="B4" s="83"/>
-[...5 lines deleted...]
-      <c r="H4" s="83"/>
+      <c r="B4" s="84"/>
+      <c r="C4" s="84"/>
+      <c r="D4" s="84"/>
+      <c r="E4" s="84"/>
+      <c r="F4" s="84"/>
+      <c r="G4" s="84"/>
+      <c r="H4" s="84"/>
     </row>
     <row r="5" spans="1:28" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="39"/>
       <c r="B5" s="40"/>
       <c r="C5" s="40"/>
       <c r="D5" s="40"/>
       <c r="E5" s="40"/>
       <c r="F5" s="40"/>
       <c r="G5" s="40"/>
       <c r="H5" s="40"/>
     </row>
     <row r="6" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="83" t="s">
+      <c r="A6" s="84" t="s">
         <v>43</v>
       </c>
-      <c r="B6" s="83"/>
-[...5 lines deleted...]
-      <c r="H6" s="83"/>
+      <c r="B6" s="84"/>
+      <c r="C6" s="84"/>
+      <c r="D6" s="84"/>
+      <c r="E6" s="84"/>
+      <c r="F6" s="84"/>
+      <c r="G6" s="84"/>
+      <c r="H6" s="84"/>
     </row>
     <row r="7" spans="1:28" s="20" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="41"/>
       <c r="B7" s="42">
         <v>2020</v>
       </c>
       <c r="C7" s="42">
         <v>2021</v>
       </c>
       <c r="D7" s="42">
         <v>2022</v>
       </c>
       <c r="E7" s="42">
         <v>2023</v>
       </c>
       <c r="F7" s="42">
         <v>2024</v>
       </c>
       <c r="G7" s="43" t="s">
         <v>81</v>
       </c>
       <c r="H7" s="43" t="s">
         <v>82</v>
       </c>
       <c r="K7" s="28"/>
@@ -2602,237 +2600,237 @@
       <c r="Y7" s="25"/>
       <c r="Z7" s="25"/>
       <c r="AA7" s="25"/>
       <c r="AB7" s="25"/>
     </row>
     <row r="8" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="37" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="15">
         <v>-2154.86</v>
       </c>
       <c r="C8" s="15">
         <v>52.610000000000355</v>
       </c>
       <c r="D8" s="15">
         <v>5269.5500000000011</v>
       </c>
       <c r="E8" s="15">
         <v>5258.6400000000012</v>
       </c>
       <c r="F8" s="15">
         <v>6327.06</v>
       </c>
       <c r="G8" s="15">
-        <v>5383.43</v>
+        <v>5233.88</v>
       </c>
       <c r="H8" s="15">
-        <v>4276.33</v>
+        <v>5041.2</v>
       </c>
       <c r="I8" s="21"/>
       <c r="U8" s="28"/>
       <c r="V8" s="28"/>
       <c r="W8" s="28"/>
       <c r="X8" s="28"/>
       <c r="Y8" s="28"/>
       <c r="Z8" s="28"/>
       <c r="AA8" s="28"/>
       <c r="AB8" s="28"/>
     </row>
     <row r="9" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="37" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="15">
         <v>3491.0000000000005</v>
       </c>
       <c r="C9" s="15">
         <v>7859.25</v>
       </c>
       <c r="D9" s="15">
         <v>12615.169999999998</v>
       </c>
       <c r="E9" s="15">
         <v>10711.679999999998</v>
       </c>
       <c r="F9" s="15">
         <v>12478.25</v>
       </c>
       <c r="G9" s="15">
-        <v>11040.09</v>
+        <v>11465.8</v>
       </c>
       <c r="H9" s="15">
-        <v>4712.32</v>
+        <v>6552.8799999999992</v>
       </c>
       <c r="U9" s="28"/>
       <c r="V9" s="28"/>
       <c r="W9" s="28"/>
       <c r="X9" s="28"/>
       <c r="Y9" s="28"/>
       <c r="Z9" s="28"/>
       <c r="AA9" s="28"/>
       <c r="AB9" s="28"/>
     </row>
     <row r="10" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="37" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="15">
         <v>-5645.8600000000006</v>
       </c>
       <c r="C10" s="15">
         <v>-7806.6399999999994</v>
       </c>
       <c r="D10" s="15">
         <v>-7345.6199999999972</v>
       </c>
       <c r="E10" s="15">
         <v>-5453.0399999999972</v>
       </c>
       <c r="F10" s="15">
         <v>-6151.19</v>
       </c>
       <c r="G10" s="15">
-        <v>-5656.66</v>
+        <v>-6231.9199999999992</v>
       </c>
       <c r="H10" s="15">
-        <v>-435.98999999999978</v>
+        <v>-1511.6799999999994</v>
       </c>
       <c r="I10" s="21"/>
       <c r="U10" s="28"/>
       <c r="V10" s="28"/>
       <c r="W10" s="28"/>
       <c r="X10" s="28"/>
       <c r="Y10" s="28"/>
       <c r="Z10" s="28"/>
       <c r="AA10" s="28"/>
       <c r="AB10" s="28"/>
     </row>
     <row r="11" spans="1:28" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="38"/>
       <c r="B11" s="17"/>
       <c r="C11" s="17"/>
       <c r="D11" s="17"/>
       <c r="E11" s="17"/>
       <c r="F11" s="17"/>
       <c r="G11" s="18"/>
       <c r="H11" s="17"/>
     </row>
     <row r="12" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="37" t="s">
         <v>41</v>
       </c>
       <c r="B12" s="15">
         <v>-3587.67</v>
       </c>
       <c r="C12" s="15">
         <v>2207.4700000000003</v>
       </c>
       <c r="D12" s="15">
         <v>5216.9400000000005</v>
       </c>
       <c r="E12" s="15">
         <v>-10.909999999999854</v>
       </c>
       <c r="F12" s="15">
         <v>1068.4199999999992</v>
       </c>
       <c r="G12" s="19" t="s">
         <v>0</v>
       </c>
       <c r="H12" s="15">
-        <v>-1107.1000000000004</v>
+        <v>-192.68000000000029</v>
       </c>
       <c r="I12" s="21"/>
       <c r="U12" s="28"/>
       <c r="V12" s="28"/>
       <c r="W12" s="28"/>
       <c r="X12" s="28"/>
       <c r="Y12" s="28"/>
       <c r="Z12" s="28"/>
       <c r="AA12" s="28"/>
       <c r="AB12" s="28"/>
     </row>
     <row r="13" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="37" t="s">
         <v>42</v>
       </c>
       <c r="B13" s="15">
         <v>-6183.26</v>
       </c>
       <c r="C13" s="15">
         <v>4368.25</v>
       </c>
       <c r="D13" s="15">
         <v>4755.9199999999983</v>
       </c>
       <c r="E13" s="15">
         <v>-1903.4899999999998</v>
       </c>
       <c r="F13" s="15">
         <v>1766.5700000000015</v>
       </c>
       <c r="G13" s="19" t="s">
         <v>0</v>
       </c>
       <c r="H13" s="15">
-        <v>-6327.77</v>
+        <v>-4912.92</v>
       </c>
       <c r="U13" s="28"/>
       <c r="V13" s="28"/>
       <c r="W13" s="28"/>
       <c r="X13" s="28"/>
       <c r="Y13" s="28"/>
       <c r="Z13" s="28"/>
       <c r="AA13" s="28"/>
       <c r="AB13" s="28"/>
     </row>
     <row r="14" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="46" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="44">
         <v>2595.59</v>
       </c>
       <c r="C14" s="44">
         <v>-2160.7799999999988</v>
       </c>
       <c r="D14" s="44">
         <v>461.02000000000226</v>
       </c>
       <c r="E14" s="44">
         <v>1892.58</v>
       </c>
       <c r="F14" s="44">
         <v>-698.15000000000236</v>
       </c>
       <c r="G14" s="45" t="s">
         <v>0</v>
       </c>
       <c r="H14" s="44">
-        <v>5220.67</v>
+        <v>4720.24</v>
       </c>
       <c r="I14" s="21"/>
       <c r="U14" s="28"/>
       <c r="V14" s="28"/>
       <c r="W14" s="28"/>
       <c r="X14" s="28"/>
       <c r="Y14" s="28"/>
       <c r="Z14" s="28"/>
       <c r="AA14" s="28"/>
       <c r="AB14" s="28"/>
     </row>
     <row r="15" spans="1:28" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="21"/>
       <c r="C15" s="21"/>
       <c r="D15" s="21"/>
       <c r="E15" s="21"/>
       <c r="F15" s="21"/>
       <c r="G15" s="21"/>
       <c r="H15" s="21"/>
       <c r="U15" s="28"/>
       <c r="V15" s="28"/>
       <c r="W15" s="28"/>
       <c r="X15" s="28"/>
       <c r="Y15" s="28"/>
       <c r="Z15" s="28"/>
@@ -2854,60 +2852,60 @@
       <c r="X16" s="28"/>
       <c r="Y16" s="28"/>
       <c r="Z16" s="28"/>
       <c r="AA16" s="28"/>
       <c r="AB16" s="28"/>
     </row>
     <row r="17" spans="1:28" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="22"/>
       <c r="B17" s="21"/>
       <c r="C17" s="21"/>
       <c r="D17" s="21"/>
       <c r="E17" s="21"/>
       <c r="F17" s="21"/>
       <c r="G17" s="21"/>
       <c r="H17" s="21"/>
       <c r="U17" s="28"/>
       <c r="V17" s="28"/>
       <c r="W17" s="28"/>
       <c r="X17" s="28"/>
       <c r="Y17" s="28"/>
       <c r="Z17" s="28"/>
       <c r="AA17" s="28"/>
       <c r="AB17" s="28"/>
     </row>
     <row r="18" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="83" t="s">
+      <c r="A18" s="84" t="s">
         <v>44</v>
       </c>
-      <c r="B18" s="83"/>
-[...5 lines deleted...]
-      <c r="H18" s="83"/>
+      <c r="B18" s="84"/>
+      <c r="C18" s="84"/>
+      <c r="D18" s="84"/>
+      <c r="E18" s="84"/>
+      <c r="F18" s="84"/>
+      <c r="G18" s="84"/>
+      <c r="H18" s="84"/>
       <c r="U18" s="28"/>
       <c r="V18" s="28"/>
       <c r="W18" s="28"/>
       <c r="X18" s="28"/>
       <c r="Y18" s="28"/>
       <c r="Z18" s="28"/>
       <c r="AA18" s="28"/>
       <c r="AB18" s="28"/>
     </row>
     <row r="19" spans="1:28" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="41"/>
       <c r="B19" s="42" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="42" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="42" t="s">
         <v>45</v>
       </c>
       <c r="E19" s="42" t="s">
         <v>46</v>
       </c>
       <c r="F19" s="42" t="s">
         <v>63</v>
@@ -3173,226 +3171,226 @@
       <c r="X27" s="28"/>
       <c r="Y27" s="28"/>
       <c r="Z27" s="28"/>
       <c r="AA27" s="28"/>
       <c r="AB27" s="28"/>
     </row>
     <row r="28" spans="1:28" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="22"/>
       <c r="B28" s="21"/>
       <c r="C28" s="21"/>
       <c r="D28" s="21"/>
       <c r="E28" s="21"/>
       <c r="F28" s="21"/>
       <c r="G28" s="21"/>
       <c r="H28" s="21"/>
       <c r="U28" s="28"/>
       <c r="V28" s="28"/>
       <c r="W28" s="28"/>
       <c r="X28" s="28"/>
       <c r="Y28" s="28"/>
       <c r="Z28" s="28"/>
       <c r="AA28" s="28"/>
       <c r="AB28" s="28"/>
     </row>
     <row r="29" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="83" t="s">
+      <c r="A29" s="84" t="s">
         <v>66</v>
       </c>
-      <c r="B29" s="83"/>
-[...5 lines deleted...]
-      <c r="H29" s="83"/>
+      <c r="B29" s="84"/>
+      <c r="C29" s="84"/>
+      <c r="D29" s="84"/>
+      <c r="E29" s="84"/>
+      <c r="F29" s="84"/>
+      <c r="G29" s="84"/>
+      <c r="H29" s="84"/>
       <c r="U29" s="28"/>
       <c r="V29" s="28"/>
       <c r="W29" s="28"/>
       <c r="X29" s="28"/>
       <c r="Y29" s="28"/>
       <c r="Z29" s="28"/>
       <c r="AA29" s="28"/>
       <c r="AB29" s="28"/>
     </row>
     <row r="30" spans="1:28" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="76"/>
-[...1 lines deleted...]
-      <c r="C30" s="80" t="s">
+      <c r="A30" s="77"/>
+      <c r="B30" s="77"/>
+      <c r="C30" s="81" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="42" t="s">
         <v>9</v>
       </c>
-      <c r="E30" s="80" t="s">
+      <c r="E30" s="81" t="s">
         <v>8</v>
       </c>
       <c r="F30" s="42" t="s">
         <v>9</v>
       </c>
-      <c r="G30" s="79" t="s">
+      <c r="G30" s="80" t="s">
         <v>8</v>
       </c>
       <c r="H30" s="43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:28" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="81"/>
-[...1 lines deleted...]
-      <c r="C31" s="86" t="s">
+      <c r="A31" s="82"/>
+      <c r="B31" s="82"/>
+      <c r="C31" s="87" t="s">
         <v>76</v>
       </c>
-      <c r="D31" s="87"/>
-      <c r="E31" s="86" t="s">
+      <c r="D31" s="88"/>
+      <c r="E31" s="87" t="s">
         <v>77</v>
       </c>
-      <c r="F31" s="87"/>
-      <c r="G31" s="88" t="s">
+      <c r="F31" s="88"/>
+      <c r="G31" s="89" t="s">
         <v>78</v>
       </c>
-      <c r="H31" s="88"/>
+      <c r="H31" s="89"/>
     </row>
     <row r="32" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="78" t="s">
+      <c r="A32" s="79" t="s">
         <v>67</v>
       </c>
-      <c r="B32" s="77"/>
-      <c r="C32" s="77">
+      <c r="B32" s="78"/>
+      <c r="C32" s="78">
         <v>4202.1199999999953</v>
       </c>
-      <c r="D32" s="77">
+      <c r="D32" s="78">
         <v>6809.210000000021</v>
       </c>
-      <c r="E32" s="77">
+      <c r="E32" s="78">
         <v>2115.1999999999971</v>
       </c>
-      <c r="F32" s="77">
+      <c r="F32" s="78">
         <v>4679.1600000000035</v>
       </c>
-      <c r="G32" s="77">
+      <c r="G32" s="78">
         <v>4347.9899999999907</v>
       </c>
-      <c r="H32" s="77">
+      <c r="H32" s="78">
         <v>5538.0400000000081</v>
       </c>
       <c r="I32" s="21"/>
       <c r="U32" s="28"/>
       <c r="V32" s="28"/>
       <c r="W32" s="28"/>
       <c r="X32" s="28"/>
       <c r="Y32" s="28"/>
       <c r="Z32" s="28"/>
       <c r="AA32" s="28"/>
       <c r="AB32" s="28"/>
     </row>
     <row r="33" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="37" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="15"/>
-      <c r="C33" s="77">
+      <c r="C33" s="78">
         <v>3342.81</v>
       </c>
-      <c r="D33" s="77">
+      <c r="D33" s="78">
         <v>3072.32</v>
       </c>
-      <c r="E33" s="77">
+      <c r="E33" s="78">
         <v>1548.8899999999999</v>
       </c>
-      <c r="F33" s="77">
+      <c r="F33" s="78">
         <v>4234.1100000000006</v>
       </c>
-      <c r="G33" s="77">
+      <c r="G33" s="78">
         <v>5113.2199999999993</v>
       </c>
-      <c r="H33" s="77">
+      <c r="H33" s="78">
         <v>7413.1900000000005</v>
       </c>
       <c r="U33" s="28"/>
       <c r="V33" s="28"/>
       <c r="W33" s="28"/>
       <c r="X33" s="28"/>
       <c r="Y33" s="28"/>
       <c r="Z33" s="28"/>
       <c r="AA33" s="28"/>
       <c r="AB33" s="28"/>
     </row>
     <row r="34" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B34" s="15"/>
-      <c r="C34" s="77">
+      <c r="C34" s="78">
         <v>1224.19</v>
       </c>
-      <c r="D34" s="77">
+      <c r="D34" s="78">
         <v>4158.76</v>
       </c>
-      <c r="E34" s="77">
+      <c r="E34" s="78">
         <v>-141.88999999999999</v>
       </c>
-      <c r="F34" s="77">
+      <c r="F34" s="78">
         <v>512.16999999999996</v>
       </c>
-      <c r="G34" s="77">
+      <c r="G34" s="78">
         <v>1258.54</v>
       </c>
-      <c r="H34" s="77">
+      <c r="H34" s="78">
         <v>2753.11</v>
       </c>
       <c r="I34" s="21"/>
       <c r="U34" s="28"/>
       <c r="V34" s="28"/>
       <c r="W34" s="28"/>
       <c r="X34" s="28"/>
       <c r="Y34" s="28"/>
       <c r="Z34" s="28"/>
       <c r="AA34" s="28"/>
       <c r="AB34" s="28"/>
     </row>
     <row r="35" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="38" t="s">
         <v>70</v>
       </c>
       <c r="B35" s="17"/>
-      <c r="C35" s="77">
+      <c r="C35" s="78">
         <v>1175.7199999999998</v>
       </c>
-      <c r="D35" s="77">
+      <c r="D35" s="78">
         <v>-307.85000000000002</v>
       </c>
-      <c r="E35" s="77">
+      <c r="E35" s="78">
         <v>715.05</v>
       </c>
-      <c r="F35" s="77">
+      <c r="F35" s="78">
         <v>-64.680000000000007</v>
       </c>
-      <c r="G35" s="77">
+      <c r="G35" s="78">
         <v>-1318.1299999999999</v>
       </c>
-      <c r="H35" s="77">
+      <c r="H35" s="78">
         <v>-4586.7700000000004</v>
       </c>
     </row>
     <row r="36" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="46" t="s">
         <v>71</v>
       </c>
       <c r="B36" s="49"/>
       <c r="C36" s="44">
         <v>-1540.6</v>
       </c>
       <c r="D36" s="44">
         <v>-114.02000000000001</v>
       </c>
       <c r="E36" s="44">
         <v>-6.85</v>
       </c>
       <c r="F36" s="44">
         <v>-2.44</v>
       </c>
       <c r="G36" s="44">
         <v>-705.63</v>
       </c>
       <c r="H36" s="44">
         <v>-41.48</v>
@@ -3450,60 +3448,60 @@
       <c r="D39" s="21"/>
       <c r="E39" s="21"/>
       <c r="F39" s="21"/>
       <c r="G39" s="21"/>
       <c r="H39" s="21"/>
     </row>
     <row r="40" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A40" s="21" t="s">
         <v>60</v>
       </c>
       <c r="H40" s="33"/>
     </row>
     <row r="41" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A41" s="21" t="s">
         <v>73</v>
       </c>
       <c r="H41" s="33"/>
     </row>
     <row r="42" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A42" s="21" t="s">
         <v>72</v>
       </c>
       <c r="H42" s="33"/>
     </row>
     <row r="43" spans="1:28" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A43" s="84" t="s">
+      <c r="A43" s="85" t="s">
         <v>61</v>
       </c>
-      <c r="B43" s="85"/>
-[...5 lines deleted...]
-      <c r="H43" s="85"/>
+      <c r="B43" s="86"/>
+      <c r="C43" s="86"/>
+      <c r="D43" s="86"/>
+      <c r="E43" s="86"/>
+      <c r="F43" s="86"/>
+      <c r="G43" s="86"/>
+      <c r="H43" s="86"/>
       <c r="K43" s="20"/>
       <c r="M43" s="31"/>
       <c r="N43" s="31"/>
       <c r="O43" s="31"/>
       <c r="P43" s="31"/>
       <c r="Q43" s="31"/>
       <c r="R43" s="31"/>
       <c r="S43" s="31"/>
     </row>
     <row r="44" spans="1:28" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="K44" s="20"/>
       <c r="M44" s="31"/>
       <c r="N44" s="31"/>
       <c r="O44" s="31"/>
       <c r="P44" s="31"/>
       <c r="Q44" s="31"/>
       <c r="R44" s="31"/>
       <c r="S44" s="31"/>
     </row>
     <row r="45" spans="1:28" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="47"/>
       <c r="B45" s="47"/>
       <c r="C45" s="47"/>
       <c r="D45" s="47"/>
       <c r="E45" s="47"/>
@@ -3561,53 +3559,53 @@
       <c r="K49" s="20"/>
       <c r="M49" s="31"/>
       <c r="N49" s="31"/>
       <c r="O49" s="31"/>
       <c r="P49" s="31"/>
       <c r="Q49" s="31"/>
       <c r="R49" s="31"/>
       <c r="S49" s="31"/>
     </row>
     <row r="50" spans="1:25" x14ac:dyDescent="0.2">
       <c r="B50" s="21"/>
       <c r="C50" s="21"/>
       <c r="D50" s="21"/>
       <c r="E50" s="21"/>
       <c r="F50" s="21"/>
       <c r="G50" s="21"/>
       <c r="H50" s="21"/>
       <c r="K50" s="20"/>
       <c r="M50" s="31"/>
       <c r="N50" s="31"/>
       <c r="O50" s="31"/>
       <c r="P50" s="31"/>
       <c r="Q50" s="31"/>
       <c r="R50" s="31"/>
       <c r="S50" s="31"/>
-      <c r="U50" s="82"/>
-[...1 lines deleted...]
-      <c r="W50" s="82"/>
+      <c r="U50" s="83"/>
+      <c r="V50" s="83"/>
+      <c r="W50" s="83"/>
     </row>
     <row r="51" spans="1:25" x14ac:dyDescent="0.2">
       <c r="K51" s="20"/>
       <c r="M51" s="31"/>
       <c r="N51" s="31"/>
       <c r="O51" s="31"/>
       <c r="P51" s="31"/>
       <c r="Q51" s="31"/>
       <c r="R51" s="31"/>
       <c r="S51" s="31"/>
       <c r="U51" s="28"/>
       <c r="V51" s="28"/>
       <c r="W51" s="28"/>
     </row>
     <row r="52" spans="1:25" x14ac:dyDescent="0.2">
       <c r="B52" s="21"/>
       <c r="C52" s="21"/>
       <c r="D52" s="21"/>
       <c r="E52" s="21"/>
       <c r="F52" s="21"/>
       <c r="U52" s="33"/>
       <c r="V52" s="33"/>
       <c r="W52" s="33"/>
       <c r="Y52" s="34"/>
     </row>
@@ -4241,528 +4239,534 @@
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <conditionalFormatting sqref="B8:H14 B32:H36">
     <cfRule type="cellIs" dxfId="13" priority="6" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B20:H26">
     <cfRule type="cellIs" dxfId="12" priority="3" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A48" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{2578EA8E-F916-4F34-92A5-E479E570EC37}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="1.1811023622047245" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:D44"/>
+  <dimension ref="A1:E44"/>
   <sheetViews>
-    <sheetView showGridLines="0" showZeros="0" topLeftCell="A10" workbookViewId="0">
+    <sheetView showGridLines="0" showZeros="0" workbookViewId="0">
       <selection activeCell="A40" sqref="A40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="55.7109375" style="28" customWidth="1"/>
     <col min="2" max="3" width="8.7109375" style="28" customWidth="1"/>
     <col min="4" max="4" width="8.7109375" style="21" customWidth="1"/>
     <col min="5" max="16384" width="9.28515625" style="28"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="A2" s="83" t="s">
+    <row r="1" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:5" ht="15" x14ac:dyDescent="0.2">
+      <c r="A2" s="84" t="s">
         <v>53</v>
       </c>
-      <c r="B2" s="83"/>
-[...10 lines deleted...]
-      <c r="A4" s="56" t="s">
+      <c r="B2" s="84"/>
+      <c r="C2" s="84"/>
+      <c r="D2" s="84"/>
+    </row>
+    <row r="3" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="54"/>
+      <c r="B3" s="54"/>
+      <c r="C3" s="54"/>
+      <c r="D3" s="54"/>
+    </row>
+    <row r="4" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="57" t="s">
+      <c r="B4" s="58" t="s">
         <v>81</v>
       </c>
-      <c r="C4" s="57" t="s">
+      <c r="C4" s="58" t="s">
         <v>82</v>
       </c>
-      <c r="D4" s="58" t="s">
+      <c r="D4" s="59" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="5" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="54" t="s">
+    <row r="5" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="55" t="s">
         <v>16</v>
       </c>
-      <c r="B5" s="55">
-[...10 lines deleted...]
-      <c r="A6" s="54" t="s">
+      <c r="B5" s="56">
+        <v>5233.88</v>
+      </c>
+      <c r="C5" s="56">
+        <v>5041.2</v>
+      </c>
+      <c r="D5" s="56">
+        <v>-192.68000000000029</v>
+      </c>
+      <c r="E5" s="51"/>
+    </row>
+    <row r="6" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="55" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="55">
-[...10 lines deleted...]
-      <c r="A7" s="54" t="s">
+      <c r="B6" s="56">
+        <v>2003.4399999999998</v>
+      </c>
+      <c r="C6" s="56">
+        <v>3040.73</v>
+      </c>
+      <c r="D6" s="56">
+        <v>1037.2900000000002</v>
+      </c>
+      <c r="E6" s="51"/>
+    </row>
+    <row r="7" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="55" t="s">
         <v>4</v>
       </c>
-      <c r="B7" s="55">
-[...10 lines deleted...]
-      <c r="A8" s="54" t="s">
+      <c r="B7" s="56">
+        <v>2005.6399999999999</v>
+      </c>
+      <c r="C7" s="56">
+        <v>3029.4</v>
+      </c>
+      <c r="D7" s="56">
+        <v>1023.7600000000002</v>
+      </c>
+      <c r="E7" s="51"/>
+    </row>
+    <row r="8" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="55" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="55">
+      <c r="B8" s="56">
         <v>0</v>
       </c>
-      <c r="C8" s="55">
+      <c r="C8" s="56">
         <v>0</v>
       </c>
-      <c r="D8" s="55">
+      <c r="D8" s="56">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="54" t="s">
+      <c r="E8" s="51"/>
+    </row>
+    <row r="9" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="55" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="55">
-[...2 lines deleted...]
-      <c r="C9" s="55">
+      <c r="B9" s="56">
+        <v>-2.2000000000000006</v>
+      </c>
+      <c r="C9" s="56">
+        <v>11.33</v>
+      </c>
+      <c r="D9" s="56">
+        <v>13.530000000000001</v>
+      </c>
+      <c r="E9" s="51"/>
+    </row>
+    <row r="10" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="55" t="s">
+        <v>3</v>
+      </c>
+      <c r="B10" s="56">
+        <v>3230.4400000000005</v>
+      </c>
+      <c r="C10" s="56">
+        <v>2000.4800000000002</v>
+      </c>
+      <c r="D10" s="56">
+        <v>-1229.9600000000003</v>
+      </c>
+      <c r="E10" s="31"/>
+    </row>
+    <row r="11" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="55" t="s">
+        <v>4</v>
+      </c>
+      <c r="B11" s="56">
+        <v>2387.3000000000006</v>
+      </c>
+      <c r="C11" s="56">
+        <v>1833.0500000000002</v>
+      </c>
+      <c r="D11" s="56">
+        <v>-554.25000000000045</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="55" t="s">
+        <v>5</v>
+      </c>
+      <c r="B12" s="56">
+        <v>228.11999999999998</v>
+      </c>
+      <c r="C12" s="56">
+        <v>-166.05</v>
+      </c>
+      <c r="D12" s="56">
+        <v>-394.16999999999996</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="61" t="s">
         <v>6</v>
       </c>
-      <c r="D9" s="55">
-[...63 lines deleted...]
-      <c r="A15" s="56" t="s">
+      <c r="B13" s="62">
+        <v>615.01999999999975</v>
+      </c>
+      <c r="C13" s="62">
+        <v>333.47999999999996</v>
+      </c>
+      <c r="D13" s="63">
+        <v>-281.53999999999979</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D14" s="52"/>
+    </row>
+    <row r="15" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="57" t="s">
         <v>18</v>
       </c>
-      <c r="B15" s="57" t="s">
+      <c r="B15" s="58" t="s">
         <v>81</v>
       </c>
-      <c r="C15" s="57" t="s">
+      <c r="C15" s="58" t="s">
         <v>82</v>
       </c>
-      <c r="D15" s="59" t="s">
+      <c r="D15" s="60" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="16" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="54" t="s">
+    <row r="16" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="55" t="s">
         <v>16</v>
       </c>
-      <c r="B16" s="55">
-[...6 lines deleted...]
-        <v>-1107.1000000000004</v>
+      <c r="B16" s="56">
+        <v>5233.88</v>
+      </c>
+      <c r="C16" s="56">
+        <v>5041.2</v>
+      </c>
+      <c r="D16" s="56">
+        <v>-192.68000000000029</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="54" t="s">
+      <c r="A17" s="55" t="s">
         <v>27</v>
       </c>
-      <c r="B17" s="55">
-[...6 lines deleted...]
-        <v>976.6700000000003</v>
+      <c r="B17" s="56">
+        <v>900.14999999999986</v>
+      </c>
+      <c r="C17" s="56">
+        <v>1835.2400000000002</v>
+      </c>
+      <c r="D17" s="56">
+        <v>935.09000000000037</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="54" t="s">
+      <c r="A18" s="55" t="s">
         <v>33</v>
       </c>
-      <c r="B18" s="55">
-[...6 lines deleted...]
-        <v>-699.03</v>
+      <c r="B18" s="56">
+        <v>351.48</v>
+      </c>
+      <c r="C18" s="56">
+        <v>558.75</v>
+      </c>
+      <c r="D18" s="56">
+        <v>207.26999999999998</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="54" t="s">
+      <c r="A19" s="55" t="s">
         <v>32</v>
       </c>
-      <c r="B19" s="55">
-[...6 lines deleted...]
-        <v>-83.920000000000016</v>
+      <c r="B19" s="56">
+        <v>332.71000000000004</v>
+      </c>
+      <c r="C19" s="56">
+        <v>418.65000000000003</v>
+      </c>
+      <c r="D19" s="56">
+        <v>85.94</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="54" t="s">
+      <c r="A20" s="55" t="s">
         <v>29</v>
       </c>
-      <c r="B20" s="55">
-[...6 lines deleted...]
-        <v>-131.28000000000003</v>
+      <c r="B20" s="56">
+        <v>532.87</v>
+      </c>
+      <c r="C20" s="56">
+        <v>407.05999999999995</v>
+      </c>
+      <c r="D20" s="56">
+        <v>-125.81000000000006</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="54" t="s">
+      <c r="A21" s="55" t="s">
+        <v>23</v>
+      </c>
+      <c r="B21" s="56">
+        <v>496.58000000000004</v>
+      </c>
+      <c r="C21" s="56">
+        <v>200.3</v>
+      </c>
+      <c r="D21" s="56">
+        <v>-296.28000000000003</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="55" t="s">
+        <v>31</v>
+      </c>
+      <c r="B22" s="56">
+        <v>59.160000000000018</v>
+      </c>
+      <c r="C22" s="56">
+        <v>156.69999999999999</v>
+      </c>
+      <c r="D22" s="56">
+        <v>97.539999999999964</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="55" t="s">
         <v>34</v>
       </c>
-      <c r="B21" s="55">
-[...24 lines deleted...]
-      <c r="A23" s="54" t="s">
+      <c r="B23" s="56">
+        <v>305.29999999999995</v>
+      </c>
+      <c r="C23" s="56">
+        <v>61.950000000000017</v>
+      </c>
+      <c r="D23" s="56">
+        <v>-243.34999999999994</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="55" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="56">
+        <v>61.730000000000004</v>
+      </c>
+      <c r="C24" s="56">
+        <v>54.28</v>
+      </c>
+      <c r="D24" s="56">
+        <v>-7.4500000000000028</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="55" t="s">
+        <v>25</v>
+      </c>
+      <c r="B25" s="56">
+        <v>36.159999999999947</v>
+      </c>
+      <c r="C25" s="56">
+        <v>40.340000000000003</v>
+      </c>
+      <c r="D25" s="56">
+        <v>4.1800000000000566</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="55" t="s">
         <v>28</v>
       </c>
-      <c r="B23" s="55">
-[...48 lines deleted...]
-        <v>-0.67999999999994643</v>
+      <c r="B26" s="56">
+        <v>181.1</v>
+      </c>
+      <c r="C26" s="56">
+        <v>3.1999999999999957</v>
+      </c>
+      <c r="D26" s="56">
+        <v>-177.9</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="54" t="s">
+      <c r="A27" s="55" t="s">
         <v>24</v>
       </c>
-      <c r="B27" s="55">
-[...6 lines deleted...]
-        <v>-227.70000000000002</v>
+      <c r="B27" s="56">
+        <v>244.76</v>
+      </c>
+      <c r="C27" s="56">
+        <v>2.9199999999999946</v>
+      </c>
+      <c r="D27" s="56">
+        <v>-241.84</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="54" t="s">
+      <c r="A28" s="55" t="s">
         <v>30</v>
       </c>
-      <c r="B28" s="55">
-[...6 lines deleted...]
-        <v>52.169999999999959</v>
+      <c r="B28" s="56">
+        <v>-133.09999999999997</v>
+      </c>
+      <c r="C28" s="56">
+        <v>-92.390000000000015</v>
+      </c>
+      <c r="D28" s="56">
+        <v>40.709999999999951</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="54" t="s">
+      <c r="A29" s="55" t="s">
         <v>35</v>
       </c>
-      <c r="B29" s="55">
-[...6 lines deleted...]
-        <v>-34.839999999999975</v>
+      <c r="B29" s="56">
+        <v>-154.02000000000001</v>
+      </c>
+      <c r="C29" s="56">
+        <v>-198.60999999999999</v>
+      </c>
+      <c r="D29" s="56">
+        <v>-44.589999999999975</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="60" t="s">
+      <c r="A30" s="61" t="s">
         <v>36</v>
       </c>
-      <c r="B30" s="61">
-[...6 lines deleted...]
-        <v>-400.02000000000066</v>
+      <c r="B30" s="62">
+        <v>2019.0000000000005</v>
+      </c>
+      <c r="C30" s="62">
+        <v>1592.81</v>
+      </c>
+      <c r="D30" s="63">
+        <v>-426.19000000000068</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="25"/>
-      <c r="B31" s="52"/>
-      <c r="C31" s="52"/>
+      <c r="B31" s="53"/>
+      <c r="C31" s="53"/>
       <c r="D31" s="16"/>
     </row>
     <row r="32" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="56" t="s">
+      <c r="A32" s="57" t="s">
         <v>14</v>
       </c>
-      <c r="B32" s="57" t="s">
+      <c r="B32" s="58" t="s">
         <v>81</v>
       </c>
-      <c r="C32" s="57" t="s">
+      <c r="C32" s="58" t="s">
         <v>82</v>
       </c>
-      <c r="D32" s="59" t="s">
+      <c r="D32" s="60" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="54" t="s">
+      <c r="A33" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="B33" s="55">
-[...6 lines deleted...]
-        <v>-694.61999999999898</v>
+      <c r="B33" s="56">
+        <v>3474.9999999999991</v>
+      </c>
+      <c r="C33" s="56">
+        <v>3858.38</v>
+      </c>
+      <c r="D33" s="56">
+        <v>383.38000000000102</v>
       </c>
     </row>
     <row r="34" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="60" t="s">
+      <c r="A34" s="61" t="s">
         <v>38</v>
       </c>
-      <c r="B34" s="61">
-[...6 lines deleted...]
-        <v>-412.48000000000138</v>
+      <c r="B34" s="62">
+        <v>1758.880000000001</v>
+      </c>
+      <c r="C34" s="62">
+        <v>1182.8199999999997</v>
+      </c>
+      <c r="D34" s="63">
+        <v>-576.06000000000131</v>
       </c>
     </row>
     <row r="35" spans="1:4" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="25"/>
-      <c r="B35" s="52"/>
-[...1 lines deleted...]
-      <c r="D35" s="52"/>
+      <c r="B35" s="53"/>
+      <c r="C35" s="53"/>
+      <c r="D35" s="53"/>
     </row>
     <row r="36" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="21" t="s">
         <v>59</v>
       </c>
-      <c r="D36" s="51"/>
+      <c r="D36" s="52"/>
     </row>
     <row r="37" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="21" t="s">
         <v>60</v>
       </c>
-      <c r="D37" s="51"/>
+      <c r="D37" s="52"/>
     </row>
     <row r="38" spans="1:4" ht="105" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="89" t="s">
+      <c r="A38" s="90" t="s">
         <v>62</v>
       </c>
-      <c r="B38" s="90"/>
-[...1 lines deleted...]
-      <c r="D38" s="91"/>
+      <c r="B38" s="91"/>
+      <c r="C38" s="91"/>
+      <c r="D38" s="92"/>
     </row>
     <row r="39" spans="1:4" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="21"/>
     </row>
     <row r="40" spans="1:4" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="47"/>
       <c r="B40" s="47"/>
       <c r="C40" s="47"/>
-      <c r="D40" s="63"/>
+      <c r="D40" s="64"/>
     </row>
     <row r="41" spans="1:4" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A42" s="20" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A43" s="48" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A44" s="32"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A17:D29">
     <sortCondition descending="1" ref="C17:C29"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="A38:D38"/>
     <mergeCell ref="A2:D2"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <conditionalFormatting sqref="B5:D13">
@@ -4771,528 +4775,534 @@
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B16:D30">
     <cfRule type="cellIs" dxfId="10" priority="2" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B33:D34">
     <cfRule type="cellIs" dxfId="9" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A43" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{2A1CF4C2-11A0-43E6-9B0E-E377541EDEF2}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:D44"/>
+  <dimension ref="A1:E44"/>
   <sheetViews>
-    <sheetView showGridLines="0" showZeros="0" topLeftCell="A15" workbookViewId="0">
+    <sheetView showGridLines="0" showZeros="0" workbookViewId="0">
       <selection activeCell="A40" sqref="A40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="55.7109375" style="28" customWidth="1"/>
     <col min="2" max="3" width="8.7109375" style="28" customWidth="1"/>
     <col min="4" max="4" width="8.7109375" style="21" customWidth="1"/>
     <col min="5" max="16384" width="9.28515625" style="28"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="A2" s="83" t="s">
+    <row r="1" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:5" ht="15" x14ac:dyDescent="0.2">
+      <c r="A2" s="84" t="s">
         <v>54</v>
       </c>
-      <c r="B2" s="83"/>
-[...10 lines deleted...]
-      <c r="A4" s="56" t="s">
+      <c r="B2" s="84"/>
+      <c r="C2" s="84"/>
+      <c r="D2" s="84"/>
+    </row>
+    <row r="3" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="54"/>
+      <c r="B3" s="54"/>
+      <c r="C3" s="54"/>
+      <c r="D3" s="54"/>
+    </row>
+    <row r="4" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="57" t="s">
+      <c r="B4" s="58" t="s">
         <v>81</v>
       </c>
-      <c r="C4" s="57" t="s">
+      <c r="C4" s="58" t="s">
         <v>82</v>
       </c>
-      <c r="D4" s="58" t="s">
+      <c r="D4" s="59" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="5" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="54" t="s">
+    <row r="5" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="55" t="s">
         <v>15</v>
       </c>
-      <c r="B5" s="55">
-[...10 lines deleted...]
-      <c r="A6" s="54" t="s">
+      <c r="B5" s="56">
+        <v>11465.8</v>
+      </c>
+      <c r="C5" s="56">
+        <v>6552.8799999999992</v>
+      </c>
+      <c r="D5" s="56">
+        <v>-4912.92</v>
+      </c>
+      <c r="E5" s="51"/>
+    </row>
+    <row r="6" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="55" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="55">
-[...10 lines deleted...]
-      <c r="A7" s="54" t="s">
+      <c r="B6" s="56">
+        <v>10177.07</v>
+      </c>
+      <c r="C6" s="56">
+        <v>10601.88</v>
+      </c>
+      <c r="D6" s="56">
+        <v>424.80999999999949</v>
+      </c>
+      <c r="E6" s="51"/>
+    </row>
+    <row r="7" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="55" t="s">
         <v>4</v>
       </c>
-      <c r="B7" s="55">
-[...10 lines deleted...]
-      <c r="A8" s="54" t="s">
+      <c r="B7" s="56">
+        <v>10180.15</v>
+      </c>
+      <c r="C7" s="56">
+        <v>10620.73</v>
+      </c>
+      <c r="D7" s="56">
+        <v>440.57999999999993</v>
+      </c>
+      <c r="E7" s="51"/>
+    </row>
+    <row r="8" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="55" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="55">
+      <c r="B8" s="56">
         <v>0</v>
       </c>
-      <c r="C8" s="55">
+      <c r="C8" s="56">
         <v>0</v>
       </c>
-      <c r="D8" s="55">
+      <c r="D8" s="56">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="54" t="s">
+      <c r="E8" s="51"/>
+    </row>
+    <row r="9" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="55" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="55">
-[...2 lines deleted...]
-      <c r="C9" s="55">
+      <c r="B9" s="56">
+        <v>-3.08</v>
+      </c>
+      <c r="C9" s="56">
         <v>-18.849999999999994</v>
       </c>
-      <c r="D9" s="55">
-[...4 lines deleted...]
-      <c r="A10" s="54" t="s">
+      <c r="D9" s="56">
+        <v>-15.769999999999994</v>
+      </c>
+      <c r="E9" s="51"/>
+    </row>
+    <row r="10" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="55" t="s">
         <v>3</v>
       </c>
-      <c r="B10" s="55">
-[...10 lines deleted...]
-      <c r="A11" s="54" t="s">
+      <c r="B10" s="56">
+        <v>1288.7599999999995</v>
+      </c>
+      <c r="C10" s="56">
+        <v>-4049</v>
+      </c>
+      <c r="D10" s="56">
+        <v>-5337.7599999999993</v>
+      </c>
+      <c r="E10" s="31"/>
+    </row>
+    <row r="11" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="55" t="s">
         <v>4</v>
       </c>
-      <c r="B11" s="55">
-[...10 lines deleted...]
-      <c r="A12" s="54" t="s">
+      <c r="B11" s="56">
+        <v>1180.8499999999999</v>
+      </c>
+      <c r="C11" s="56">
+        <v>-4090.3199999999997</v>
+      </c>
+      <c r="D11" s="56">
+        <v>-5271.17</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="55" t="s">
         <v>5</v>
       </c>
-      <c r="B12" s="55">
-[...10 lines deleted...]
-      <c r="A13" s="60" t="s">
+      <c r="B12" s="56">
+        <v>-1720.47</v>
+      </c>
+      <c r="C12" s="56">
+        <v>-1681.9999999999995</v>
+      </c>
+      <c r="D12" s="56">
+        <v>38.470000000000482</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="61" t="s">
         <v>6</v>
       </c>
-      <c r="B13" s="61">
-[...13 lines deleted...]
-      <c r="A15" s="56" t="s">
+      <c r="B13" s="62">
+        <v>1828.3799999999997</v>
+      </c>
+      <c r="C13" s="62">
+        <v>1723.32</v>
+      </c>
+      <c r="D13" s="63">
+        <v>-105.05999999999972</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D14" s="52"/>
+    </row>
+    <row r="15" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="57" t="s">
         <v>18</v>
       </c>
-      <c r="B15" s="57" t="s">
+      <c r="B15" s="58" t="s">
         <v>81</v>
       </c>
-      <c r="C15" s="57" t="s">
+      <c r="C15" s="58" t="s">
         <v>82</v>
       </c>
-      <c r="D15" s="59" t="s">
+      <c r="D15" s="60" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="16" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="54" t="s">
+    <row r="16" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="55" t="s">
         <v>15</v>
       </c>
-      <c r="B16" s="55">
-[...6 lines deleted...]
-        <v>-6327.77</v>
+      <c r="B16" s="56">
+        <v>11465.8</v>
+      </c>
+      <c r="C16" s="56">
+        <v>6552.8799999999992</v>
+      </c>
+      <c r="D16" s="56">
+        <v>-4912.92</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="54" t="s">
+      <c r="A17" s="55" t="s">
+        <v>32</v>
+      </c>
+      <c r="B17" s="56">
+        <v>3081.9200000000005</v>
+      </c>
+      <c r="C17" s="56">
+        <v>936.56999999999994</v>
+      </c>
+      <c r="D17" s="56">
+        <v>-2145.3500000000004</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="55" t="s">
         <v>35</v>
       </c>
-      <c r="B17" s="55">
-[...20 lines deleted...]
-        <v>-2468.3100000000004</v>
+      <c r="B18" s="56">
+        <v>518.95000000000005</v>
+      </c>
+      <c r="C18" s="56">
+        <v>870.31000000000006</v>
+      </c>
+      <c r="D18" s="56">
+        <v>351.36</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="54" t="s">
+      <c r="A19" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="B19" s="56">
+        <v>3402.67</v>
+      </c>
+      <c r="C19" s="56">
+        <v>668.12000000000023</v>
+      </c>
+      <c r="D19" s="56">
+        <v>-2734.5499999999997</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="55" t="s">
         <v>34</v>
       </c>
-      <c r="B19" s="55">
-[...10 lines deleted...]
-      <c r="A20" s="54" t="s">
+      <c r="B20" s="56">
+        <v>961.18000000000006</v>
+      </c>
+      <c r="C20" s="56">
+        <v>518.31000000000006</v>
+      </c>
+      <c r="D20" s="56">
+        <v>-442.87</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="55" t="s">
+        <v>29</v>
+      </c>
+      <c r="B21" s="56">
+        <v>334.85999999999996</v>
+      </c>
+      <c r="C21" s="56">
+        <v>514.55999999999995</v>
+      </c>
+      <c r="D21" s="56">
+        <v>179.7</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="55" t="s">
         <v>28</v>
       </c>
-      <c r="B20" s="55">
-[...10 lines deleted...]
-      <c r="A21" s="54" t="s">
+      <c r="B22" s="56">
+        <v>497.01</v>
+      </c>
+      <c r="C22" s="56">
+        <v>476.51</v>
+      </c>
+      <c r="D22" s="56">
+        <v>-20.5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="55" t="s">
+        <v>23</v>
+      </c>
+      <c r="B23" s="56">
+        <v>393.26</v>
+      </c>
+      <c r="C23" s="56">
+        <v>457.48000000000008</v>
+      </c>
+      <c r="D23" s="56">
+        <v>64.220000000000084</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="55" t="s">
         <v>24</v>
       </c>
-      <c r="B21" s="55">
-[...24 lines deleted...]
-      <c r="A23" s="54" t="s">
+      <c r="B24" s="56">
+        <v>386.65</v>
+      </c>
+      <c r="C24" s="56">
+        <v>415.65999999999997</v>
+      </c>
+      <c r="D24" s="56">
+        <v>29.009999999999991</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="55" t="s">
         <v>26</v>
       </c>
-      <c r="B23" s="55">
-[...10 lines deleted...]
-      <c r="A24" s="54" t="s">
+      <c r="B25" s="56">
+        <v>335.39000000000004</v>
+      </c>
+      <c r="C25" s="56">
+        <v>364.41999999999996</v>
+      </c>
+      <c r="D25" s="56">
+        <v>29.029999999999916</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="55" t="s">
         <v>25</v>
       </c>
-      <c r="B24" s="55">
-[...24 lines deleted...]
-      <c r="A26" s="54" t="s">
+      <c r="B26" s="56">
+        <v>-39.060000000000066</v>
+      </c>
+      <c r="C26" s="56">
+        <v>312.53999999999996</v>
+      </c>
+      <c r="D26" s="56">
+        <v>351.6</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="55" t="s">
         <v>31</v>
       </c>
-      <c r="B26" s="55">
-[...20 lines deleted...]
-        <v>-2954.29</v>
+      <c r="B27" s="56">
+        <v>-162.35999999999996</v>
+      </c>
+      <c r="C27" s="56">
+        <v>190.70000000000002</v>
+      </c>
+      <c r="D27" s="56">
+        <v>353.05999999999995</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="54" t="s">
+      <c r="A28" s="55" t="s">
         <v>30</v>
       </c>
-      <c r="B28" s="55">
-[...6 lines deleted...]
-        <v>-617.62</v>
+      <c r="B28" s="56">
+        <v>297.27999999999997</v>
+      </c>
+      <c r="C28" s="56">
+        <v>-352.54</v>
+      </c>
+      <c r="D28" s="56">
+        <v>-649.81999999999994</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="54" t="s">
+      <c r="A29" s="55" t="s">
         <v>33</v>
       </c>
-      <c r="B29" s="55">
-[...6 lines deleted...]
-        <v>-1708.73</v>
+      <c r="B29" s="56">
+        <v>-428.10000000000014</v>
+      </c>
+      <c r="C29" s="56">
+        <v>-1471.5300000000002</v>
+      </c>
+      <c r="D29" s="56">
+        <v>-1043.43</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="60" t="s">
+      <c r="A30" s="61" t="s">
         <v>36</v>
       </c>
-      <c r="B30" s="61">
-[...6 lines deleted...]
-        <v>708.97999999999911</v>
+      <c r="B30" s="62">
+        <v>1886.1499999999978</v>
+      </c>
+      <c r="C30" s="62">
+        <v>2651.7699999999991</v>
+      </c>
+      <c r="D30" s="63">
+        <v>765.62000000000126</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="25"/>
-      <c r="B31" s="52"/>
-      <c r="C31" s="52"/>
+      <c r="B31" s="53"/>
+      <c r="C31" s="53"/>
       <c r="D31" s="16"/>
     </row>
     <row r="32" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="56" t="s">
+      <c r="A32" s="57" t="s">
         <v>14</v>
       </c>
-      <c r="B32" s="57" t="s">
+      <c r="B32" s="58" t="s">
         <v>81</v>
       </c>
-      <c r="C32" s="57" t="s">
+      <c r="C32" s="58" t="s">
         <v>82</v>
       </c>
-      <c r="D32" s="59" t="s">
+      <c r="D32" s="60" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="54" t="s">
+      <c r="A33" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="B33" s="55">
-[...6 lines deleted...]
-        <v>-5993.7599999999984</v>
+      <c r="B33" s="56">
+        <v>6715.3099999999995</v>
+      </c>
+      <c r="C33" s="56">
+        <v>2203.1100000000006</v>
+      </c>
+      <c r="D33" s="56">
+        <v>-4512.1999999999989</v>
       </c>
     </row>
     <row r="34" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="60" t="s">
+      <c r="A34" s="61" t="s">
         <v>38</v>
       </c>
-      <c r="B34" s="61">
-[...6 lines deleted...]
-        <v>-334.01000000000204</v>
+      <c r="B34" s="62">
+        <v>4750.49</v>
+      </c>
+      <c r="C34" s="62">
+        <v>4349.7699999999986</v>
+      </c>
+      <c r="D34" s="63">
+        <v>-400.72000000000116</v>
       </c>
     </row>
     <row r="35" spans="1:4" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="25"/>
-      <c r="B35" s="52"/>
-[...1 lines deleted...]
-      <c r="D35" s="52"/>
+      <c r="B35" s="53"/>
+      <c r="C35" s="53"/>
+      <c r="D35" s="53"/>
     </row>
     <row r="36" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="21" t="s">
         <v>59</v>
       </c>
-      <c r="D36" s="51"/>
+      <c r="D36" s="52"/>
     </row>
     <row r="37" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="21" t="s">
         <v>60</v>
       </c>
-      <c r="D37" s="51"/>
+      <c r="D37" s="52"/>
     </row>
     <row r="38" spans="1:4" ht="105" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="89" t="s">
+      <c r="A38" s="90" t="s">
         <v>62</v>
       </c>
-      <c r="B38" s="90"/>
-[...1 lines deleted...]
-      <c r="D38" s="91"/>
+      <c r="B38" s="91"/>
+      <c r="C38" s="91"/>
+      <c r="D38" s="92"/>
     </row>
     <row r="39" spans="1:4" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="21"/>
     </row>
     <row r="40" spans="1:4" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="47"/>
       <c r="B40" s="47"/>
       <c r="C40" s="47"/>
-      <c r="D40" s="63"/>
+      <c r="D40" s="64"/>
     </row>
     <row r="41" spans="1:4" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A42" s="20" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A43" s="48" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A44" s="32"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A17:D29">
     <sortCondition descending="1" ref="C17:C29"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="A38:D38"/>
     <mergeCell ref="A2:D2"/>
   </mergeCells>
   <conditionalFormatting sqref="B5:D13">
     <cfRule type="cellIs" dxfId="8" priority="3" operator="lessThan">
@@ -5300,621 +5310,627 @@
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B16:D30">
     <cfRule type="cellIs" dxfId="7" priority="2" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B33:D34">
     <cfRule type="cellIs" dxfId="6" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A43" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{45F25637-1827-445F-9CE8-1AD2B3A8880A}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5090BB78-9C9D-4403-AEC4-CC6635A57A38}">
-  <dimension ref="A1:E44"/>
+  <dimension ref="A1:F44"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" workbookViewId="0">
-      <selection activeCell="D16" sqref="D16"/>
+      <selection activeCell="A40" sqref="A40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="51.7109375" style="28" customWidth="1"/>
     <col min="2" max="4" width="8.7109375" style="28" customWidth="1"/>
     <col min="5" max="5" width="8.7109375" style="21" customWidth="1"/>
     <col min="6" max="16384" width="9.28515625" style="28"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="A2" s="83" t="s">
+    <row r="1" spans="1:6" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A2" s="84" t="s">
         <v>56</v>
       </c>
-      <c r="B2" s="83"/>
-[...12 lines deleted...]
-      <c r="A4" s="56" t="s">
+      <c r="B2" s="84"/>
+      <c r="C2" s="84"/>
+      <c r="D2" s="84"/>
+      <c r="E2" s="84"/>
+    </row>
+    <row r="3" spans="1:6" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="54"/>
+      <c r="B3" s="54"/>
+      <c r="C3" s="54"/>
+      <c r="D3" s="54"/>
+      <c r="E3" s="54"/>
+    </row>
+    <row r="4" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="57" t="s">
+      <c r="B4" s="58" t="s">
         <v>74</v>
       </c>
-      <c r="C4" s="57" t="s">
+      <c r="C4" s="58" t="s">
         <v>75</v>
       </c>
-      <c r="D4" s="57" t="s">
+      <c r="D4" s="58" t="s">
         <v>64</v>
       </c>
-      <c r="E4" s="67" t="s">
+      <c r="E4" s="68" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="5" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="54" t="s">
+    <row r="5" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="55" t="s">
         <v>16</v>
       </c>
-      <c r="B5" s="64">
+      <c r="B5" s="65">
         <v>97197.85</v>
       </c>
-      <c r="C5" s="64">
+      <c r="C5" s="65">
         <v>101545.84</v>
       </c>
-      <c r="D5" s="65">
+      <c r="D5" s="66">
         <v>1</v>
       </c>
-      <c r="E5" s="66">
+      <c r="E5" s="67">
         <v>4.4733396880692222E-2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="54" t="s">
+      <c r="F5" s="51"/>
+    </row>
+    <row r="6" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="55" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="64">
+      <c r="B6" s="65">
         <v>69736.62</v>
       </c>
-      <c r="C6" s="64">
+      <c r="C6" s="65">
         <v>71849.61</v>
       </c>
-      <c r="D6" s="65">
+      <c r="D6" s="66">
         <v>0.70755837954563183</v>
       </c>
-      <c r="E6" s="66">
+      <c r="E6" s="67">
         <v>3.0299575746573399E-2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="54" t="s">
+      <c r="F6" s="51"/>
+    </row>
+    <row r="7" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="55" t="s">
         <v>4</v>
       </c>
-      <c r="B7" s="64">
+      <c r="B7" s="65">
         <v>69481.61</v>
       </c>
-      <c r="C7" s="64">
+      <c r="C7" s="65">
         <v>71173.14</v>
       </c>
-      <c r="D7" s="65">
+      <c r="D7" s="66">
         <v>0.70089665908519738</v>
       </c>
-      <c r="E7" s="66">
+      <c r="E7" s="67">
         <v>2.4345002943944431E-2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="54" t="s">
+      <c r="F7" s="51"/>
+    </row>
+    <row r="8" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="55" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="64">
+      <c r="B8" s="65">
         <v>192.48</v>
       </c>
-      <c r="C8" s="64">
+      <c r="C8" s="65">
         <v>585.20000000000005</v>
       </c>
-      <c r="D8" s="65">
+      <c r="D8" s="66">
         <v>5.7629145615418617E-3</v>
       </c>
-      <c r="E8" s="66">
+      <c r="E8" s="67">
         <v>2.0403158769742316</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="54" t="s">
+      <c r="F8" s="51"/>
+    </row>
+    <row r="9" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="55" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="64">
+      <c r="B9" s="65">
         <v>62.52</v>
       </c>
-      <c r="C9" s="64">
+      <c r="C9" s="65">
         <v>91.27</v>
       </c>
-      <c r="D9" s="65">
+      <c r="D9" s="66">
         <v>8.9880589889255926E-4</v>
       </c>
-      <c r="E9" s="66">
+      <c r="E9" s="67">
         <v>0.45985284708893143</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="54" t="s">
+      <c r="F9" s="51"/>
+    </row>
+    <row r="10" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="55" t="s">
         <v>3</v>
       </c>
-      <c r="B10" s="64">
+      <c r="B10" s="65">
         <v>12625.76</v>
       </c>
-      <c r="C10" s="64">
+      <c r="C10" s="65">
         <v>13688.42</v>
       </c>
-      <c r="D10" s="65">
+      <c r="D10" s="66">
         <v>0.13480040147385655</v>
       </c>
-      <c r="E10" s="66">
+      <c r="E10" s="67">
         <v>8.4166022481022909E-2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="54" t="s">
+      <c r="F10" s="31"/>
+    </row>
+    <row r="11" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="55" t="s">
         <v>4</v>
       </c>
-      <c r="B11" s="64">
+      <c r="B11" s="65">
         <v>12625.76</v>
       </c>
-      <c r="C11" s="64">
+      <c r="C11" s="65">
         <v>13688.42</v>
       </c>
-      <c r="D11" s="65">
+      <c r="D11" s="66">
         <v>0.13480040147385655</v>
       </c>
-      <c r="E11" s="66">
+      <c r="E11" s="67">
         <v>8.4166022481022909E-2</v>
       </c>
     </row>
-    <row r="12" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="54" t="s">
+    <row r="12" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="55" t="s">
         <v>5</v>
       </c>
-      <c r="B12" s="64">
+      <c r="B12" s="65">
         <v>4594.49</v>
       </c>
-      <c r="C12" s="64">
+      <c r="C12" s="65">
         <v>4739.3599999999997</v>
       </c>
-      <c r="D12" s="65">
+      <c r="D12" s="66">
         <v>4.6672123643863694E-2</v>
       </c>
-      <c r="E12" s="66">
+      <c r="E12" s="67">
         <v>3.1531247211333553E-2</v>
       </c>
     </row>
-    <row r="13" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="60" t="s">
+    <row r="13" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="61" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="44">
         <v>10240.98</v>
       </c>
       <c r="C13" s="44">
         <v>11268.45</v>
       </c>
-      <c r="D13" s="68">
+      <c r="D13" s="69">
         <v>0.11096909533664798</v>
       </c>
-      <c r="E13" s="69">
+      <c r="E13" s="70">
         <v>0.1003292653632759</v>
       </c>
     </row>
-    <row r="14" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="A15" s="56" t="s">
+    <row r="14" spans="1:6" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E14" s="52"/>
+    </row>
+    <row r="15" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="57" t="s">
         <v>18</v>
       </c>
-      <c r="B15" s="57" t="s">
+      <c r="B15" s="58" t="s">
         <v>74</v>
       </c>
-      <c r="C15" s="57" t="s">
+      <c r="C15" s="58" t="s">
         <v>75</v>
       </c>
-      <c r="D15" s="57" t="s">
+      <c r="D15" s="58" t="s">
         <v>64</v>
       </c>
-      <c r="E15" s="67" t="s">
+      <c r="E15" s="68" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="16" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="54" t="s">
+    <row r="16" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="55" t="s">
         <v>16</v>
       </c>
-      <c r="B16" s="64">
+      <c r="B16" s="65">
         <v>97197.85</v>
       </c>
-      <c r="C16" s="64">
+      <c r="C16" s="65">
         <v>101545.84</v>
       </c>
-      <c r="D16" s="65">
+      <c r="D16" s="66">
         <v>1</v>
       </c>
-      <c r="E16" s="66">
+      <c r="E16" s="67">
         <v>4.4733396880692222E-2</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="54" t="s">
+      <c r="A17" s="55" t="s">
         <v>27</v>
       </c>
-      <c r="B17" s="64">
+      <c r="B17" s="65">
         <v>21458.44</v>
       </c>
-      <c r="C17" s="64">
+      <c r="C17" s="65">
         <v>23632.560000000001</v>
       </c>
-      <c r="D17" s="65">
+      <c r="D17" s="66">
         <v>0.23272799752308909</v>
       </c>
-      <c r="E17" s="66">
+      <c r="E17" s="67">
         <v>0.10131770995468463</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="54" t="s">
+      <c r="A18" s="55" t="s">
         <v>33</v>
       </c>
-      <c r="B18" s="64">
+      <c r="B18" s="65">
         <v>25913.119999999999</v>
       </c>
-      <c r="C18" s="64">
+      <c r="C18" s="65">
         <v>22840.49</v>
       </c>
-      <c r="D18" s="65">
+      <c r="D18" s="66">
         <v>0.22492787493805755</v>
       </c>
-      <c r="E18" s="66">
+      <c r="E18" s="67">
         <v>-0.1185742974987187</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="54" t="s">
+      <c r="A19" s="55" t="s">
         <v>29</v>
       </c>
-      <c r="B19" s="64">
+      <c r="B19" s="65">
         <v>4556.92</v>
       </c>
-      <c r="C19" s="64">
+      <c r="C19" s="65">
         <v>5225.09</v>
       </c>
-      <c r="D19" s="65">
+      <c r="D19" s="66">
         <v>5.1455480598712862E-2</v>
       </c>
-      <c r="E19" s="66">
+      <c r="E19" s="67">
         <v>0.14662754667626379</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="54" t="s">
+      <c r="A20" s="55" t="s">
         <v>32</v>
       </c>
-      <c r="B20" s="64">
+      <c r="B20" s="65">
         <v>4165.41</v>
       </c>
-      <c r="C20" s="64">
+      <c r="C20" s="65">
         <v>4915.08</v>
       </c>
-      <c r="D20" s="65">
+      <c r="D20" s="66">
         <v>4.8402573655405283E-2</v>
       </c>
-      <c r="E20" s="66">
+      <c r="E20" s="67">
         <v>0.17997508048427407</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="54" t="s">
+      <c r="A21" s="55" t="s">
         <v>23</v>
       </c>
-      <c r="B21" s="64">
+      <c r="B21" s="65">
         <v>3521.87</v>
       </c>
-      <c r="C21" s="64">
+      <c r="C21" s="65">
         <v>3651.49</v>
       </c>
-      <c r="D21" s="65">
+      <c r="D21" s="66">
         <v>3.5959030916480672E-2</v>
       </c>
-      <c r="E21" s="66">
+      <c r="E21" s="67">
         <v>3.6804311345961065E-2</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="54" t="s">
+      <c r="A22" s="55" t="s">
         <v>24</v>
       </c>
-      <c r="B22" s="64">
+      <c r="B22" s="65">
         <v>3215.38</v>
       </c>
-      <c r="C22" s="64">
+      <c r="C22" s="65">
         <v>3523.93</v>
       </c>
-      <c r="D22" s="65">
+      <c r="D22" s="66">
         <v>3.4702849471726263E-2</v>
       </c>
-      <c r="E22" s="66">
+      <c r="E22" s="67">
         <v>9.596066405836938E-2</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="54" t="s">
+      <c r="A23" s="55" t="s">
         <v>26</v>
       </c>
-      <c r="B23" s="64">
+      <c r="B23" s="65">
         <v>3434.03</v>
       </c>
-      <c r="C23" s="64">
+      <c r="C23" s="65">
         <v>3476.93</v>
       </c>
-      <c r="D23" s="65">
+      <c r="D23" s="66">
         <v>3.4240004317262034E-2</v>
       </c>
-      <c r="E23" s="66">
+      <c r="E23" s="67">
         <v>1.2492610722678495E-2</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="54" t="s">
+      <c r="A24" s="55" t="s">
         <v>34</v>
       </c>
-      <c r="B24" s="64">
+      <c r="B24" s="65">
         <v>2999.5</v>
       </c>
-      <c r="C24" s="64">
+      <c r="C24" s="65">
         <v>3301.53</v>
       </c>
-      <c r="D24" s="65">
+      <c r="D24" s="66">
         <v>3.2512705591878507E-2</v>
       </c>
-      <c r="E24" s="66">
+      <c r="E24" s="67">
         <v>0.10069344890815142</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="54" t="s">
+      <c r="A25" s="55" t="s">
         <v>31</v>
       </c>
-      <c r="B25" s="64">
+      <c r="B25" s="65">
         <v>2621.4</v>
       </c>
-      <c r="C25" s="64">
+      <c r="C25" s="65">
         <v>2882.51</v>
       </c>
-      <c r="D25" s="65">
+      <c r="D25" s="66">
         <v>2.8386293323291237E-2</v>
       </c>
-      <c r="E25" s="66">
+      <c r="E25" s="67">
         <v>9.9607080186160116E-2</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="54" t="s">
+      <c r="A26" s="55" t="s">
         <v>28</v>
       </c>
-      <c r="B26" s="64">
+      <c r="B26" s="65">
         <v>2140.15</v>
       </c>
-      <c r="C26" s="64">
+      <c r="C26" s="65">
         <v>2349.37</v>
       </c>
-      <c r="D26" s="65">
+      <c r="D26" s="66">
         <v>2.3136053628587838E-2</v>
       </c>
-      <c r="E26" s="66">
+      <c r="E26" s="67">
         <v>9.7759502838585977E-2</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="54" t="s">
+      <c r="A27" s="55" t="s">
         <v>30</v>
       </c>
-      <c r="B27" s="64">
+      <c r="B27" s="65">
         <v>1408.91</v>
       </c>
-      <c r="C27" s="64">
+      <c r="C27" s="65">
         <v>1509.74</v>
       </c>
-      <c r="D27" s="65">
+      <c r="D27" s="66">
         <v>1.4867571138315465E-2</v>
       </c>
-      <c r="E27" s="66">
+      <c r="E27" s="67">
         <v>7.1565962339680975E-2</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="54" t="s">
+      <c r="A28" s="55" t="s">
         <v>25</v>
       </c>
-      <c r="B28" s="64">
+      <c r="B28" s="65">
         <v>1135.83</v>
       </c>
-      <c r="C28" s="64">
+      <c r="C28" s="65">
         <v>1232.67</v>
       </c>
-      <c r="D28" s="65">
+      <c r="D28" s="66">
         <v>1.213904971390261E-2</v>
       </c>
-      <c r="E28" s="66">
+      <c r="E28" s="67">
         <v>8.5259237738041921E-2</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="54" t="s">
+      <c r="A29" s="55" t="s">
         <v>35</v>
       </c>
-      <c r="B29" s="64">
+      <c r="B29" s="65">
         <v>726.19</v>
       </c>
-      <c r="C29" s="64">
+      <c r="C29" s="65">
         <v>879.83</v>
       </c>
-      <c r="D29" s="65">
+      <c r="D29" s="66">
         <v>8.6643628138779495E-3</v>
       </c>
-      <c r="E29" s="66">
+      <c r="E29" s="67">
         <v>0.21156997479998343</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="60" t="s">
+      <c r="A30" s="61" t="s">
         <v>36</v>
       </c>
       <c r="B30" s="44">
         <v>19900.700000000012</v>
       </c>
       <c r="C30" s="44">
         <v>22124.619999999981</v>
       </c>
-      <c r="D30" s="68">
+      <c r="D30" s="69">
         <v>0.21787815236941249</v>
       </c>
-      <c r="E30" s="69">
+      <c r="E30" s="70">
         <v>0.11175084293517151</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="25"/>
-      <c r="B31" s="52"/>
-[...1 lines deleted...]
-      <c r="D31" s="52"/>
+      <c r="B31" s="53"/>
+      <c r="C31" s="53"/>
+      <c r="D31" s="53"/>
       <c r="E31" s="16"/>
     </row>
     <row r="32" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="56" t="s">
+      <c r="A32" s="57" t="s">
         <v>14</v>
       </c>
-      <c r="B32" s="57" t="s">
+      <c r="B32" s="58" t="s">
         <v>74</v>
       </c>
-      <c r="C32" s="57" t="s">
+      <c r="C32" s="58" t="s">
         <v>75</v>
       </c>
-      <c r="D32" s="57" t="s">
+      <c r="D32" s="58" t="s">
         <v>64</v>
       </c>
-      <c r="E32" s="67" t="s">
+      <c r="E32" s="68" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="54" t="s">
+      <c r="A33" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="B33" s="64">
+      <c r="B33" s="65">
         <v>70659.289999999994</v>
       </c>
-      <c r="C33" s="64">
+      <c r="C33" s="65">
         <v>72849.45</v>
       </c>
-      <c r="D33" s="65">
+      <c r="D33" s="66">
         <v>0.71740457314647255</v>
       </c>
-      <c r="E33" s="66">
+      <c r="E33" s="67">
         <v>3.0996065768563535E-2</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="60" t="s">
+      <c r="A34" s="61" t="s">
         <v>38</v>
       </c>
       <c r="B34" s="44">
         <v>26538.560000000012</v>
       </c>
       <c r="C34" s="44">
         <v>28696.39</v>
       </c>
-      <c r="D34" s="68">
+      <c r="D34" s="69">
         <v>0.28259542685352745</v>
       </c>
-      <c r="E34" s="69">
+      <c r="E34" s="70">
         <v>8.1309234562839366E-2</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="25"/>
-      <c r="B35" s="52"/>
-[...2 lines deleted...]
-      <c r="E35" s="52"/>
+      <c r="B35" s="53"/>
+      <c r="C35" s="53"/>
+      <c r="D35" s="53"/>
+      <c r="E35" s="53"/>
     </row>
     <row r="36" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="21" t="s">
         <v>59</v>
       </c>
-      <c r="E36" s="51"/>
+      <c r="E36" s="52"/>
     </row>
     <row r="37" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="21" t="s">
         <v>60</v>
       </c>
-      <c r="E37" s="51"/>
+      <c r="E37" s="52"/>
     </row>
     <row r="38" spans="1:5" ht="105" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="89" t="s">
+      <c r="A38" s="90" t="s">
         <v>62</v>
       </c>
-      <c r="B38" s="90"/>
-[...2 lines deleted...]
-      <c r="E38" s="91"/>
+      <c r="B38" s="91"/>
+      <c r="C38" s="91"/>
+      <c r="D38" s="91"/>
+      <c r="E38" s="92"/>
     </row>
     <row r="39" spans="1:5" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="21"/>
     </row>
     <row r="40" spans="1:5" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="47"/>
       <c r="B40" s="47"/>
       <c r="C40" s="47"/>
       <c r="D40" s="47"/>
-      <c r="E40" s="63"/>
+      <c r="E40" s="64"/>
     </row>
     <row r="41" spans="1:5" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A42" s="20" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A43" s="48" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A44" s="32"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A17:E29">
     <sortCondition descending="1" ref="C17:C29"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A38:E38"/>
   </mergeCells>
   <conditionalFormatting sqref="B5:E13">
     <cfRule type="cellIs" dxfId="5" priority="8" operator="lessThan">
@@ -5922,619 +5938,625 @@
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B16:E30">
     <cfRule type="cellIs" dxfId="4" priority="2" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B33:E34">
     <cfRule type="cellIs" dxfId="3" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A43" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{942D0883-60D2-4C87-8794-26EAE0106582}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A40857B0-4679-4AAD-B6C1-4673478FDCB1}">
-  <dimension ref="A1:E44"/>
+  <dimension ref="A1:F44"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" workbookViewId="0">
       <selection activeCell="A40" sqref="A40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="51.7109375" style="28" customWidth="1"/>
     <col min="2" max="4" width="8.7109375" style="28" customWidth="1"/>
     <col min="5" max="5" width="8.7109375" style="21" customWidth="1"/>
     <col min="6" max="16384" width="9.28515625" style="28"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="A2" s="83" t="s">
+    <row r="1" spans="1:6" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A2" s="84" t="s">
         <v>55</v>
       </c>
-      <c r="B2" s="83"/>
-[...12 lines deleted...]
-      <c r="A4" s="56" t="s">
+      <c r="B2" s="84"/>
+      <c r="C2" s="84"/>
+      <c r="D2" s="84"/>
+      <c r="E2" s="84"/>
+    </row>
+    <row r="3" spans="1:6" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="54"/>
+      <c r="B3" s="54"/>
+      <c r="C3" s="54"/>
+      <c r="D3" s="54"/>
+      <c r="E3" s="54"/>
+    </row>
+    <row r="4" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="57" t="s">
+      <c r="B4" s="58" t="s">
         <v>74</v>
       </c>
-      <c r="C4" s="57" t="s">
+      <c r="C4" s="58" t="s">
         <v>75</v>
       </c>
-      <c r="D4" s="57" t="s">
+      <c r="D4" s="58" t="s">
         <v>64</v>
       </c>
-      <c r="E4" s="67" t="s">
+      <c r="E4" s="68" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="5" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="54" t="s">
+    <row r="5" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="55" t="s">
         <v>15</v>
       </c>
-      <c r="B5" s="64">
+      <c r="B5" s="65">
         <v>225700.22</v>
       </c>
-      <c r="C5" s="64">
+      <c r="C5" s="65">
         <v>231238.26</v>
       </c>
-      <c r="D5" s="65">
+      <c r="D5" s="66">
         <v>1</v>
       </c>
-      <c r="E5" s="66">
+      <c r="E5" s="67">
         <v>2.4537149321343186E-2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="54" t="s">
+      <c r="F5" s="51"/>
+    </row>
+    <row r="6" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="55" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="64">
+      <c r="B6" s="65">
         <v>173442.07</v>
       </c>
-      <c r="C6" s="64">
+      <c r="C6" s="65">
         <v>180938.63</v>
       </c>
-      <c r="D6" s="65">
+      <c r="D6" s="66">
         <v>0.7824770433750885</v>
       </c>
-      <c r="E6" s="66">
+      <c r="E6" s="67">
         <v>4.3222270121660779E-2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="54" t="s">
+      <c r="F6" s="51"/>
+    </row>
+    <row r="7" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="55" t="s">
         <v>4</v>
       </c>
-      <c r="B7" s="64">
+      <c r="B7" s="65">
         <v>172998.45</v>
       </c>
-      <c r="C7" s="64">
+      <c r="C7" s="65">
         <v>180574.84</v>
       </c>
-      <c r="D7" s="65">
+      <c r="D7" s="66">
         <v>0.7809038175602947</v>
       </c>
-      <c r="E7" s="66">
+      <c r="E7" s="67">
         <v>4.3794554228664961E-2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="54" t="s">
+      <c r="F7" s="51"/>
+    </row>
+    <row r="8" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="55" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="64">
+      <c r="B8" s="65">
         <v>90.64</v>
       </c>
-      <c r="C8" s="64">
+      <c r="C8" s="65">
         <v>90.64</v>
       </c>
-      <c r="D8" s="65">
+      <c r="D8" s="66">
         <v>3.9197665645814841E-4</v>
       </c>
-      <c r="E8" s="66">
+      <c r="E8" s="67">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="54" t="s">
+      <c r="F8" s="51"/>
+    </row>
+    <row r="9" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="55" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="64">
+      <c r="B9" s="65">
         <v>352.98</v>
       </c>
-      <c r="C9" s="64">
+      <c r="C9" s="65">
         <v>273.14999999999998</v>
       </c>
-      <c r="D9" s="65">
+      <c r="D9" s="66">
         <v>1.1812491583356489E-3</v>
       </c>
-      <c r="E9" s="66">
+      <c r="E9" s="67">
         <v>-0.2261601223865376</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="54" t="s">
+      <c r="F9" s="51"/>
+    </row>
+    <row r="10" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="55" t="s">
         <v>3</v>
       </c>
-      <c r="B10" s="64">
+      <c r="B10" s="65">
         <v>52258.15</v>
       </c>
-      <c r="C10" s="64">
+      <c r="C10" s="65">
         <v>50299.63</v>
       </c>
-      <c r="D10" s="65">
+      <c r="D10" s="66">
         <v>0.21752295662491145</v>
       </c>
-      <c r="E10" s="66">
+      <c r="E10" s="67">
         <v>-3.7477790545589619E-2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="54" t="s">
+      <c r="F10" s="31"/>
+    </row>
+    <row r="11" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="55" t="s">
         <v>4</v>
       </c>
-      <c r="B11" s="64">
+      <c r="B11" s="65">
         <v>35690.28</v>
       </c>
-      <c r="C11" s="64">
+      <c r="C11" s="65">
         <v>34576.97</v>
       </c>
-      <c r="D11" s="65">
+      <c r="D11" s="66">
         <v>0.14952962368770634</v>
       </c>
-      <c r="E11" s="66">
+      <c r="E11" s="67">
         <v>-3.1193647121849358E-2</v>
       </c>
     </row>
-    <row r="12" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="54" t="s">
+    <row r="12" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="55" t="s">
         <v>5</v>
       </c>
-      <c r="B12" s="64">
+      <c r="B12" s="65">
         <v>8922.0499999999993</v>
       </c>
-      <c r="C12" s="64">
+      <c r="C12" s="65">
         <v>6131.76</v>
       </c>
-      <c r="D12" s="65">
+      <c r="D12" s="66">
         <v>2.6517065125814386E-2</v>
       </c>
-      <c r="E12" s="66">
+      <c r="E12" s="67">
         <v>-0.31274090595771142</v>
       </c>
     </row>
-    <row r="13" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="60" t="s">
+    <row r="13" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="61" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="44">
         <v>7645.82</v>
       </c>
       <c r="C13" s="44">
         <v>9590.9</v>
       </c>
-      <c r="D13" s="68">
+      <c r="D13" s="69">
         <v>4.1476267811390723E-2</v>
       </c>
-      <c r="E13" s="69">
+      <c r="E13" s="70">
         <v>0.2543978278327243</v>
       </c>
     </row>
-    <row r="14" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="A15" s="56" t="s">
+    <row r="14" spans="1:6" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E14" s="52"/>
+    </row>
+    <row r="15" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="57" t="s">
         <v>18</v>
       </c>
-      <c r="B15" s="57" t="s">
+      <c r="B15" s="58" t="s">
         <v>74</v>
       </c>
-      <c r="C15" s="57" t="s">
+      <c r="C15" s="58" t="s">
         <v>75</v>
       </c>
-      <c r="D15" s="57" t="s">
+      <c r="D15" s="58" t="s">
         <v>64</v>
       </c>
-      <c r="E15" s="67" t="s">
+      <c r="E15" s="68" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="16" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="54" t="s">
+    <row r="16" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="55" t="s">
         <v>15</v>
       </c>
-      <c r="B16" s="64">
+      <c r="B16" s="65">
         <v>225700.22</v>
       </c>
-      <c r="C16" s="64">
+      <c r="C16" s="65">
         <v>231238.26</v>
       </c>
-      <c r="D16" s="65">
+      <c r="D16" s="66">
         <v>1</v>
       </c>
-      <c r="E16" s="66">
+      <c r="E16" s="67">
         <v>2.4537149321343186E-2</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="54" t="s">
+      <c r="A17" s="55" t="s">
         <v>27</v>
       </c>
-      <c r="B17" s="64">
+      <c r="B17" s="65">
         <v>45110.94</v>
       </c>
-      <c r="C17" s="64">
+      <c r="C17" s="65">
         <v>45344.45</v>
       </c>
-      <c r="D17" s="65">
+      <c r="D17" s="66">
         <v>0.19609406332671764</v>
       </c>
-      <c r="E17" s="66">
+      <c r="E17" s="67">
         <v>5.1763496836908021E-3</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="54" t="s">
+      <c r="A18" s="55" t="s">
         <v>32</v>
       </c>
-      <c r="B18" s="64">
+      <c r="B18" s="65">
         <v>37436.93</v>
       </c>
-      <c r="C18" s="64">
+      <c r="C18" s="65">
         <v>39663.730000000003</v>
       </c>
-      <c r="D18" s="65">
+      <c r="D18" s="66">
         <v>0.17152754046843288</v>
       </c>
-      <c r="E18" s="66">
+      <c r="E18" s="67">
         <v>5.9481373071990758E-2</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="54" t="s">
+      <c r="A19" s="55" t="s">
         <v>33</v>
       </c>
-      <c r="B19" s="64">
+      <c r="B19" s="65">
         <v>44324.45</v>
       </c>
-      <c r="C19" s="64">
+      <c r="C19" s="65">
         <v>39646.720000000001</v>
       </c>
-      <c r="D19" s="65">
+      <c r="D19" s="66">
         <v>0.17145397997718889</v>
       </c>
-      <c r="E19" s="66">
+      <c r="E19" s="67">
         <v>-0.1055338532119405</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="54" t="s">
+      <c r="A20" s="55" t="s">
         <v>29</v>
       </c>
-      <c r="B20" s="64">
+      <c r="B20" s="65">
         <v>18022.919999999998</v>
       </c>
-      <c r="C20" s="64">
+      <c r="C20" s="65">
         <v>18430.169999999998</v>
       </c>
-      <c r="D20" s="65">
+      <c r="D20" s="66">
         <v>7.970207871309877E-2</v>
       </c>
-      <c r="E20" s="66">
+      <c r="E20" s="67">
         <v>2.2596227470354419E-2</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="54" t="s">
+      <c r="A21" s="55" t="s">
         <v>34</v>
       </c>
-      <c r="B21" s="64">
+      <c r="B21" s="65">
         <v>14930.72</v>
       </c>
-      <c r="C21" s="64">
+      <c r="C21" s="65">
         <v>15741.34</v>
       </c>
-      <c r="D21" s="65">
+      <c r="D21" s="66">
         <v>6.8074115416713474E-2</v>
       </c>
-      <c r="E21" s="66">
+      <c r="E21" s="67">
         <v>5.4292090401534612E-2</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="54" t="s">
+      <c r="A22" s="55" t="s">
         <v>23</v>
       </c>
-      <c r="B22" s="64">
+      <c r="B22" s="65">
         <v>9483.4500000000007</v>
       </c>
-      <c r="C22" s="64">
+      <c r="C22" s="65">
         <v>10006.77</v>
       </c>
-      <c r="D22" s="65">
+      <c r="D22" s="66">
         <v>4.3274715870980869E-2</v>
       </c>
-      <c r="E22" s="66">
+      <c r="E22" s="67">
         <v>5.5182449425050975E-2</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="54" t="s">
+      <c r="A23" s="55" t="s">
         <v>35</v>
       </c>
-      <c r="B23" s="64">
+      <c r="B23" s="65">
         <v>5401.73</v>
       </c>
-      <c r="C23" s="64">
+      <c r="C23" s="65">
         <v>6257.4</v>
       </c>
-      <c r="D23" s="65">
+      <c r="D23" s="66">
         <v>2.7060400817753946E-2</v>
       </c>
-      <c r="E23" s="66">
+      <c r="E23" s="67">
         <v>0.15840665860752021</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="54" t="s">
+      <c r="A24" s="55" t="s">
         <v>24</v>
       </c>
-      <c r="B24" s="64">
+      <c r="B24" s="65">
         <v>4124.6099999999997</v>
       </c>
-      <c r="C24" s="64">
+      <c r="C24" s="65">
         <v>5460.78</v>
       </c>
-      <c r="D24" s="65">
+      <c r="D24" s="66">
         <v>2.3615382679319587E-2</v>
       </c>
-      <c r="E24" s="66">
+      <c r="E24" s="67">
         <v>0.32395062805938019</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="54" t="s">
+      <c r="A25" s="55" t="s">
         <v>28</v>
       </c>
-      <c r="B25" s="64">
+      <c r="B25" s="65">
         <v>4588.51</v>
       </c>
-      <c r="C25" s="64">
+      <c r="C25" s="65">
         <v>5022.03</v>
       </c>
-      <c r="D25" s="65">
+      <c r="D25" s="66">
         <v>2.1717989055963314E-2</v>
       </c>
-      <c r="E25" s="66">
+      <c r="E25" s="67">
         <v>9.4479471549587885E-2</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="54" t="s">
+      <c r="A26" s="55" t="s">
         <v>26</v>
       </c>
-      <c r="B26" s="64">
+      <c r="B26" s="65">
         <v>4194.2</v>
       </c>
-      <c r="C26" s="64">
+      <c r="C26" s="65">
         <v>4600.1499999999996</v>
       </c>
-      <c r="D26" s="65">
+      <c r="D26" s="66">
         <v>1.9893550487709081E-2</v>
       </c>
-      <c r="E26" s="66">
+      <c r="E26" s="67">
         <v>9.6788422106718758E-2</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="54" t="s">
+      <c r="A27" s="55" t="s">
         <v>25</v>
       </c>
-      <c r="B27" s="64">
+      <c r="B27" s="65">
         <v>3580.69</v>
       </c>
-      <c r="C27" s="64">
+      <c r="C27" s="65">
         <v>3531.37</v>
       </c>
-      <c r="D27" s="65">
+      <c r="D27" s="66">
         <v>1.5271564489371265E-2</v>
       </c>
-      <c r="E27" s="66">
+      <c r="E27" s="67">
         <v>-1.3773881570311912E-2</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="54" t="s">
+      <c r="A28" s="55" t="s">
         <v>31</v>
       </c>
-      <c r="B28" s="64">
+      <c r="B28" s="65">
         <v>2430.27</v>
       </c>
-      <c r="C28" s="64">
+      <c r="C28" s="65">
         <v>2962.9</v>
       </c>
-      <c r="D28" s="65">
+      <c r="D28" s="66">
         <v>1.281319103508217E-2</v>
       </c>
-      <c r="E28" s="66">
+      <c r="E28" s="67">
         <v>0.2191649487505504</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="54" t="s">
+      <c r="A29" s="55" t="s">
         <v>30</v>
       </c>
-      <c r="B29" s="64">
+      <c r="B29" s="65">
         <v>2898.7</v>
       </c>
-      <c r="C29" s="64">
+      <c r="C29" s="65">
         <v>2845.13</v>
       </c>
-      <c r="D29" s="65">
+      <c r="D29" s="66">
         <v>1.2303889503406574E-2</v>
       </c>
-      <c r="E29" s="66">
+      <c r="E29" s="67">
         <v>-1.8480698244040333E-2</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="60" t="s">
+      <c r="A30" s="61" t="s">
         <v>36</v>
       </c>
       <c r="B30" s="44">
         <v>172743.09</v>
       </c>
       <c r="C30" s="44">
         <v>172881.14</v>
       </c>
-      <c r="D30" s="68">
+      <c r="D30" s="69">
         <v>0.74763207438077073</v>
       </c>
-      <c r="E30" s="69">
+      <c r="E30" s="70">
         <v>7.9916365974475425E-4</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="25"/>
-      <c r="B31" s="52"/>
-[...1 lines deleted...]
-      <c r="D31" s="52"/>
+      <c r="B31" s="53"/>
+      <c r="C31" s="53"/>
+      <c r="D31" s="53"/>
       <c r="E31" s="16"/>
     </row>
     <row r="32" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="56" t="s">
+      <c r="A32" s="57" t="s">
         <v>14</v>
       </c>
-      <c r="B32" s="57" t="s">
+      <c r="B32" s="58" t="s">
         <v>74</v>
       </c>
-      <c r="C32" s="57" t="s">
+      <c r="C32" s="58" t="s">
         <v>75</v>
       </c>
-      <c r="D32" s="57"/>
-      <c r="E32" s="67" t="s">
+      <c r="D32" s="58"/>
+      <c r="E32" s="68" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="54" t="s">
+      <c r="A33" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="B33" s="64">
+      <c r="B33" s="65">
         <v>172743.09</v>
       </c>
-      <c r="C33" s="64">
+      <c r="C33" s="65">
         <v>172881.14</v>
       </c>
-      <c r="D33" s="65">
+      <c r="D33" s="66">
         <v>0.74763207438077073</v>
       </c>
-      <c r="E33" s="66">
+      <c r="E33" s="67">
         <v>7.9916365974475425E-4</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="60" t="s">
+      <c r="A34" s="61" t="s">
         <v>38</v>
       </c>
       <c r="B34" s="44">
         <v>52957.130000000005</v>
       </c>
       <c r="C34" s="44">
         <v>58357.119999999995</v>
       </c>
-      <c r="D34" s="68">
+      <c r="D34" s="69">
         <v>0.25236792561922927</v>
       </c>
-      <c r="E34" s="69">
+      <c r="E34" s="70">
         <v>0.10196908329435508</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="25"/>
-      <c r="B35" s="52"/>
-[...2 lines deleted...]
-      <c r="E35" s="52"/>
+      <c r="B35" s="53"/>
+      <c r="C35" s="53"/>
+      <c r="D35" s="53"/>
+      <c r="E35" s="53"/>
     </row>
     <row r="36" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="21" t="s">
         <v>59</v>
       </c>
-      <c r="E36" s="51"/>
+      <c r="E36" s="52"/>
     </row>
     <row r="37" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="21" t="s">
         <v>60</v>
       </c>
-      <c r="E37" s="51"/>
+      <c r="E37" s="52"/>
     </row>
     <row r="38" spans="1:5" ht="105" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="89" t="s">
+      <c r="A38" s="90" t="s">
         <v>62</v>
       </c>
-      <c r="B38" s="90"/>
-[...2 lines deleted...]
-      <c r="E38" s="91"/>
+      <c r="B38" s="91"/>
+      <c r="C38" s="91"/>
+      <c r="D38" s="91"/>
+      <c r="E38" s="92"/>
     </row>
     <row r="39" spans="1:5" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="21"/>
     </row>
     <row r="40" spans="1:5" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="47"/>
       <c r="B40" s="47"/>
       <c r="C40" s="47"/>
       <c r="D40" s="47"/>
-      <c r="E40" s="63"/>
+      <c r="E40" s="64"/>
     </row>
     <row r="41" spans="1:5" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A42" s="20" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A43" s="48" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A44" s="32"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A17:E29">
     <sortCondition descending="1" ref="C17:C29"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A38:E38"/>
   </mergeCells>
   <conditionalFormatting sqref="B5:E13">
     <cfRule type="cellIs" dxfId="2" priority="5" operator="lessThan">
@@ -6725,183 +6747,183 @@
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
       <c r="J13" s="2"/>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A14" s="2"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
     </row>
     <row r="15" spans="1:10" ht="53.25" x14ac:dyDescent="0.2">
       <c r="A15" s="2"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
-      <c r="D15" s="70"/>
+      <c r="D15" s="71"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
       <c r="J15" s="2"/>
     </row>
     <row r="16" spans="1:10" ht="53.25" x14ac:dyDescent="0.2">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
-      <c r="D16" s="70"/>
+      <c r="D16" s="71"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
     </row>
     <row r="17" spans="1:10" ht="53.25" x14ac:dyDescent="0.2">
       <c r="A17" s="2"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
-      <c r="D17" s="70"/>
+      <c r="D17" s="71"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
       <c r="J17" s="2"/>
     </row>
     <row r="18" spans="1:10" ht="26.25" x14ac:dyDescent="0.2">
       <c r="A18" s="2"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
-      <c r="D18" s="71"/>
+      <c r="D18" s="72"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
       <c r="J18" s="2"/>
     </row>
     <row r="19" spans="1:10" ht="26.25" x14ac:dyDescent="0.2">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
-      <c r="D19" s="71"/>
+      <c r="D19" s="72"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
     </row>
     <row r="20" spans="1:10" ht="26.25" x14ac:dyDescent="0.2">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
-      <c r="D20" s="71"/>
+      <c r="D20" s="72"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
     </row>
     <row r="21" spans="1:10" ht="26.25" x14ac:dyDescent="0.2">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
-      <c r="D21" s="71"/>
+      <c r="D21" s="72"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
     </row>
     <row r="22" spans="1:10" ht="19.5" x14ac:dyDescent="0.2">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
-      <c r="D22" s="72"/>
+      <c r="D22" s="73"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
       <c r="J22" s="2"/>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A23" s="2"/>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
       <c r="J23" s="2"/>
     </row>
     <row r="24" spans="1:10" ht="26.25" x14ac:dyDescent="0.2">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
-      <c r="D24" s="71"/>
+      <c r="D24" s="72"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
       <c r="J24" s="2"/>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A25" s="2"/>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
       <c r="J25" s="2"/>
     </row>
     <row r="26" spans="1:10" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A26" s="2"/>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
-      <c r="D26" s="73"/>
+      <c r="D26" s="74"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
       <c r="J26" s="2"/>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A27" s="2"/>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
       <c r="J27" s="2"/>
     </row>
     <row r="28" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A28" s="2"/>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
@@ -7010,65 +7032,65 @@
     <row r="37" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A37" s="2"/>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
       <c r="J37" s="2"/>
     </row>
     <row r="38" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A38" s="2"/>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
       <c r="J38" s="2"/>
     </row>
     <row r="39" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A39" s="74" t="s">
+      <c r="A39" s="75" t="s">
         <v>47</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
       <c r="J39" s="2"/>
     </row>
     <row r="40" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A40" s="75" t="s">
+      <c r="A40" s="76" t="s">
         <v>48</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
       <c r="J40" s="2"/>
     </row>
     <row r="41" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
       <c r="J41" s="2"/>
     </row>
   </sheetData>