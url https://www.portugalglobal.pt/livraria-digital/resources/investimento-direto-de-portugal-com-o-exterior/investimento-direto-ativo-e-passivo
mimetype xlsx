--- v0 (2025-11-24)
+++ v1 (2026-01-06)
@@ -13,58 +13,58 @@
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://portugalglobal-my.sharepoint.com/personal/joao_santos_portugalglobal_pt/Documents/Documentos/JMS/AICEP/Intelligence Externa/ID/ID Observatório/Finais/2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="15" documentId="8_{A171E1EB-DD25-4BDA-91C6-F8E10FA02A4B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2D2EFF80-B22B-4669-A947-6BDAE324B100}"/>
+  <xr:revisionPtr revIDLastSave="16" documentId="8_{958A314B-68CB-4239-B9F9-B2D1852A9D98}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1ED1CAC7-10A8-4E68-AC24-CD4F6EA53A0B}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="958" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Capa" sheetId="33" r:id="rId1"/>
     <sheet name="Índice" sheetId="32" r:id="rId2"/>
     <sheet name="1 ID Global" sheetId="16" r:id="rId3"/>
     <sheet name="2 Ativo Fluxos" sheetId="8" r:id="rId4"/>
     <sheet name="3 Passivo Fluxos" sheetId="22" r:id="rId5"/>
     <sheet name="5 Ativo Stock" sheetId="37" r:id="rId6"/>
     <sheet name="6 Passivo Stock" sheetId="38" r:id="rId7"/>
     <sheet name=" " sheetId="31" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'1 ID Global'!$A$1:$H$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'2 Ativo Fluxos'!$A$1:$D$45</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'3 Passivo Fluxos'!$A$1:$D$45</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'5 Ativo Stock'!$A$1:$E$45</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'6 Passivo Stock'!$A$1:$E$45</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
@@ -280,75 +280,75 @@
   <si>
     <t>Variação das Posições (Stock; posições em fim de período)</t>
   </si>
   <si>
     <t>Variação Total</t>
   </si>
   <si>
     <t>Transações</t>
   </si>
   <si>
     <t>Variação de Preço</t>
   </si>
   <si>
     <t>Variação de Volume</t>
   </si>
   <si>
     <t>Variação Cambial</t>
   </si>
   <si>
     <t>t.v.h. - variação homóloga em percentagem</t>
   </si>
   <si>
     <t>v.h. - variação homóloga em valor</t>
   </si>
   <si>
-    <t>2025 (janeiro a setembro)</t>
-[...10 lines deleted...]
-  <si>
     <t>2024 set</t>
   </si>
   <si>
     <t>2025 set</t>
   </si>
   <si>
     <t>2025 set vs 2024 dez</t>
   </si>
   <si>
     <t>2025 set vs 2025 jun</t>
   </si>
   <si>
     <t>2025 set vs 2024 set</t>
+  </si>
+  <si>
+    <t>2025 (janeiro a outubro)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Dezembro de 2025</t>
+  </si>
+  <si>
+    <t>2024 jan/out</t>
+  </si>
+  <si>
+    <t>2025 jan/out</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
@@ -2071,51 +2071,51 @@
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
       <c r="J18" s="2"/>
     </row>
     <row r="19" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="4"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
     </row>
     <row r="20" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="5" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
     </row>
     <row r="21" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
@@ -2360,51 +2360,51 @@
       <c r="A42" s="2"/>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
       <c r="J42" s="2"/>
     </row>
     <row r="43" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
       <c r="J43" s="2"/>
     </row>
     <row r="44" spans="1:10" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A44" s="9" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
       <c r="J44" s="2"/>
     </row>
     <row r="45" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="2"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
       <c r="J45" s="2"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
@@ -2467,51 +2467,51 @@
     </row>
     <row r="12" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="12" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" location="'1 ID Global'!A2" display="Fluxos e Posição de Investimento Direto com o Exterior (valores globais)" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="A6" location="'2 Ativo Fluxos'!Print_Area" display="Fluxos de Investimento Direto - Ativo" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
     <hyperlink ref="A8" location="'3 Passivo Fluxos'!Print_Area" display="Fluxos de Investimento Direto - Passivo" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
     <hyperlink ref="A10" location="'5 Ativo Stock'!Print_Area" display="Stock de Investimento Direto - Ativo" xr:uid="{00000000-0004-0000-0100-000003000000}"/>
     <hyperlink ref="A12" location="'6 Passivo Stock'!A1" display="Stock de Investimento Direto - Passivo" xr:uid="{331587CB-47AB-47B2-8EC8-E800D454D416}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:AB104"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="A45" sqref="A45"/>
+      <selection activeCell="H10" sqref="H10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="20.7109375" style="20" customWidth="1"/>
     <col min="2" max="8" width="9.7109375" style="28" customWidth="1"/>
     <col min="9" max="9" width="9.28515625" style="28"/>
     <col min="10" max="14" width="9.7109375" style="28" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="9.28515625" style="28"/>
     <col min="16" max="16" width="9.7109375" style="28" bestFit="1" customWidth="1"/>
     <col min="17" max="20" width="9.28515625" style="28"/>
     <col min="21" max="28" width="9.28515625" style="29"/>
     <col min="29" max="16384" width="9.28515625" style="28"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="26"/>
       <c r="B1" s="27"/>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
       <c r="E1" s="26"/>
       <c r="F1" s="26"/>
       <c r="G1" s="27"/>
       <c r="H1" s="27"/>
     </row>
@@ -2567,272 +2567,272 @@
       <c r="C6" s="83"/>
       <c r="D6" s="83"/>
       <c r="E6" s="83"/>
       <c r="F6" s="83"/>
       <c r="G6" s="83"/>
       <c r="H6" s="83"/>
     </row>
     <row r="7" spans="1:28" s="20" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="41"/>
       <c r="B7" s="42">
         <v>2020</v>
       </c>
       <c r="C7" s="42">
         <v>2021</v>
       </c>
       <c r="D7" s="42">
         <v>2022</v>
       </c>
       <c r="E7" s="42">
         <v>2023</v>
       </c>
       <c r="F7" s="42">
         <v>2024</v>
       </c>
       <c r="G7" s="43" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="H7" s="43" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="K7" s="28"/>
       <c r="U7" s="25"/>
       <c r="V7" s="25"/>
       <c r="W7" s="25"/>
       <c r="X7" s="25"/>
       <c r="Y7" s="25"/>
       <c r="Z7" s="25"/>
       <c r="AA7" s="25"/>
       <c r="AB7" s="25"/>
     </row>
     <row r="8" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="37" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="15">
         <v>-2154.86</v>
       </c>
       <c r="C8" s="15">
         <v>52.610000000000355</v>
       </c>
       <c r="D8" s="15">
         <v>5269.5500000000011</v>
       </c>
       <c r="E8" s="15">
         <v>5258.6400000000012</v>
       </c>
       <c r="F8" s="15">
         <v>6327.06</v>
       </c>
       <c r="G8" s="15">
-        <v>4556.6500000000005</v>
+        <v>5383.43</v>
       </c>
       <c r="H8" s="15">
-        <v>3342.81</v>
+        <v>4276.33</v>
       </c>
       <c r="I8" s="21"/>
       <c r="U8" s="28"/>
       <c r="V8" s="28"/>
       <c r="W8" s="28"/>
       <c r="X8" s="28"/>
       <c r="Y8" s="28"/>
       <c r="Z8" s="28"/>
       <c r="AA8" s="28"/>
       <c r="AB8" s="28"/>
     </row>
     <row r="9" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="37" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="15">
         <v>3491.0000000000005</v>
       </c>
       <c r="C9" s="15">
         <v>7859.25</v>
       </c>
       <c r="D9" s="15">
         <v>12615.169999999998</v>
       </c>
       <c r="E9" s="15">
         <v>10711.679999999998</v>
       </c>
       <c r="F9" s="15">
         <v>12478.25</v>
       </c>
       <c r="G9" s="15">
-        <v>8137.3799999999992</v>
+        <v>11040.09</v>
       </c>
       <c r="H9" s="15">
-        <v>3072.32</v>
+        <v>4712.32</v>
       </c>
       <c r="U9" s="28"/>
       <c r="V9" s="28"/>
       <c r="W9" s="28"/>
       <c r="X9" s="28"/>
       <c r="Y9" s="28"/>
       <c r="Z9" s="28"/>
       <c r="AA9" s="28"/>
       <c r="AB9" s="28"/>
     </row>
     <row r="10" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="37" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="15">
         <v>-5645.8600000000006</v>
       </c>
       <c r="C10" s="15">
         <v>-7806.6399999999994</v>
       </c>
       <c r="D10" s="15">
         <v>-7345.6199999999972</v>
       </c>
       <c r="E10" s="15">
         <v>-5453.0399999999972</v>
       </c>
       <c r="F10" s="15">
         <v>-6151.19</v>
       </c>
       <c r="G10" s="15">
-        <v>-3580.7299999999987</v>
+        <v>-5656.66</v>
       </c>
       <c r="H10" s="15">
-        <v>270.48999999999978</v>
+        <v>-435.98999999999978</v>
       </c>
       <c r="I10" s="21"/>
       <c r="U10" s="28"/>
       <c r="V10" s="28"/>
       <c r="W10" s="28"/>
       <c r="X10" s="28"/>
       <c r="Y10" s="28"/>
       <c r="Z10" s="28"/>
       <c r="AA10" s="28"/>
       <c r="AB10" s="28"/>
     </row>
     <row r="11" spans="1:28" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="38"/>
       <c r="B11" s="17"/>
       <c r="C11" s="17"/>
       <c r="D11" s="17"/>
       <c r="E11" s="17"/>
       <c r="F11" s="17"/>
       <c r="G11" s="18"/>
       <c r="H11" s="17"/>
     </row>
     <row r="12" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="37" t="s">
         <v>41</v>
       </c>
       <c r="B12" s="15">
         <v>-3587.67</v>
       </c>
       <c r="C12" s="15">
         <v>2207.4700000000003</v>
       </c>
       <c r="D12" s="15">
         <v>5216.9400000000005</v>
       </c>
       <c r="E12" s="15">
         <v>-10.909999999999854</v>
       </c>
       <c r="F12" s="15">
         <v>1068.4199999999992</v>
       </c>
       <c r="G12" s="19" t="s">
         <v>0</v>
       </c>
       <c r="H12" s="15">
-        <v>-1213.8400000000006</v>
+        <v>-1107.1000000000004</v>
       </c>
       <c r="I12" s="21"/>
       <c r="U12" s="28"/>
       <c r="V12" s="28"/>
       <c r="W12" s="28"/>
       <c r="X12" s="28"/>
       <c r="Y12" s="28"/>
       <c r="Z12" s="28"/>
       <c r="AA12" s="28"/>
       <c r="AB12" s="28"/>
     </row>
     <row r="13" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="37" t="s">
         <v>42</v>
       </c>
       <c r="B13" s="15">
         <v>-6183.26</v>
       </c>
       <c r="C13" s="15">
         <v>4368.25</v>
       </c>
       <c r="D13" s="15">
         <v>4755.9199999999983</v>
       </c>
       <c r="E13" s="15">
         <v>-1903.4899999999998</v>
       </c>
       <c r="F13" s="15">
         <v>1766.5700000000015</v>
       </c>
       <c r="G13" s="19" t="s">
         <v>0</v>
       </c>
       <c r="H13" s="15">
-        <v>-5065.0599999999995</v>
+        <v>-6327.77</v>
       </c>
       <c r="U13" s="28"/>
       <c r="V13" s="28"/>
       <c r="W13" s="28"/>
       <c r="X13" s="28"/>
       <c r="Y13" s="28"/>
       <c r="Z13" s="28"/>
       <c r="AA13" s="28"/>
       <c r="AB13" s="28"/>
     </row>
     <row r="14" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="46" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="44">
         <v>2595.59</v>
       </c>
       <c r="C14" s="44">
         <v>-2160.7799999999988</v>
       </c>
       <c r="D14" s="44">
         <v>461.02000000000226</v>
       </c>
       <c r="E14" s="44">
         <v>1892.58</v>
       </c>
       <c r="F14" s="44">
         <v>-698.15000000000236</v>
       </c>
       <c r="G14" s="45" t="s">
         <v>0</v>
       </c>
       <c r="H14" s="44">
-        <v>3851.2199999999984</v>
+        <v>5220.67</v>
       </c>
       <c r="I14" s="21"/>
       <c r="U14" s="28"/>
       <c r="V14" s="28"/>
       <c r="W14" s="28"/>
       <c r="X14" s="28"/>
       <c r="Y14" s="28"/>
       <c r="Z14" s="28"/>
       <c r="AA14" s="28"/>
       <c r="AB14" s="28"/>
     </row>
     <row r="15" spans="1:28" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="21"/>
       <c r="C15" s="21"/>
       <c r="D15" s="21"/>
       <c r="E15" s="21"/>
       <c r="F15" s="21"/>
       <c r="G15" s="21"/>
       <c r="H15" s="21"/>
       <c r="U15" s="28"/>
       <c r="V15" s="28"/>
       <c r="W15" s="28"/>
       <c r="X15" s="28"/>
       <c r="Y15" s="28"/>
       <c r="Z15" s="28"/>
@@ -2891,54 +2891,54 @@
       <c r="W18" s="28"/>
       <c r="X18" s="28"/>
       <c r="Y18" s="28"/>
       <c r="Z18" s="28"/>
       <c r="AA18" s="28"/>
       <c r="AB18" s="28"/>
     </row>
     <row r="19" spans="1:28" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="41"/>
       <c r="B19" s="42" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="42" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="42" t="s">
         <v>45</v>
       </c>
       <c r="E19" s="42" t="s">
         <v>46</v>
       </c>
       <c r="F19" s="42" t="s">
         <v>63</v>
       </c>
       <c r="G19" s="43" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="H19" s="43" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="37" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="15">
         <v>76763.899999999994</v>
       </c>
       <c r="C20" s="15">
         <v>81078.5</v>
       </c>
       <c r="D20" s="15">
         <v>88441.04</v>
       </c>
       <c r="E20" s="15">
         <v>94078.19</v>
       </c>
       <c r="F20" s="15">
         <v>97343.72</v>
       </c>
       <c r="G20" s="15">
         <v>97197.85</v>
       </c>
       <c r="H20" s="15">
@@ -3218,59 +3218,59 @@
       <c r="A30" s="76"/>
       <c r="B30" s="76"/>
       <c r="C30" s="80" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="42" t="s">
         <v>9</v>
       </c>
       <c r="E30" s="80" t="s">
         <v>8</v>
       </c>
       <c r="F30" s="42" t="s">
         <v>9</v>
       </c>
       <c r="G30" s="79" t="s">
         <v>8</v>
       </c>
       <c r="H30" s="43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:28" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="81"/>
       <c r="B31" s="81"/>
       <c r="C31" s="86" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D31" s="87"/>
       <c r="E31" s="86" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="F31" s="87"/>
       <c r="G31" s="88" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="H31" s="88"/>
     </row>
     <row r="32" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="78" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="77"/>
       <c r="C32" s="77">
         <v>4202.1199999999953</v>
       </c>
       <c r="D32" s="77">
         <v>6809.210000000021</v>
       </c>
       <c r="E32" s="77">
         <v>2115.1999999999971</v>
       </c>
       <c r="F32" s="77">
         <v>4679.1600000000035</v>
       </c>
       <c r="G32" s="77">
         <v>4347.9899999999907</v>
       </c>
       <c r="H32" s="77">
         <v>5538.0400000000081</v>
@@ -4243,490 +4243,490 @@
   <conditionalFormatting sqref="B8:H14 B32:H36">
     <cfRule type="cellIs" dxfId="13" priority="6" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B20:H26">
     <cfRule type="cellIs" dxfId="12" priority="3" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A48" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{2578EA8E-F916-4F34-92A5-E479E570EC37}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="1.1811023622047245" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:D44"/>
   <sheetViews>
-    <sheetView showGridLines="0" showZeros="0" workbookViewId="0">
+    <sheetView showGridLines="0" showZeros="0" topLeftCell="A10" workbookViewId="0">
       <selection activeCell="A40" sqref="A40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="55.7109375" style="28" customWidth="1"/>
     <col min="2" max="3" width="8.7109375" style="28" customWidth="1"/>
     <col min="4" max="4" width="8.7109375" style="21" customWidth="1"/>
     <col min="5" max="16384" width="9.28515625" style="28"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:4" ht="15" x14ac:dyDescent="0.2">
       <c r="A2" s="83" t="s">
         <v>53</v>
       </c>
       <c r="B2" s="83"/>
       <c r="C2" s="83"/>
       <c r="D2" s="83"/>
     </row>
     <row r="3" spans="1:4" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="53"/>
       <c r="B3" s="53"/>
       <c r="C3" s="53"/>
       <c r="D3" s="53"/>
     </row>
     <row r="4" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="56" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="57" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C4" s="57" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D4" s="58" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="54" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="55">
-        <v>4556.6500000000005</v>
+        <v>5383.43</v>
       </c>
       <c r="C5" s="55">
-        <v>3342.81</v>
+        <v>4276.33</v>
       </c>
       <c r="D5" s="55">
-        <v>-1213.8400000000006</v>
+        <v>-1107.1000000000004</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="54" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="55">
-        <v>1266.56</v>
+        <v>1498.76</v>
       </c>
       <c r="C6" s="55">
-        <v>2055.39</v>
+        <v>2603.34</v>
       </c>
       <c r="D6" s="55">
-        <v>788.82999999999993</v>
+        <v>1104.5800000000002</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="54" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="55">
-        <v>1270.32</v>
+        <v>1502.31</v>
       </c>
       <c r="C7" s="55">
-        <v>2048.12</v>
+        <v>2597.34</v>
       </c>
       <c r="D7" s="55">
-        <v>777.8</v>
+        <v>1095.0300000000002</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="54" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="55">
         <v>0</v>
       </c>
       <c r="C8" s="55">
         <v>0</v>
       </c>
       <c r="D8" s="55">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="54" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="55">
-        <v>-3.7600000000000007</v>
+        <v>-3.5500000000000007</v>
       </c>
       <c r="C9" s="55">
-        <v>7.2700000000000005</v>
+        <v>6</v>
       </c>
       <c r="D9" s="55">
-        <v>11.030000000000001</v>
+        <v>9.5500000000000007</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="54" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="55">
-        <v>3290.09</v>
+        <v>3884.6700000000005</v>
       </c>
       <c r="C10" s="55">
-        <v>1287.42</v>
+        <v>1672.99</v>
       </c>
       <c r="D10" s="55">
-        <v>-2002.67</v>
+        <v>-2211.6800000000003</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="54" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="55">
-        <v>2911.3100000000004</v>
+        <v>3336.6500000000005</v>
       </c>
       <c r="C11" s="55">
-        <v>1530.4400000000003</v>
+        <v>1920.5500000000002</v>
       </c>
       <c r="D11" s="55">
-        <v>-1380.8700000000001</v>
+        <v>-1416.1000000000004</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="54" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="55">
-        <v>-198.86</v>
+        <v>19.589999999999975</v>
       </c>
       <c r="C12" s="55">
-        <v>-293.93</v>
+        <v>-279.91000000000003</v>
       </c>
       <c r="D12" s="55">
-        <v>-95.07</v>
+        <v>-299.5</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="60" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="61">
-        <v>577.63999999999976</v>
+        <v>528.42999999999972</v>
       </c>
       <c r="C13" s="61">
-        <v>50.909999999999968</v>
+        <v>32.349999999999966</v>
       </c>
       <c r="D13" s="62">
-        <v>-526.72999999999979</v>
+        <v>-496.07999999999976</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D14" s="51"/>
     </row>
     <row r="15" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="56" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="57" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C15" s="57" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D15" s="59" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="54" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="55">
-        <v>4556.6500000000005</v>
+        <v>5383.43</v>
       </c>
       <c r="C16" s="55">
-        <v>3342.81</v>
+        <v>4276.33</v>
       </c>
       <c r="D16" s="55">
-        <v>-1213.8400000000006</v>
+        <v>-1107.1000000000004</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="54" t="s">
         <v>27</v>
       </c>
       <c r="B17" s="55">
-        <v>335.12999999999988</v>
+        <v>655.66999999999985</v>
       </c>
       <c r="C17" s="55">
-        <v>1377.42</v>
+        <v>1632.3400000000001</v>
       </c>
       <c r="D17" s="55">
-        <v>1042.2900000000002</v>
+        <v>976.6700000000003</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="54" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B18" s="55">
-        <v>58.27000000000001</v>
+        <v>1198.97</v>
       </c>
       <c r="C18" s="55">
-        <v>271.85000000000002</v>
+        <v>499.94000000000005</v>
       </c>
       <c r="D18" s="55">
-        <v>213.58</v>
+        <v>-699.03</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="54" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B19" s="55">
-        <v>1395.02</v>
+        <v>374.84000000000003</v>
       </c>
       <c r="C19" s="55">
-        <v>231.34000000000006</v>
+        <v>290.92</v>
       </c>
       <c r="D19" s="55">
-        <v>-1163.6799999999998</v>
+        <v>-83.920000000000016</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="54" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="B20" s="55">
-        <v>371.54999999999995</v>
+        <v>389.71</v>
       </c>
       <c r="C20" s="55">
-        <v>193.87</v>
+        <v>258.42999999999995</v>
       </c>
       <c r="D20" s="55">
-        <v>-177.67999999999995</v>
+        <v>-131.28000000000003</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="54" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B21" s="55">
-        <v>297.70999999999998</v>
+        <v>312.53999999999996</v>
       </c>
       <c r="C21" s="55">
-        <v>113.06999999999994</v>
+        <v>138.79000000000002</v>
       </c>
       <c r="D21" s="55">
-        <v>-184.64000000000004</v>
+        <v>-173.74999999999994</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="54" t="s">
         <v>31</v>
       </c>
       <c r="B22" s="55">
-        <v>-32.109999999999985</v>
+        <v>22.420000000000016</v>
       </c>
       <c r="C22" s="55">
-        <v>108.8</v>
+        <v>133.01</v>
       </c>
       <c r="D22" s="55">
-        <v>140.90999999999997</v>
+        <v>110.58999999999997</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="54" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B23" s="55">
-        <v>406.68000000000006</v>
+        <v>122.47999999999999</v>
       </c>
       <c r="C23" s="55">
-        <v>64.539999999999992</v>
+        <v>48.629999999999995</v>
       </c>
       <c r="D23" s="55">
-        <v>-342.1400000000001</v>
+        <v>-73.849999999999994</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="54" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="B24" s="55">
-        <v>9.2899999999999991</v>
+        <v>483.81000000000006</v>
       </c>
       <c r="C24" s="55">
-        <v>41.789999999999992</v>
+        <v>42.749999999999993</v>
       </c>
       <c r="D24" s="55">
-        <v>32.499999999999993</v>
+        <v>-441.06000000000006</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="54" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B25" s="55">
-        <v>20.069999999999943</v>
+        <v>20.440000000000008</v>
       </c>
       <c r="C25" s="55">
-        <v>31.79</v>
+        <v>40.04</v>
       </c>
       <c r="D25" s="55">
-        <v>11.720000000000056</v>
+        <v>19.599999999999991</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="54" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B26" s="55">
-        <v>20.620000000000008</v>
+        <v>29.449999999999946</v>
       </c>
       <c r="C26" s="55">
-        <v>28.779999999999998</v>
+        <v>28.77</v>
       </c>
       <c r="D26" s="55">
-        <v>8.1599999999999895</v>
+        <v>-0.67999999999994643</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="54" t="s">
         <v>24</v>
       </c>
       <c r="B27" s="55">
-        <v>132.44</v>
+        <v>191.96</v>
       </c>
       <c r="C27" s="55">
-        <v>-93.87</v>
+        <v>-35.74</v>
       </c>
       <c r="D27" s="55">
-        <v>-226.31</v>
+        <v>-227.70000000000002</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="54" t="s">
         <v>30</v>
       </c>
       <c r="B28" s="55">
-        <v>-150.01</v>
+        <v>-154.26999999999998</v>
       </c>
       <c r="C28" s="55">
-        <v>-96.79000000000002</v>
+        <v>-102.10000000000002</v>
       </c>
       <c r="D28" s="55">
-        <v>53.21999999999997</v>
+        <v>52.169999999999959</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="54" t="s">
         <v>35</v>
       </c>
       <c r="B29" s="55">
-        <v>-148.4</v>
+        <v>-193.08</v>
       </c>
       <c r="C29" s="55">
-        <v>-204.79</v>
+        <v>-227.92</v>
       </c>
       <c r="D29" s="55">
-        <v>-56.389999999999986</v>
+        <v>-34.839999999999975</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="60" t="s">
         <v>36</v>
       </c>
       <c r="B30" s="61">
-        <v>1840.3900000000008</v>
+        <v>1928.4899999999998</v>
       </c>
       <c r="C30" s="61">
-        <v>1275.0099999999998</v>
+        <v>1528.4700000000003</v>
       </c>
       <c r="D30" s="62">
-        <v>-565.3800000000009</v>
+        <v>-400.02000000000066</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="25"/>
       <c r="B31" s="52"/>
       <c r="C31" s="52"/>
       <c r="D31" s="16"/>
     </row>
     <row r="32" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="56" t="s">
         <v>14</v>
       </c>
       <c r="B32" s="57" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C32" s="57" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D32" s="59" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="54" t="s">
         <v>37</v>
       </c>
       <c r="B33" s="55">
-        <v>3112.4699999999993</v>
+        <v>3839.9699999999993</v>
       </c>
       <c r="C33" s="55">
-        <v>2358.9000000000005</v>
+        <v>3145.3500000000004</v>
       </c>
       <c r="D33" s="55">
-        <v>-753.5699999999988</v>
+        <v>-694.61999999999898</v>
       </c>
     </row>
     <row r="34" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="60" t="s">
         <v>38</v>
       </c>
       <c r="B34" s="61">
-        <v>1444.1800000000012</v>
+        <v>1543.4600000000009</v>
       </c>
       <c r="C34" s="61">
-        <v>983.9099999999994</v>
+        <v>1130.9799999999996</v>
       </c>
       <c r="D34" s="62">
-        <v>-460.2700000000018</v>
+        <v>-412.48000000000138</v>
       </c>
     </row>
     <row r="35" spans="1:4" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="25"/>
       <c r="B35" s="52"/>
       <c r="C35" s="52"/>
       <c r="D35" s="52"/>
     </row>
     <row r="36" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="21" t="s">
         <v>59</v>
       </c>
       <c r="D36" s="51"/>
     </row>
     <row r="37" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="21" t="s">
         <v>60</v>
       </c>
       <c r="D37" s="51"/>
     </row>
     <row r="38" spans="1:4" ht="105" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="89" t="s">
         <v>62</v>
       </c>
       <c r="B38" s="90"/>
@@ -4773,490 +4773,490 @@
   <conditionalFormatting sqref="B16:D30">
     <cfRule type="cellIs" dxfId="10" priority="2" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B33:D34">
     <cfRule type="cellIs" dxfId="9" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A43" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{2A1CF4C2-11A0-43E6-9B0E-E377541EDEF2}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:D44"/>
   <sheetViews>
-    <sheetView showGridLines="0" showZeros="0" workbookViewId="0">
+    <sheetView showGridLines="0" showZeros="0" topLeftCell="A15" workbookViewId="0">
       <selection activeCell="A40" sqref="A40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="55.7109375" style="28" customWidth="1"/>
     <col min="2" max="3" width="8.7109375" style="28" customWidth="1"/>
     <col min="4" max="4" width="8.7109375" style="21" customWidth="1"/>
     <col min="5" max="16384" width="9.28515625" style="28"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:4" ht="15" x14ac:dyDescent="0.2">
       <c r="A2" s="83" t="s">
         <v>54</v>
       </c>
       <c r="B2" s="83"/>
       <c r="C2" s="83"/>
       <c r="D2" s="83"/>
     </row>
     <row r="3" spans="1:4" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="53"/>
       <c r="B3" s="53"/>
       <c r="C3" s="53"/>
       <c r="D3" s="53"/>
     </row>
     <row r="4" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="56" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="57" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C4" s="57" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D4" s="58" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="54" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="55">
-        <v>8137.3799999999992</v>
+        <v>11040.09</v>
       </c>
       <c r="C5" s="55">
-        <v>3072.32</v>
+        <v>4712.32</v>
       </c>
       <c r="D5" s="55">
-        <v>-5065.0599999999995</v>
+        <v>-6327.77</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="54" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="55">
-        <v>7273.8399999999992</v>
+        <v>8736.7199999999993</v>
       </c>
       <c r="C6" s="55">
-        <v>4665.79</v>
+        <v>6228.5099999999993</v>
       </c>
       <c r="D6" s="55">
-        <v>-2608.0499999999993</v>
+        <v>-2508.21</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="54" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="55">
-        <v>7275.869999999999</v>
+        <v>8738.7099999999991</v>
       </c>
       <c r="C7" s="55">
-        <v>4684.57</v>
+        <v>6247.36</v>
       </c>
       <c r="D7" s="55">
-        <v>-2591.2999999999993</v>
+        <v>-2491.3499999999995</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="54" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="55">
         <v>0</v>
       </c>
       <c r="C8" s="55">
         <v>0</v>
       </c>
       <c r="D8" s="55">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="54" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="55">
-        <v>-2.0299999999999998</v>
+        <v>-1.9899999999999998</v>
       </c>
       <c r="C9" s="55">
-        <v>-18.779999999999994</v>
+        <v>-18.849999999999994</v>
       </c>
       <c r="D9" s="55">
-        <v>-16.749999999999993</v>
+        <v>-16.859999999999996</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="54" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="55">
-        <v>863.55999999999949</v>
+        <v>2303.3999999999996</v>
       </c>
       <c r="C10" s="55">
-        <v>-1593.4699999999998</v>
+        <v>-1516.1899999999998</v>
       </c>
       <c r="D10" s="55">
-        <v>-2457.0299999999993</v>
+        <v>-3819.5899999999992</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="54" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="55">
-        <v>833.34999999999991</v>
+        <v>1984.5</v>
       </c>
       <c r="C11" s="55">
-        <v>-1533.18</v>
+        <v>-1554.55</v>
       </c>
       <c r="D11" s="55">
-        <v>-2366.5299999999997</v>
+        <v>-3539.05</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="54" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="55">
-        <v>-1025.02</v>
+        <v>-970.74</v>
       </c>
       <c r="C12" s="55">
-        <v>-1543.3299999999997</v>
+        <v>-1677.3999999999996</v>
       </c>
       <c r="D12" s="55">
-        <v>-518.30999999999972</v>
+        <v>-706.65999999999963</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="60" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="61">
-        <v>1055.2299999999996</v>
+        <v>1289.6399999999996</v>
       </c>
       <c r="C13" s="61">
-        <v>1483.04</v>
+        <v>1715.76</v>
       </c>
       <c r="D13" s="62">
-        <v>427.8100000000004</v>
+        <v>426.12000000000035</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D14" s="51"/>
     </row>
     <row r="15" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="56" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="57" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C15" s="57" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D15" s="59" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="54" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="55">
-        <v>8137.3799999999992</v>
+        <v>11040.09</v>
       </c>
       <c r="C16" s="55">
-        <v>3072.32</v>
+        <v>4712.32</v>
       </c>
       <c r="D16" s="55">
-        <v>-5065.0599999999995</v>
+        <v>-6327.77</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="54" t="s">
         <v>35</v>
       </c>
       <c r="B17" s="55">
-        <v>229.7</v>
+        <v>549.51</v>
       </c>
       <c r="C17" s="55">
-        <v>869.32</v>
+        <v>883.36</v>
       </c>
       <c r="D17" s="55">
-        <v>639.62000000000012</v>
+        <v>333.85</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="54" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B18" s="55">
-        <v>815.92000000000007</v>
+        <v>2984.3600000000006</v>
       </c>
       <c r="C18" s="55">
-        <v>412.67</v>
+        <v>516.04999999999995</v>
       </c>
       <c r="D18" s="55">
-        <v>-403.25000000000006</v>
+        <v>-2468.3100000000004</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="54" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="B19" s="55">
-        <v>277.39999999999998</v>
+        <v>932.1400000000001</v>
       </c>
       <c r="C19" s="55">
-        <v>351.31999999999994</v>
+        <v>478.08000000000004</v>
       </c>
       <c r="D19" s="55">
-        <v>73.919999999999959</v>
+        <v>-454.06000000000006</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="54" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="55">
-        <v>384.59</v>
+        <v>466.51</v>
       </c>
       <c r="C20" s="55">
-        <v>347.31</v>
+        <v>398.35</v>
       </c>
       <c r="D20" s="55">
-        <v>-37.279999999999973</v>
+        <v>-68.159999999999968</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="54" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B21" s="55">
-        <v>163.13</v>
+        <v>295.38</v>
       </c>
       <c r="C21" s="55">
-        <v>346.56000000000006</v>
+        <v>396.85999999999996</v>
       </c>
       <c r="D21" s="55">
-        <v>183.43000000000006</v>
+        <v>101.47999999999996</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="54" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="B22" s="55">
-        <v>2335.3400000000006</v>
+        <v>274.57</v>
       </c>
       <c r="C22" s="55">
-        <v>315.49999999999994</v>
+        <v>354.94000000000005</v>
       </c>
       <c r="D22" s="55">
-        <v>-2019.8400000000006</v>
+        <v>80.370000000000061</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="54" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B23" s="55">
-        <v>-25.300000000000068</v>
+        <v>287.52000000000004</v>
       </c>
       <c r="C23" s="55">
-        <v>291.82</v>
+        <v>332.46999999999997</v>
       </c>
       <c r="D23" s="55">
-        <v>317.12000000000006</v>
+        <v>44.949999999999932</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="54" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B24" s="55">
-        <v>258.65000000000003</v>
+        <v>-15.840000000000067</v>
       </c>
       <c r="C24" s="55">
-        <v>275.26</v>
+        <v>317.52</v>
       </c>
       <c r="D24" s="55">
-        <v>16.609999999999957</v>
+        <v>333.36000000000007</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="54" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B25" s="55">
-        <v>-244.11999999999998</v>
+        <v>246.30999999999995</v>
       </c>
       <c r="C25" s="55">
-        <v>183.78</v>
+        <v>216.33999999999997</v>
       </c>
       <c r="D25" s="55">
-        <v>427.9</v>
+        <v>-29.96999999999997</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="54" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B26" s="55">
-        <v>210.09999999999994</v>
+        <v>-187.16999999999996</v>
       </c>
       <c r="C26" s="55">
-        <v>150.72999999999999</v>
+        <v>183.21</v>
       </c>
       <c r="D26" s="55">
-        <v>-59.369999999999948</v>
+        <v>370.38</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="54" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B27" s="55">
-        <v>164.59</v>
+        <v>3105.48</v>
       </c>
       <c r="C27" s="55">
-        <v>-415.16</v>
+        <v>151.19000000000028</v>
       </c>
       <c r="D27" s="55">
-        <v>-579.75</v>
+        <v>-2954.29</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="54" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B28" s="55">
-        <v>2295.75</v>
+        <v>232.88</v>
       </c>
       <c r="C28" s="55">
-        <v>-706.37999999999977</v>
+        <v>-384.74</v>
       </c>
       <c r="D28" s="55">
-        <v>-3002.1299999999997</v>
+        <v>-617.62</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="54" t="s">
         <v>33</v>
       </c>
       <c r="B29" s="55">
-        <v>-115.3600000000001</v>
+        <v>171.35999999999993</v>
       </c>
       <c r="C29" s="55">
-        <v>-1514.45</v>
+        <v>-1537.3700000000001</v>
       </c>
       <c r="D29" s="55">
-        <v>-1399.09</v>
+        <v>-1708.73</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="60" t="s">
         <v>36</v>
       </c>
       <c r="B30" s="61">
-        <v>1386.989999999998</v>
+        <v>1697.08</v>
       </c>
       <c r="C30" s="61">
-        <v>2164.04</v>
+        <v>2406.059999999999</v>
       </c>
       <c r="D30" s="62">
-        <v>777.050000000002</v>
+        <v>708.97999999999911</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="25"/>
       <c r="B31" s="52"/>
       <c r="C31" s="52"/>
       <c r="D31" s="16"/>
     </row>
     <row r="32" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="56" t="s">
         <v>14</v>
       </c>
       <c r="B32" s="57" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C32" s="57" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D32" s="59" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="54" t="s">
         <v>37</v>
       </c>
       <c r="B33" s="55">
-        <v>4579.71</v>
+        <v>6603.1699999999992</v>
       </c>
       <c r="C33" s="55">
-        <v>-614.45999999999935</v>
+        <v>609.41000000000054</v>
       </c>
       <c r="D33" s="55">
-        <v>-5194.1699999999992</v>
+        <v>-5993.7599999999984</v>
       </c>
     </row>
     <row r="34" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="60" t="s">
         <v>38</v>
       </c>
       <c r="B34" s="61">
-        <v>3557.6699999999992</v>
+        <v>4436.920000000001</v>
       </c>
       <c r="C34" s="61">
-        <v>3686.7799999999997</v>
+        <v>4102.9099999999989</v>
       </c>
       <c r="D34" s="62">
-        <v>129.11000000000058</v>
+        <v>-334.01000000000204</v>
       </c>
     </row>
     <row r="35" spans="1:4" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="25"/>
       <c r="B35" s="52"/>
       <c r="C35" s="52"/>
       <c r="D35" s="52"/>
     </row>
     <row r="36" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="21" t="s">
         <v>59</v>
       </c>
       <c r="D36" s="51"/>
     </row>
     <row r="37" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="21" t="s">
         <v>60</v>
       </c>
       <c r="D37" s="51"/>
     </row>
     <row r="38" spans="1:4" ht="105" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="89" t="s">
         <v>62</v>
       </c>
       <c r="B38" s="90"/>
@@ -5303,87 +5303,87 @@
     <cfRule type="cellIs" dxfId="7" priority="2" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B33:D34">
     <cfRule type="cellIs" dxfId="6" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A43" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{45F25637-1827-445F-9CE8-1AD2B3A8880A}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5090BB78-9C9D-4403-AEC4-CC6635A57A38}">
   <dimension ref="A1:E44"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" workbookViewId="0">
-      <selection activeCell="A40" sqref="A40"/>
+      <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="51.7109375" style="28" customWidth="1"/>
     <col min="2" max="4" width="8.7109375" style="28" customWidth="1"/>
     <col min="5" max="5" width="8.7109375" style="21" customWidth="1"/>
     <col min="6" max="16384" width="9.28515625" style="28"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:5" ht="15" x14ac:dyDescent="0.2">
       <c r="A2" s="83" t="s">
         <v>56</v>
       </c>
       <c r="B2" s="83"/>
       <c r="C2" s="83"/>
       <c r="D2" s="83"/>
       <c r="E2" s="83"/>
     </row>
     <row r="3" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="53"/>
       <c r="B3" s="53"/>
       <c r="C3" s="53"/>
       <c r="D3" s="53"/>
       <c r="E3" s="53"/>
     </row>
     <row r="4" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="56" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="57" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="C4" s="57" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D4" s="57" t="s">
         <v>64</v>
       </c>
       <c r="E4" s="67" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="54" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="64">
         <v>97197.85</v>
       </c>
       <c r="C5" s="64">
         <v>101545.84</v>
       </c>
       <c r="D5" s="65">
         <v>1</v>
       </c>
       <c r="E5" s="66">
         <v>4.4733396880692222E-2</v>
       </c>
     </row>
@@ -5509,54 +5509,54 @@
     <row r="13" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="60" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="44">
         <v>10240.98</v>
       </c>
       <c r="C13" s="44">
         <v>11268.45</v>
       </c>
       <c r="D13" s="68">
         <v>0.11096909533664798</v>
       </c>
       <c r="E13" s="69">
         <v>0.1003292653632759</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E14" s="51"/>
     </row>
     <row r="15" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="56" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="57" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="C15" s="57" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D15" s="57" t="s">
         <v>64</v>
       </c>
       <c r="E15" s="67" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="54" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="64">
         <v>97197.85</v>
       </c>
       <c r="C16" s="64">
         <v>101545.84</v>
       </c>
       <c r="D16" s="65">
         <v>1</v>
       </c>
       <c r="E16" s="66">
         <v>4.4733396880692222E-2</v>
       </c>
     </row>
@@ -5788,54 +5788,54 @@
       <c r="B30" s="44">
         <v>19900.700000000012</v>
       </c>
       <c r="C30" s="44">
         <v>22124.619999999981</v>
       </c>
       <c r="D30" s="68">
         <v>0.21787815236941249</v>
       </c>
       <c r="E30" s="69">
         <v>0.11175084293517151</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="25"/>
       <c r="B31" s="52"/>
       <c r="C31" s="52"/>
       <c r="D31" s="52"/>
       <c r="E31" s="16"/>
     </row>
     <row r="32" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="56" t="s">
         <v>14</v>
       </c>
       <c r="B32" s="57" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="C32" s="57" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D32" s="57" t="s">
         <v>64</v>
       </c>
       <c r="E32" s="67" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="54" t="s">
         <v>37</v>
       </c>
       <c r="B33" s="64">
         <v>70659.289999999994</v>
       </c>
       <c r="C33" s="64">
         <v>72849.45</v>
       </c>
       <c r="D33" s="65">
         <v>0.71740457314647255</v>
       </c>
       <c r="E33" s="66">
         <v>3.0996065768563535E-2</v>
       </c>
     </row>
@@ -5958,54 +5958,54 @@
     <col min="6" max="16384" width="9.28515625" style="28"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:5" ht="15" x14ac:dyDescent="0.2">
       <c r="A2" s="83" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="83"/>
       <c r="C2" s="83"/>
       <c r="D2" s="83"/>
       <c r="E2" s="83"/>
     </row>
     <row r="3" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="53"/>
       <c r="B3" s="53"/>
       <c r="C3" s="53"/>
       <c r="D3" s="53"/>
       <c r="E3" s="53"/>
     </row>
     <row r="4" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="56" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="57" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="C4" s="57" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D4" s="57" t="s">
         <v>64</v>
       </c>
       <c r="E4" s="67" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="54" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="64">
         <v>225700.22</v>
       </c>
       <c r="C5" s="64">
         <v>231238.26</v>
       </c>
       <c r="D5" s="65">
         <v>1</v>
       </c>
       <c r="E5" s="66">
         <v>2.4537149321343186E-2</v>
       </c>
     </row>
@@ -6131,54 +6131,54 @@
     <row r="13" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="60" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="44">
         <v>7645.82</v>
       </c>
       <c r="C13" s="44">
         <v>9590.9</v>
       </c>
       <c r="D13" s="68">
         <v>4.1476267811390723E-2</v>
       </c>
       <c r="E13" s="69">
         <v>0.2543978278327243</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E14" s="51"/>
     </row>
     <row r="15" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="56" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="57" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="C15" s="57" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D15" s="57" t="s">
         <v>64</v>
       </c>
       <c r="E15" s="67" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="54" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="64">
         <v>225700.22</v>
       </c>
       <c r="C16" s="64">
         <v>231238.26</v>
       </c>
       <c r="D16" s="65">
         <v>1</v>
       </c>
       <c r="E16" s="66">
         <v>2.4537149321343186E-2</v>
       </c>
     </row>
@@ -6410,54 +6410,54 @@
       <c r="B30" s="44">
         <v>172743.09</v>
       </c>
       <c r="C30" s="44">
         <v>172881.14</v>
       </c>
       <c r="D30" s="68">
         <v>0.74763207438077073</v>
       </c>
       <c r="E30" s="69">
         <v>7.9916365974475425E-4</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="25"/>
       <c r="B31" s="52"/>
       <c r="C31" s="52"/>
       <c r="D31" s="52"/>
       <c r="E31" s="16"/>
     </row>
     <row r="32" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="56" t="s">
         <v>14</v>
       </c>
       <c r="B32" s="57" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="C32" s="57" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D32" s="57"/>
       <c r="E32" s="67" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="54" t="s">
         <v>37</v>
       </c>
       <c r="B33" s="64">
         <v>172743.09</v>
       </c>
       <c r="C33" s="64">
         <v>172881.14</v>
       </c>
       <c r="D33" s="65">
         <v>0.74763207438077073</v>
       </c>
       <c r="E33" s="66">
         <v>7.9916365974475425E-4</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="60" t="s">