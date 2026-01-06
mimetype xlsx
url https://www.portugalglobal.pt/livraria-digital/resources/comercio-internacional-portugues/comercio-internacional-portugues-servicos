--- v0 (2025-11-24)
+++ v1 (2026-01-06)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://portugalglobal-my.sharepoint.com/personal/joao_santos_portugalglobal_pt/Documents/Documentos/JMS/AICEP/Intelligence Externa/CIP/CIP Observatório/Serviços Finais/2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="8_{3C27CD3E-2419-4B5A-9EDA-603A16EA6442}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{659B543B-AA29-4414-9F71-473844D4C1D5}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{94F1A99E-CE49-4F2E-9F1D-B25158EBD362}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1E873861-B6CB-4C0E-AB74-F3BB73886564}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="951" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Capa" sheetId="37" r:id="rId1"/>
     <sheet name="Índice" sheetId="36" r:id="rId2"/>
     <sheet name="1 Balança Comercial" sheetId="27" r:id="rId3"/>
     <sheet name="2 Tipos de Serviço" sheetId="25" r:id="rId4"/>
     <sheet name="3 Países Mensal" sheetId="32" r:id="rId5"/>
     <sheet name="3 Países Anual" sheetId="42" r:id="rId6"/>
     <sheet name="4 Balança Pag Tecnológica" sheetId="44" r:id="rId7"/>
     <sheet name=" " sheetId="38" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'2 Tipos de Serviço'!$A$1:$I$43</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'3 Países Mensal'!$A$1:$O$30</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'4 Balança Pag Tecnológica'!$A$1:$I$28</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
@@ -212,60 +212,60 @@
   <si>
     <t>Balança de Pagamentos Tecnológica</t>
   </si>
   <si>
     <t>Fonte: Banco de Portugal</t>
   </si>
   <si>
     <t>Unidade: Milhões de euros, exceto quando indicado.</t>
   </si>
   <si>
     <t>Unidade: Milhões de Euros, exceto quando indicado.</t>
   </si>
   <si>
     <t>Fonte: Banco de Portugal; Unidade: Milhões de euros, exceto quando indicado.</t>
   </si>
   <si>
     <t>A Balança de Pagamentos Tecnológica constitui um instrumento para a compreensão e análise das transações relacionadas, nomeadamente, com a troca de conhecimento técnico e serviços de conteúdo tecnológico entre entidades pertencentes a diferentes territórios.</t>
   </si>
   <si>
     <t>% Total 2025</t>
   </si>
   <si>
     <t>Var. %</t>
   </si>
   <si>
-    <t>2025 (janeiro a setembro)</t>
-[...8 lines deleted...]
-    <t>2025 jan/set</t>
+    <t>2025 (janeiro a outubro)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Dezembro de 2025</t>
+  </si>
+  <si>
+    <t>2024 jan/out</t>
+  </si>
+  <si>
+    <t>2025 jan/out</t>
   </si>
   <si>
     <t>Transformação de recursos materiais de terceiros</t>
   </si>
   <si>
     <t>Manutenção e reparação</t>
   </si>
   <si>
     <t>Transportes</t>
   </si>
   <si>
     <t>Viagens e turismo</t>
   </si>
   <si>
     <t>Construção</t>
   </si>
   <si>
     <t>Seguros e pensões</t>
   </si>
   <si>
     <t>Financeiros</t>
   </si>
   <si>
     <t>Direitos de utilização de propriedade intelectual</t>
   </si>
@@ -2842,421 +2842,421 @@
       <c r="C5" s="15"/>
       <c r="D5" s="16"/>
       <c r="E5" s="15"/>
       <c r="F5" s="16"/>
       <c r="G5" s="17"/>
       <c r="H5" s="17"/>
     </row>
     <row r="6" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="19"/>
       <c r="D6" s="19"/>
       <c r="E6" s="19"/>
       <c r="F6" s="19"/>
       <c r="G6" s="19"/>
       <c r="H6" s="19"/>
       <c r="J6" s="39"/>
       <c r="K6" s="39"/>
     </row>
     <row r="7" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="20" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="21">
-        <v>44336.52</v>
+        <v>49225.35</v>
       </c>
       <c r="D7" s="22">
         <v>100</v>
       </c>
       <c r="E7" s="21">
-        <v>46456.59</v>
+        <v>51762.189999999995</v>
       </c>
       <c r="F7" s="22">
         <v>100</v>
       </c>
       <c r="G7" s="23">
-        <v>2120.0699999999997</v>
+        <v>2536.8399999999965</v>
       </c>
       <c r="H7" s="24">
-        <v>4.7817690698322739</v>
+        <v>5.1535235402084423</v>
       </c>
       <c r="I7" s="26"/>
       <c r="J7" s="26"/>
       <c r="K7" s="40"/>
     </row>
     <row r="8" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="20" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="21">
-        <v>19396.129999999997</v>
+        <v>21503.249999999996</v>
       </c>
       <c r="D8" s="22">
         <v>100</v>
       </c>
       <c r="E8" s="21">
-        <v>20056.75</v>
+        <v>22298.06</v>
       </c>
       <c r="F8" s="22">
         <v>100</v>
       </c>
       <c r="G8" s="23">
-        <v>660.62000000000262</v>
+        <v>794.81000000000495</v>
       </c>
       <c r="H8" s="24">
-        <v>3.4059371637538147</v>
+        <v>3.6962319649355568</v>
       </c>
       <c r="I8" s="26"/>
       <c r="J8" s="26"/>
       <c r="K8" s="40"/>
     </row>
     <row r="9" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="21">
-        <v>24940.39</v>
+        <v>27722.100000000002</v>
       </c>
       <c r="D9" s="22" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="21">
-        <v>26399.839999999997</v>
+        <v>29464.129999999994</v>
       </c>
       <c r="F9" s="22" t="s">
         <v>9</v>
       </c>
       <c r="G9" s="23">
-        <v>1459.4499999999971</v>
+        <v>1742.0299999999916</v>
       </c>
       <c r="H9" s="24">
-        <v>5.8517529196616298</v>
+        <v>6.2839034560873506</v>
       </c>
       <c r="I9" s="26"/>
       <c r="J9" s="39"/>
       <c r="K9" s="40"/>
     </row>
     <row r="10" spans="1:11" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="52" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="53">
-        <v>228.58436193199364</v>
+        <v>228.9205120156256</v>
       </c>
       <c r="D10" s="54" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="53">
-        <v>231.62571204208061</v>
+        <v>232.13763887979488</v>
       </c>
       <c r="F10" s="54" t="s">
         <v>9</v>
       </c>
       <c r="G10" s="54">
-        <v>3.0413501100869667</v>
+        <v>3.2171268641692734</v>
       </c>
       <c r="H10" s="53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:11" s="1" customFormat="1" ht="0.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="55"/>
       <c r="C11" s="51"/>
       <c r="D11" s="51"/>
       <c r="E11" s="51"/>
       <c r="F11" s="51"/>
       <c r="G11" s="51"/>
       <c r="H11" s="51"/>
     </row>
     <row r="12" spans="1:11" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C12" s="19"/>
       <c r="D12" s="19"/>
       <c r="E12" s="19"/>
       <c r="F12" s="19"/>
       <c r="G12" s="19"/>
       <c r="H12" s="19"/>
     </row>
     <row r="13" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="20" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="21">
-        <v>24707.890000000003</v>
+        <v>27400.99</v>
       </c>
       <c r="D13" s="22">
-        <v>55.728076989353262</v>
+        <v>55.664388369000939</v>
       </c>
       <c r="E13" s="21">
-        <v>26445.119999999999</v>
+        <v>29324.28</v>
       </c>
       <c r="F13" s="22">
-        <v>56.924367457878425</v>
+        <v>56.651930685312969</v>
       </c>
       <c r="G13" s="23">
-        <v>1737.2299999999959</v>
+        <v>1923.2899999999972</v>
       </c>
       <c r="H13" s="24">
-        <v>7.0310738796392398</v>
+        <v>7.0190529612251122</v>
       </c>
       <c r="K13" s="26"/>
     </row>
     <row r="14" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="21">
-        <v>11267.27</v>
+        <v>12498.2</v>
       </c>
       <c r="D14" s="22">
-        <v>58.090299456644203</v>
+        <v>58.122376850011058</v>
       </c>
       <c r="E14" s="21">
-        <v>11734.960000000003</v>
+        <v>13052.430000000002</v>
       </c>
       <c r="F14" s="22">
-        <v>58.508781332967722</v>
+        <v>58.536168617359543</v>
       </c>
       <c r="G14" s="23">
-        <v>467.69000000000233</v>
+        <v>554.23000000000138</v>
       </c>
       <c r="H14" s="24">
-        <v>4.1508723941114596</v>
+        <v>4.4344785649133582</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="20" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="21">
-        <v>13440.620000000003</v>
+        <v>14902.79</v>
       </c>
       <c r="D15" s="22" t="s">
         <v>9</v>
       </c>
       <c r="E15" s="21">
-        <v>14710.159999999996</v>
+        <v>16271.849999999997</v>
       </c>
       <c r="F15" s="22" t="s">
         <v>9</v>
       </c>
       <c r="G15" s="23">
-        <v>1269.5399999999936</v>
+        <v>1369.0599999999959</v>
       </c>
       <c r="H15" s="24">
-        <v>9.4455464108054041</v>
+        <v>9.1866019718455121</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="20" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="24">
-        <v>219.28905582275036</v>
+        <v>219.23949048663007</v>
       </c>
       <c r="D16" s="22" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="24">
-        <v>225.35330329204353</v>
+        <v>224.66529220995625</v>
       </c>
       <c r="F16" s="22" t="s">
         <v>9</v>
       </c>
       <c r="G16" s="22" t="s">
         <v>9</v>
       </c>
       <c r="H16" s="24" t="s">
         <v>9</v>
       </c>
       <c r="J16" s="39"/>
       <c r="K16" s="39"/>
     </row>
     <row r="17" spans="2:11" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="52" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="53" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="54" t="s">
         <v>9</v>
       </c>
       <c r="E17" s="53" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="54" t="s">
         <v>9</v>
       </c>
       <c r="G17" s="54" t="s">
         <v>9</v>
       </c>
       <c r="H17" s="53">
-        <v>3.918282264823663</v>
+        <v>3.9071129001622076</v>
       </c>
     </row>
     <row r="18" spans="2:11" s="1" customFormat="1" ht="0.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="55"/>
       <c r="C18" s="51"/>
       <c r="D18" s="51"/>
       <c r="E18" s="51"/>
       <c r="F18" s="51"/>
       <c r="G18" s="51"/>
       <c r="H18" s="51"/>
     </row>
     <row r="19" spans="2:11" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="18" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="19"/>
       <c r="D19" s="19"/>
       <c r="E19" s="19"/>
       <c r="F19" s="19"/>
       <c r="G19" s="19"/>
       <c r="H19" s="19"/>
     </row>
     <row r="20" spans="2:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="20" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="21">
-        <v>19628.629999999994</v>
+        <v>21824.359999999997</v>
       </c>
       <c r="D20" s="22">
-        <v>44.271923010646738</v>
+        <v>44.335611630999061</v>
       </c>
       <c r="E20" s="21">
-        <v>20011.469999999998</v>
+        <v>22437.909999999996</v>
       </c>
       <c r="F20" s="22">
-        <v>43.075632542121575</v>
+        <v>43.348069314687031</v>
       </c>
       <c r="G20" s="23">
-        <v>382.84000000000378</v>
+        <v>613.54999999999927</v>
       </c>
       <c r="H20" s="24">
-        <v>1.9504163051624279</v>
+        <v>2.8113080979236016</v>
       </c>
       <c r="J20" s="14"/>
       <c r="K20" s="26"/>
     </row>
     <row r="21" spans="2:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="21">
-        <v>8128.8599999999969</v>
+        <v>9005.0499999999956</v>
       </c>
       <c r="D21" s="22">
-        <v>41.909700543355804</v>
+        <v>41.877623149988942</v>
       </c>
       <c r="E21" s="21">
-        <v>8321.7899999999972</v>
+        <v>9245.6299999999992</v>
       </c>
       <c r="F21" s="22">
-        <v>41.491218667032278</v>
+        <v>41.463831382640457</v>
       </c>
       <c r="G21" s="23">
-        <v>192.93000000000029</v>
+        <v>240.58000000000357</v>
       </c>
       <c r="H21" s="24">
-        <v>2.373395531476743</v>
+        <v>2.6716120399109795</v>
       </c>
       <c r="J21" s="14"/>
       <c r="K21" s="26"/>
     </row>
     <row r="22" spans="2:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="20" t="s">
         <v>7</v>
       </c>
       <c r="C22" s="21">
-        <v>11499.769999999997</v>
+        <v>12819.310000000001</v>
       </c>
       <c r="D22" s="22" t="s">
         <v>9</v>
       </c>
       <c r="E22" s="21">
-        <v>11689.68</v>
+        <v>13192.279999999997</v>
       </c>
       <c r="F22" s="22" t="s">
         <v>9</v>
       </c>
       <c r="G22" s="23">
-        <v>189.91000000000349</v>
+        <v>372.96999999999571</v>
       </c>
       <c r="H22" s="24">
-        <v>1.6514243328345137</v>
+        <v>2.9094389635635278</v>
       </c>
     </row>
     <row r="23" spans="2:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="20" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="24">
-        <v>241.46842238641088</v>
+        <v>242.35689973959063</v>
       </c>
       <c r="D23" s="22" t="s">
         <v>9</v>
       </c>
       <c r="E23" s="24">
-        <v>240.47074006914383</v>
+        <v>242.68665304581728</v>
       </c>
       <c r="F23" s="22" t="s">
         <v>9</v>
       </c>
       <c r="G23" s="22" t="s">
         <v>9</v>
       </c>
       <c r="H23" s="24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="2:11" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B24" s="56" t="s">
         <v>15</v>
       </c>
       <c r="C24" s="57" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="58" t="s">
         <v>9</v>
       </c>
       <c r="E24" s="57" t="s">
         <v>9</v>
       </c>
       <c r="F24" s="58" t="s">
         <v>9</v>
       </c>
       <c r="G24" s="58" t="s">
         <v>9</v>
       </c>
       <c r="H24" s="57">
-        <v>0.86348680500861108</v>
+        <v>1.2464106400462349</v>
       </c>
     </row>
     <row r="25" spans="2:11" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="14"/>
       <c r="C25" s="26"/>
       <c r="D25" s="26"/>
       <c r="E25" s="26"/>
       <c r="F25" s="26"/>
       <c r="G25" s="26"/>
       <c r="H25" s="27"/>
     </row>
     <row r="26" spans="2:11" x14ac:dyDescent="0.2">
       <c r="B26" s="59" t="s">
         <v>45</v>
       </c>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="28"/>
     </row>
     <row r="27" spans="2:11" x14ac:dyDescent="0.2">
       <c r="B27" s="59" t="s">
         <v>46</v>
@@ -3321,954 +3321,964 @@
   </conditionalFormatting>
   <conditionalFormatting sqref="G11:H11">
     <cfRule type="cellIs" dxfId="11" priority="7" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G18:H18">
     <cfRule type="cellIs" dxfId="10" priority="4" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="B32" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{41C9918C-D8D9-462D-82D4-E2E241B1576A}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr codeName="Sheet4"/>
-  <dimension ref="A1:M47"/>
+  <dimension ref="A1:O47"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" workbookViewId="0">
       <selection activeCell="A39" sqref="A39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="38.7109375" style="14" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="36" customWidth="1"/>
     <col min="3" max="3" width="7.7109375" style="76" customWidth="1"/>
     <col min="4" max="4" width="7.7109375" style="36" customWidth="1"/>
     <col min="5" max="6" width="7.7109375" style="76" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="77" customWidth="1"/>
     <col min="8" max="9" width="7.7109375" style="76" customWidth="1"/>
-    <col min="10" max="13" width="9.140625" style="39"/>
-    <col min="14" max="16384" width="9.140625" style="36"/>
+    <col min="10" max="15" width="9.140625" style="39"/>
+    <col min="16" max="16384" width="9.140625" style="36"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:15" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="36"/>
       <c r="C1" s="36"/>
       <c r="E1" s="36"/>
       <c r="F1" s="36"/>
       <c r="G1" s="36"/>
       <c r="H1" s="36"/>
       <c r="I1" s="36"/>
       <c r="J1" s="36"/>
       <c r="K1" s="36"/>
       <c r="L1" s="36"/>
       <c r="M1" s="36"/>
-    </row>
-    <row r="2" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N1" s="36"/>
+      <c r="O1" s="36"/>
+    </row>
+    <row r="2" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="45" t="s">
         <v>42</v>
       </c>
       <c r="B2" s="37"/>
       <c r="C2" s="38"/>
       <c r="D2" s="38"/>
       <c r="E2" s="38"/>
       <c r="F2" s="38"/>
       <c r="G2" s="38"/>
       <c r="H2" s="38"/>
       <c r="I2" s="38"/>
       <c r="J2" s="36"/>
       <c r="K2" s="36"/>
       <c r="L2" s="36"/>
       <c r="M2" s="36"/>
-    </row>
-    <row r="3" spans="1:13" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N2" s="36"/>
+      <c r="O2" s="36"/>
+    </row>
+    <row r="3" spans="1:15" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="37"/>
       <c r="B3" s="37"/>
       <c r="C3" s="38"/>
       <c r="D3" s="38"/>
       <c r="E3" s="38"/>
       <c r="F3" s="38"/>
       <c r="G3" s="38"/>
       <c r="H3" s="38"/>
       <c r="I3" s="38"/>
       <c r="J3" s="36"/>
       <c r="K3" s="36"/>
       <c r="L3" s="36"/>
       <c r="M3" s="36"/>
-    </row>
-    <row r="4" spans="1:13" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N3" s="36"/>
+      <c r="O3" s="36"/>
+    </row>
+    <row r="4" spans="1:15" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="80" t="s">
         <v>20</v>
       </c>
       <c r="B4" s="81" t="s">
         <v>54</v>
       </c>
       <c r="C4" s="82" t="s">
         <v>33</v>
       </c>
       <c r="D4" s="81" t="s">
         <v>55</v>
       </c>
       <c r="E4" s="82" t="s">
         <v>50</v>
       </c>
       <c r="F4" s="82" t="s">
         <v>32</v>
       </c>
       <c r="G4" s="82" t="s">
         <v>51</v>
       </c>
       <c r="H4" s="82" t="s">
         <v>1</v>
       </c>
       <c r="I4" s="83" t="s">
         <v>2</v>
       </c>
       <c r="J4" s="62"/>
       <c r="K4" s="62"/>
       <c r="L4" s="62"/>
       <c r="M4" s="62"/>
-    </row>
-    <row r="5" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N4" s="62"/>
+      <c r="O4" s="62"/>
+    </row>
+    <row r="5" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="63" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="64">
-        <v>44336.52</v>
+        <v>49225.35</v>
       </c>
       <c r="C5" s="65">
         <v>100</v>
       </c>
       <c r="D5" s="64">
-        <v>46456.59</v>
+        <v>51762.189999999995</v>
       </c>
       <c r="E5" s="65">
         <v>100</v>
       </c>
       <c r="F5" s="64">
-        <v>2120.0699999999997</v>
+        <v>2536.8399999999965</v>
       </c>
       <c r="G5" s="66">
-        <v>4.7817690698322739</v>
+        <v>5.1535235402084423</v>
       </c>
       <c r="H5" s="65">
-        <v>4.7817690698322739</v>
+        <v>5.1535235402084423</v>
       </c>
       <c r="I5" s="65">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="67" t="s">
         <v>59</v>
       </c>
       <c r="B6" s="21">
-        <v>22336.359999999997</v>
+        <v>24671.629999999997</v>
       </c>
       <c r="C6" s="68">
-        <v>50.379145679453416</v>
+        <v>50.119765527314684</v>
       </c>
       <c r="D6" s="21">
-        <v>23501.97</v>
+        <v>25985.21</v>
       </c>
       <c r="E6" s="68">
-        <v>50.589098338900904</v>
+        <v>50.201141025910999</v>
       </c>
       <c r="F6" s="21">
-        <v>1165.6100000000042</v>
+        <v>1313.5800000000017</v>
       </c>
       <c r="G6" s="24">
-        <v>5.2184420380044214</v>
+        <v>5.3242529982818398</v>
       </c>
       <c r="H6" s="68">
-        <v>2.6290065165240852</v>
+        <v>2.66850311881988</v>
       </c>
       <c r="I6" s="68">
-        <v>54.979788403213306</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>51.780167452421267</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="67" t="s">
         <v>58</v>
       </c>
       <c r="B7" s="21">
-        <v>7829.95</v>
+        <v>8709.93</v>
       </c>
       <c r="C7" s="68">
-        <v>17.66027193834789</v>
+        <v>17.693993034076954</v>
       </c>
       <c r="D7" s="21">
-        <v>8071.78</v>
+        <v>9035.1299999999992</v>
       </c>
       <c r="E7" s="68">
-        <v>17.37488696436824</v>
+        <v>17.455076765492343</v>
       </c>
       <c r="F7" s="21">
-        <v>241.82999999999993</v>
+        <v>325.19999999999891</v>
       </c>
       <c r="G7" s="24">
-        <v>3.0885254695112985</v>
+        <v>3.7336695013622259</v>
       </c>
       <c r="H7" s="68">
-        <v>0.54544199680083139</v>
+        <v>0.66063522148648801</v>
       </c>
       <c r="I7" s="68">
-        <v>11.40669883541581</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>12.819097775184851</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="67" t="s">
         <v>65</v>
       </c>
       <c r="B8" s="21">
-        <v>7177.59</v>
+        <v>8079.56</v>
       </c>
       <c r="C8" s="68">
-        <v>16.188888979107968</v>
+        <v>16.413413007728742</v>
       </c>
       <c r="D8" s="21">
-        <v>7704.4999999999991</v>
+        <v>8675.82</v>
       </c>
       <c r="E8" s="68">
-        <v>16.584299450304034</v>
+        <v>16.760921437056663</v>
       </c>
       <c r="F8" s="21">
-        <v>526.90999999999894</v>
+        <v>596.25999999999931</v>
       </c>
       <c r="G8" s="24">
-        <v>7.3410434421581474</v>
+        <v>7.3798573189629053</v>
       </c>
       <c r="H8" s="68">
-        <v>1.1884333727590686</v>
+        <v>1.211286461142479</v>
       </c>
       <c r="I8" s="68">
-        <v>24.853424651072796</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>23.504044401696603</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="67" t="s">
         <v>64</v>
       </c>
       <c r="B9" s="21">
-        <v>3607.54</v>
+        <v>4019.67</v>
       </c>
       <c r="C9" s="68">
-        <v>8.1367234054454443</v>
+        <v>8.1658535693499381</v>
       </c>
       <c r="D9" s="21">
-        <v>3838.4999999999995</v>
+        <v>4323.6799999999994</v>
       </c>
       <c r="E9" s="68">
-        <v>8.2625522019588598</v>
+        <v>8.3529696096706871</v>
       </c>
       <c r="F9" s="21">
-        <v>230.95999999999958</v>
+        <v>304.00999999999931</v>
       </c>
       <c r="G9" s="24">
-        <v>6.4021466151449351</v>
+        <v>7.5630586590441338</v>
       </c>
       <c r="H9" s="68">
-        <v>0.52092496208543115</v>
+        <v>0.61758829546158489</v>
       </c>
       <c r="I9" s="68">
-        <v>10.893979915757479</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>11.983806625565654</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="67" t="s">
         <v>60</v>
       </c>
       <c r="B10" s="21">
-        <v>899.55000000000007</v>
+        <v>1006.5300000000001</v>
       </c>
       <c r="C10" s="68">
-        <v>2.0289143126253486</v>
+        <v>2.0447391435510363</v>
       </c>
       <c r="D10" s="21">
-        <v>816.81</v>
+        <v>919.02</v>
       </c>
       <c r="E10" s="68">
-        <v>1.7582220305020233</v>
+        <v>1.7754658371293797</v>
       </c>
       <c r="F10" s="21">
-        <v>-82.740000000000123</v>
+        <v>-87.510000000000105</v>
       </c>
       <c r="G10" s="24">
-        <v>-9.197932299483087</v>
+        <v>-8.6942266996512867</v>
       </c>
       <c r="H10" s="68">
-        <v>-0.18661816488980221</v>
+        <v>-0.17777425655683526</v>
       </c>
       <c r="I10" s="68">
-        <v>-3.9027013258996228</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-3.4495671780640573</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="67" t="s">
         <v>57</v>
       </c>
       <c r="B11" s="21">
-        <v>732.96</v>
+        <v>790.93000000000006</v>
       </c>
       <c r="C11" s="68">
-        <v>1.6531744034037856</v>
+        <v>1.6067534309050118</v>
       </c>
       <c r="D11" s="21">
-        <v>712.32</v>
+        <v>812.93000000000006</v>
       </c>
       <c r="E11" s="68">
-        <v>1.5333023797054413</v>
+        <v>1.5705092848660385</v>
       </c>
       <c r="F11" s="21">
-        <v>-20.639999999999986</v>
+        <v>22</v>
       </c>
       <c r="G11" s="24">
-        <v>-2.8159790438768808</v>
+        <v>2.7815356605515023</v>
       </c>
       <c r="H11" s="68">
-        <v>-4.6553044758587257E-2</v>
+        <v>4.4692419657757637E-2</v>
       </c>
       <c r="I11" s="68">
-        <v>-0.97355276005037517</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>0.86722063669762495</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="67" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" s="21">
+        <v>577.68000000000006</v>
+      </c>
+      <c r="C12" s="68">
+        <v>1.1735416812678834</v>
+      </c>
+      <c r="D12" s="21">
+        <v>612.45000000000005</v>
+      </c>
+      <c r="E12" s="68">
+        <v>1.1831995516418452</v>
+      </c>
+      <c r="F12" s="21">
+        <v>34.769999999999982</v>
+      </c>
+      <c r="G12" s="24">
+        <v>6.0189031990029038</v>
+      </c>
+      <c r="H12" s="68">
+        <v>7.0634337795465102E-2</v>
+      </c>
+      <c r="I12" s="68">
+        <v>1.3706027971807457</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="67" t="s">
         <v>62</v>
       </c>
-      <c r="B12" s="21">
-[...27 lines deleted...]
-      </c>
       <c r="B13" s="21">
-        <v>500.5</v>
+        <v>616.93999999999994</v>
       </c>
       <c r="C13" s="68">
-        <v>1.1288662258562467</v>
+        <v>1.2532973356207726</v>
       </c>
       <c r="D13" s="21">
-        <v>543.42000000000007</v>
+        <v>599.78000000000009</v>
       </c>
       <c r="E13" s="68">
-        <v>1.1697371675364034</v>
+        <v>1.1587222256245344</v>
       </c>
       <c r="F13" s="21">
-        <v>42.920000000000073</v>
+        <v>-17.159999999999854</v>
       </c>
       <c r="G13" s="24">
-        <v>8.5754245754245897</v>
+        <v>-2.7814698349920342</v>
       </c>
       <c r="H13" s="68">
-        <v>9.6805071755744654E-2</v>
+        <v>-3.4860087333050661E-2</v>
       </c>
       <c r="I13" s="68">
-        <v>2.024461456461347</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-0.67643209662414172</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="67" t="s">
         <v>56</v>
       </c>
       <c r="B14" s="21">
-        <v>217.23000000000002</v>
+        <v>220.05</v>
       </c>
       <c r="C14" s="68">
-        <v>0.48995726322228272</v>
+        <v>0.44702577025861678</v>
       </c>
       <c r="D14" s="21">
-        <v>218.85999999999999</v>
+        <v>238.79</v>
       </c>
       <c r="E14" s="68">
-        <v>0.47110646734941153</v>
+        <v>0.46132128489926721</v>
       </c>
       <c r="F14" s="21">
-        <v>1.629999999999967</v>
+        <v>18.739999999999981</v>
       </c>
       <c r="G14" s="24">
-        <v>0.7503567647194066</v>
+        <v>8.5162463076573403</v>
       </c>
       <c r="H14" s="68">
-        <v>3.6764274688224682E-3</v>
+        <v>3.8069815653926239E-2</v>
       </c>
       <c r="I14" s="68">
-        <v>7.6884253821806234E-2</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>0.73871430598697618</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="67" t="s">
         <v>61</v>
       </c>
       <c r="B15" s="21">
-        <v>188.30999999999997</v>
+        <v>207.50999999999996</v>
       </c>
       <c r="C15" s="68">
-        <v>0.42472886911286672</v>
+        <v>0.42155109105369482</v>
       </c>
       <c r="D15" s="21">
-        <v>201.56</v>
+        <v>222.78</v>
       </c>
       <c r="E15" s="68">
-        <v>0.4338674018045664</v>
+        <v>0.43039137254432247</v>
       </c>
       <c r="F15" s="21">
-        <v>13.250000000000028</v>
+        <v>15.270000000000039</v>
       </c>
       <c r="G15" s="24">
-        <v>7.0362699803515643</v>
+        <v>7.358681509324871</v>
       </c>
       <c r="H15" s="68">
-        <v>2.9885069915275335E-2</v>
+        <v>3.1020602189725494E-2</v>
       </c>
       <c r="I15" s="68">
-        <v>0.62497936388892961</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>0.60192996010785305</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="67" t="s">
         <v>67</v>
       </c>
       <c r="B16" s="21">
-        <v>158.09</v>
+        <v>174.51</v>
       </c>
       <c r="C16" s="68">
-        <v>0.35656835493629185</v>
+        <v>0.3545124615670584</v>
       </c>
       <c r="D16" s="21">
-        <v>158.33000000000001</v>
+        <v>177.74</v>
       </c>
       <c r="E16" s="68">
-        <v>0.34081278888527983</v>
+        <v>0.34337805259012422</v>
       </c>
       <c r="F16" s="21">
-        <v>0.24000000000000909</v>
+        <v>3.2300000000000182</v>
       </c>
       <c r="G16" s="24">
-        <v>0.15181225883990707</v>
+        <v>1.8508967967451828</v>
       </c>
       <c r="H16" s="68">
-        <v>5.4131447393708195E-4</v>
+        <v>6.5616597952071806E-3</v>
       </c>
       <c r="I16" s="68">
-        <v>1.1320380930818752E-2</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>0.12732375711515201</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="84" t="s">
         <v>63</v>
       </c>
       <c r="B17" s="85">
-        <v>139.61000000000001</v>
+        <v>150.37</v>
       </c>
       <c r="C17" s="86">
-        <v>0.31488714044313815</v>
+        <v>0.30547268836077351</v>
       </c>
       <c r="D17" s="85">
-        <v>144.1</v>
+        <v>158.82</v>
       </c>
       <c r="E17" s="86">
-        <v>0.31018204306428865</v>
+        <v>0.30682627609071411</v>
       </c>
       <c r="F17" s="85">
-        <v>4.4899999999999807</v>
+        <v>8.4499999999999886</v>
       </c>
       <c r="G17" s="50">
-        <v>3.2161019984241674</v>
+        <v>5.619471969142773</v>
       </c>
       <c r="H17" s="86">
-        <v>1.012709161657248E-2</v>
+        <v>1.7165952095820523E-2</v>
       </c>
       <c r="I17" s="86">
-        <v>0.21178545991405853</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:13" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+        <v>0.3330915627315873</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="59"/>
       <c r="B18" s="69"/>
       <c r="C18" s="70"/>
       <c r="D18" s="69"/>
       <c r="E18" s="70"/>
       <c r="F18" s="70"/>
       <c r="G18" s="25"/>
       <c r="H18" s="70"/>
       <c r="I18" s="70"/>
     </row>
-    <row r="19" spans="1:13" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="71"/>
       <c r="B19" s="69"/>
       <c r="C19" s="69"/>
       <c r="D19" s="69"/>
       <c r="E19" s="69"/>
       <c r="F19" s="69"/>
       <c r="G19" s="72"/>
       <c r="H19" s="70"/>
       <c r="I19" s="70"/>
     </row>
-    <row r="20" spans="1:13" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:15" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="80" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>54</v>
       </c>
       <c r="C20" s="82" t="s">
         <v>33</v>
       </c>
       <c r="D20" s="81" t="s">
         <v>55</v>
       </c>
       <c r="E20" s="82" t="s">
         <v>50</v>
       </c>
       <c r="F20" s="82" t="s">
         <v>32</v>
       </c>
       <c r="G20" s="82" t="s">
         <v>51</v>
       </c>
       <c r="H20" s="82" t="s">
         <v>1</v>
       </c>
       <c r="I20" s="83" t="s">
         <v>2</v>
       </c>
       <c r="J20" s="62"/>
       <c r="K20" s="62"/>
       <c r="L20" s="62"/>
       <c r="M20" s="62"/>
-    </row>
-    <row r="21" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N20" s="62"/>
+      <c r="O20" s="62"/>
+    </row>
+    <row r="21" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="63" t="s">
         <v>0</v>
       </c>
       <c r="B21" s="64">
-        <v>19396.129999999997</v>
+        <v>21503.249999999996</v>
       </c>
       <c r="C21" s="65">
         <v>100</v>
       </c>
       <c r="D21" s="64">
-        <v>20056.75</v>
+        <v>22298.06</v>
       </c>
       <c r="E21" s="65">
         <v>100</v>
       </c>
       <c r="F21" s="64">
-        <v>660.62000000000262</v>
+        <v>794.81000000000495</v>
       </c>
       <c r="G21" s="66">
-        <v>3.4059371637538147</v>
+        <v>3.6962319649355568</v>
       </c>
       <c r="H21" s="65">
-        <v>3.4059371637538147</v>
+        <v>3.6962319649355568</v>
       </c>
       <c r="I21" s="65">
         <v>100</v>
       </c>
     </row>
-    <row r="22" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="67" t="s">
         <v>59</v>
       </c>
       <c r="B22" s="21">
-        <v>5304.15</v>
+        <v>5805.61</v>
       </c>
       <c r="C22" s="68">
-        <v>27.346434572257454</v>
+        <v>26.998756001999702</v>
       </c>
       <c r="D22" s="21">
-        <v>5476.43</v>
+        <v>6001.21</v>
       </c>
       <c r="E22" s="68">
-        <v>27.304672990389772</v>
+        <v>26.913596967628571</v>
       </c>
       <c r="F22" s="21">
-        <v>172.28000000000065</v>
+        <v>195.60000000000036</v>
       </c>
       <c r="G22" s="24">
-        <v>3.2480227746198862</v>
+        <v>3.369155006967405</v>
       </c>
       <c r="H22" s="68">
-        <v>0.88821842295344844</v>
+        <v>0.90962993966028582</v>
       </c>
       <c r="I22" s="68">
-        <v>26.078532287850802</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>24.609655137705762</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="67" t="s">
         <v>65</v>
       </c>
       <c r="B23" s="21">
-        <v>4945.2199999999993</v>
+        <v>5591.2199999999993</v>
       </c>
       <c r="C23" s="68">
-        <v>25.495910782202429</v>
+        <v>26.001743922430332</v>
       </c>
       <c r="D23" s="21">
-        <v>5205.1299999999992</v>
+        <v>5803.119999999999</v>
       </c>
       <c r="E23" s="68">
-        <v>25.952011168309919</v>
+        <v>26.025223719014111</v>
       </c>
       <c r="F23" s="21">
-        <v>259.90999999999985</v>
+        <v>211.89999999999964</v>
       </c>
       <c r="G23" s="24">
-        <v>5.2557823514424005</v>
+        <v>3.7898705470362399</v>
       </c>
       <c r="H23" s="68">
-        <v>1.3400095792304956</v>
+        <v>0.98543243463197283</v>
       </c>
       <c r="I23" s="68">
-        <v>39.343344131270449</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>26.660459732514479</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="67" t="s">
         <v>58</v>
       </c>
       <c r="B24" s="21">
-        <v>4209.25</v>
+        <v>4688.34</v>
       </c>
       <c r="C24" s="68">
-        <v>21.701494060928653</v>
+        <v>21.802936765372678</v>
       </c>
       <c r="D24" s="21">
-        <v>4309.43</v>
+        <v>4828</v>
       </c>
       <c r="E24" s="68">
-        <v>21.486182955862741</v>
+        <v>21.652107851535067</v>
       </c>
       <c r="F24" s="21">
-        <v>100.18000000000029</v>
+        <v>139.65999999999985</v>
       </c>
       <c r="G24" s="24">
-        <v>2.3799964364197965</v>
+        <v>2.9788795181236822</v>
       </c>
       <c r="H24" s="68">
-        <v>0.51649478529995574</v>
+        <v>0.64948321765314487</v>
       </c>
       <c r="I24" s="68">
-        <v>15.164542399564029</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>17.571495074294358</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="67" t="s">
         <v>64</v>
       </c>
       <c r="B25" s="21">
-        <v>1491.48</v>
+        <v>1654.35</v>
       </c>
       <c r="C25" s="68">
-        <v>7.6895751884525421</v>
+        <v>7.6934881936451465</v>
       </c>
       <c r="D25" s="21">
-        <v>1643.5500000000002</v>
+        <v>1844.2500000000002</v>
       </c>
       <c r="E25" s="68">
-        <v>8.1944981116083131</v>
+        <v>8.2708989033126645</v>
       </c>
       <c r="F25" s="21">
-        <v>152.07000000000016</v>
+        <v>189.90000000000032</v>
       </c>
       <c r="G25" s="24">
-        <v>10.195912784616633</v>
+        <v>11.478828542932289</v>
       </c>
       <c r="H25" s="68">
-        <v>0.7840223797221415</v>
+        <v>0.88312231871926505</v>
       </c>
       <c r="I25" s="68">
-        <v>23.019284914171472</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>23.892502610686723</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="67" t="s">
         <v>63</v>
       </c>
       <c r="B26" s="21">
-        <v>726.72</v>
+        <v>786.69</v>
       </c>
       <c r="C26" s="68">
-        <v>3.7467267954999279</v>
+        <v>3.6584702312441153</v>
       </c>
       <c r="D26" s="21">
-        <v>759.93999999999994</v>
+        <v>828.32999999999993</v>
       </c>
       <c r="E26" s="68">
-        <v>3.7889488576165129</v>
+        <v>3.7148074765248631</v>
       </c>
       <c r="F26" s="21">
-        <v>33.219999999999914</v>
+        <v>41.639999999999873</v>
       </c>
       <c r="G26" s="24">
-        <v>4.5712241303390462</v>
+        <v>5.2930633413415533</v>
       </c>
       <c r="H26" s="68">
-        <v>0.17127127937377157</v>
+        <v>0.19364514666387583</v>
       </c>
       <c r="I26" s="68">
-        <v>5.0286094880566408</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>5.238987934223224</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="67" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="21">
-        <v>612.37000000000012</v>
+        <v>681.65000000000009</v>
       </c>
       <c r="C27" s="68">
-        <v>3.1571761995820826</v>
+        <v>3.1699859323590629</v>
       </c>
       <c r="D27" s="21">
-        <v>614.49999999999989</v>
+        <v>696.63999999999987</v>
       </c>
       <c r="E27" s="68">
-        <v>3.0638064492003934</v>
+        <v>3.1242179812952329</v>
       </c>
       <c r="F27" s="21">
-        <v>2.1299999999997681</v>
+        <v>14.989999999999782</v>
       </c>
       <c r="G27" s="24">
-        <v>0.34782892695588735</v>
+        <v>2.1990757720237335</v>
       </c>
       <c r="H27" s="68">
-        <v>1.0981572097113024E-2</v>
+        <v>6.9710392615068811E-2</v>
       </c>
       <c r="I27" s="68">
-        <v>0.32242438921009953</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>1.8859853298272149</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="67" t="s">
         <v>57</v>
       </c>
       <c r="B28" s="21">
-        <v>742.67</v>
+        <v>797.74</v>
       </c>
       <c r="C28" s="68">
-        <v>3.8289596945370032</v>
+        <v>3.7098578121911814</v>
       </c>
       <c r="D28" s="21">
-        <v>594.2600000000001</v>
+        <v>659.29000000000008</v>
       </c>
       <c r="E28" s="68">
-        <v>2.9628927917035415</v>
+        <v>2.9567146200162706</v>
       </c>
       <c r="F28" s="21">
-        <v>-148.40999999999985</v>
+        <v>-138.44999999999993</v>
       </c>
       <c r="G28" s="24">
-        <v>-19.983303486070511</v>
+        <v>-17.355278662220766</v>
       </c>
       <c r="H28" s="68">
-        <v>-0.76515263611864781</v>
+        <v>-0.6438561612779462</v>
       </c>
       <c r="I28" s="68">
-        <v>-22.465259907359641</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-17.419257432593838</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="67" t="s">
         <v>66</v>
       </c>
       <c r="B29" s="21">
-        <v>513.73</v>
+        <v>571.76</v>
       </c>
       <c r="C29" s="68">
-        <v>2.6486211424650179</v>
+        <v>2.6589469033750714</v>
       </c>
       <c r="D29" s="21">
-        <v>497.86000000000007</v>
+        <v>562.80000000000007</v>
       </c>
       <c r="E29" s="68">
-        <v>2.4822565969062786</v>
+        <v>2.5239863916412459</v>
       </c>
       <c r="F29" s="21">
-        <v>-15.869999999999948</v>
+        <v>-8.9599999999999227</v>
       </c>
       <c r="G29" s="24">
-        <v>-3.0891713546026023</v>
+        <v>-1.5670910871694281</v>
       </c>
       <c r="H29" s="68">
-        <v>-8.182044562497752E-2</v>
+        <v>-4.166811993535826E-2</v>
       </c>
       <c r="I29" s="68">
-        <v>-2.4022887590445166</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-1.1273134459807836</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="67" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="21">
-        <v>425.84000000000003</v>
+        <v>461.17</v>
       </c>
       <c r="C30" s="68">
-        <v>2.1954895125986478</v>
+        <v>2.1446525525211309</v>
       </c>
       <c r="D30" s="21">
-        <v>467.15</v>
+        <v>526.12</v>
       </c>
       <c r="E30" s="68">
-        <v>2.3291410622359057</v>
+        <v>2.3594877760666173</v>
       </c>
       <c r="F30" s="21">
-        <v>41.309999999999945</v>
+        <v>64.949999999999989</v>
       </c>
       <c r="G30" s="24">
-        <v>9.7008266015404718</v>
+        <v>14.083743521911657</v>
       </c>
       <c r="H30" s="68">
-        <v>0.21298063067220088</v>
+        <v>0.30204736493320777</v>
       </c>
       <c r="I30" s="68">
-        <v>6.2532166752444347</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>8.1717643210326472</v>
+      </c>
+    </row>
+    <row r="31" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="67" t="s">
         <v>60</v>
       </c>
       <c r="B31" s="21">
-        <v>312.24</v>
+        <v>344.33000000000004</v>
       </c>
       <c r="C31" s="68">
-        <v>1.6098056674192225</v>
+        <v>1.601292827828352</v>
       </c>
       <c r="D31" s="21">
-        <v>380.16</v>
+        <v>433.17</v>
       </c>
       <c r="E31" s="68">
-        <v>1.8954217408104503</v>
+        <v>1.9426353682786754</v>
       </c>
       <c r="F31" s="21">
-        <v>67.920000000000016</v>
+        <v>88.839999999999975</v>
       </c>
       <c r="G31" s="24">
-        <v>21.752498078401235</v>
+        <v>25.800830598553702</v>
       </c>
       <c r="H31" s="68">
-        <v>0.35017294687136064</v>
+        <v>0.41314684989478334</v>
       </c>
       <c r="I31" s="68">
-        <v>10.281250946080918</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>11.177514122872061</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="67" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="21">
-        <v>41.74</v>
+        <v>47.46</v>
       </c>
       <c r="C32" s="68">
-        <v>0.2151975677622289</v>
+        <v>0.22071082278260268</v>
       </c>
       <c r="D32" s="21">
-        <v>55.02000000000001</v>
+        <v>60.560000000000009</v>
       </c>
       <c r="E32" s="68">
-        <v>0.27432161242474484</v>
+        <v>0.27159313411121866</v>
       </c>
       <c r="F32" s="21">
-        <v>13.280000000000008</v>
+        <v>13.100000000000009</v>
       </c>
       <c r="G32" s="24">
-        <v>31.816003833253493</v>
+        <v>27.602191319005499</v>
       </c>
       <c r="H32" s="68">
-        <v>6.8467266408299032E-2</v>
+        <v>6.0921023566205164E-2</v>
       </c>
       <c r="I32" s="68">
-        <v>2.0102328116012163</v>
+        <v>1.64819264981567</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="84" t="s">
         <v>56</v>
       </c>
       <c r="B33" s="85">
-        <v>70.72999999999999</v>
+        <v>72.939999999999984</v>
       </c>
       <c r="C33" s="86">
-        <v>0.36466037297130921</v>
+        <v>0.33920453884877866</v>
       </c>
       <c r="D33" s="85">
-        <v>53.36</v>
+        <v>54.62</v>
       </c>
       <c r="E33" s="86">
-        <v>0.26604509703715706</v>
+        <v>0.24495404532950396</v>
       </c>
       <c r="F33" s="85">
-        <v>-17.36999999999999</v>
+        <v>-18.319999999999986</v>
       </c>
       <c r="G33" s="50">
-        <v>-24.558178990527345</v>
+        <v>-25.116534137647367</v>
       </c>
       <c r="H33" s="86">
-        <v>-8.9553947101818743E-2</v>
+        <v>-8.5196423796402826E-2</v>
       </c>
       <c r="I33" s="86">
-        <v>-2.6293481880657446</v>
+        <v>-2.3049533850857276</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="59"/>
       <c r="B34" s="69"/>
       <c r="C34" s="70"/>
       <c r="D34" s="69"/>
       <c r="E34" s="70"/>
       <c r="F34" s="70"/>
       <c r="G34" s="25"/>
       <c r="H34" s="70"/>
       <c r="I34" s="70"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A35" s="59" t="s">
         <v>45</v>
       </c>
       <c r="B35" s="43"/>
       <c r="C35" s="43"/>
       <c r="D35" s="41"/>
       <c r="E35" s="43"/>
       <c r="F35" s="43"/>
       <c r="G35" s="73"/>
       <c r="H35" s="74"/>
       <c r="I35" s="75"/>
@@ -4487,748 +4497,748 @@
         <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:15" ht="0.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="90"/>
       <c r="B6" s="91"/>
       <c r="C6" s="91"/>
       <c r="D6" s="91"/>
       <c r="E6" s="91"/>
       <c r="F6" s="91"/>
       <c r="G6" s="91"/>
       <c r="H6" s="91"/>
       <c r="I6" s="91"/>
       <c r="J6" s="91"/>
       <c r="K6" s="91"/>
       <c r="L6" s="91"/>
       <c r="M6" s="91"/>
       <c r="N6" s="91"/>
       <c r="O6" s="91"/>
     </row>
     <row r="7" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="92" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="21">
-        <v>44336.52</v>
+        <v>49225.35</v>
       </c>
       <c r="C7" s="24">
         <v>100</v>
       </c>
       <c r="D7" s="21">
-        <v>46456.59</v>
+        <v>51762.189999999995</v>
       </c>
       <c r="E7" s="24">
         <v>100</v>
       </c>
       <c r="F7" s="21">
-        <v>2120.0699999999997</v>
+        <v>2536.8399999999965</v>
       </c>
       <c r="G7" s="93">
-        <v>4.7817690698322739</v>
+        <v>5.1535235402084423</v>
       </c>
       <c r="H7" s="21">
-        <v>19396.129999999997</v>
+        <v>21503.249999999996</v>
       </c>
       <c r="I7" s="24">
         <v>100</v>
       </c>
       <c r="J7" s="21">
-        <v>20056.75</v>
+        <v>22298.06</v>
       </c>
       <c r="K7" s="24">
         <v>100</v>
       </c>
       <c r="L7" s="21">
-        <v>660.62000000000262</v>
+        <v>794.81000000000495</v>
       </c>
       <c r="M7" s="93">
-        <v>3.4059371637538147</v>
+        <v>3.6962319649355568</v>
       </c>
       <c r="N7" s="21">
-        <v>24940.39</v>
+        <v>27722.100000000002</v>
       </c>
       <c r="O7" s="21">
-        <v>26399.839999999997</v>
+        <v>29464.129999999994</v>
       </c>
     </row>
     <row r="8" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="94" t="s">
         <v>78</v>
       </c>
       <c r="B8" s="21">
-        <v>6310.33</v>
+        <v>7010.74</v>
       </c>
       <c r="C8" s="24">
-        <v>14.232804017996903</v>
+        <v>14.242133372337626</v>
       </c>
       <c r="D8" s="21">
-        <v>6233.28</v>
+        <v>6969.0499999999993</v>
       </c>
       <c r="E8" s="24">
-        <v>13.417429045050444</v>
+        <v>13.463591861163524</v>
       </c>
       <c r="F8" s="21">
-        <v>-77.050000000000182</v>
+        <v>-41.690000000000509</v>
       </c>
       <c r="G8" s="93">
-        <v>-1.2210137980105666</v>
+        <v>-0.59465905168356703</v>
       </c>
       <c r="H8" s="21">
-        <v>1811.4799999999998</v>
+        <v>1988.0599999999997</v>
       </c>
       <c r="I8" s="24">
-        <v>9.3393888368452895</v>
+        <v>9.2453931382465431</v>
       </c>
       <c r="J8" s="21">
-        <v>1842.63</v>
+        <v>2042.3000000000002</v>
       </c>
       <c r="K8" s="24">
-        <v>9.1870816558016628</v>
+        <v>9.1590927641238746</v>
       </c>
       <c r="L8" s="21">
-        <v>31.150000000000318</v>
+        <v>54.240000000000464</v>
       </c>
       <c r="M8" s="93">
-        <v>1.7195884028529336</v>
+        <v>2.7282878786354772</v>
       </c>
       <c r="N8" s="21">
-        <v>4498.8500000000004</v>
+        <v>5022.68</v>
       </c>
       <c r="O8" s="21">
-        <v>4390.6499999999996</v>
+        <v>4926.7499999999991</v>
       </c>
     </row>
     <row r="9" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="94" t="s">
         <v>68</v>
       </c>
       <c r="B9" s="21">
-        <v>5048.0899999999992</v>
+        <v>5631.3599999999988</v>
       </c>
       <c r="C9" s="24">
-        <v>11.385850761403917</v>
+        <v>11.439959289268636</v>
       </c>
       <c r="D9" s="21">
-        <v>5406.05</v>
+        <v>6056.95</v>
       </c>
       <c r="E9" s="24">
-        <v>11.636777473335862</v>
+        <v>11.701494855607926</v>
       </c>
       <c r="F9" s="21">
-        <v>357.96000000000095</v>
+        <v>425.59000000000106</v>
       </c>
       <c r="G9" s="93">
-        <v>7.0909987737936717</v>
+        <v>7.5574994317536284</v>
       </c>
       <c r="H9" s="21">
-        <v>1582.55</v>
+        <v>1813.79</v>
       </c>
       <c r="I9" s="24">
-        <v>8.1591018414498162</v>
+        <v>8.4349575064234497</v>
       </c>
       <c r="J9" s="21">
-        <v>1648.7800000000002</v>
+        <v>1864.4900000000002</v>
       </c>
       <c r="K9" s="24">
-        <v>8.2205741209318575</v>
+        <v>8.3616691317540646</v>
       </c>
       <c r="L9" s="21">
-        <v>66.230000000000246</v>
+        <v>50.700000000000273</v>
       </c>
       <c r="M9" s="93">
-        <v>4.1850178509367941</v>
+        <v>2.7952519310394406</v>
       </c>
       <c r="N9" s="21">
-        <v>3465.5399999999991</v>
+        <v>3817.5699999999988</v>
       </c>
       <c r="O9" s="21">
-        <v>3757.27</v>
+        <v>4192.4599999999991</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="94" t="s">
         <v>73</v>
       </c>
       <c r="B10" s="21">
-        <v>5146.4799999999996</v>
+        <v>5640.33</v>
       </c>
       <c r="C10" s="24">
-        <v>11.607767140948365</v>
+        <v>11.45818160764728</v>
       </c>
       <c r="D10" s="21">
-        <v>5198.04</v>
+        <v>5711.14</v>
       </c>
       <c r="E10" s="24">
-        <v>11.189026142469777</v>
+        <v>11.033420340213581</v>
       </c>
       <c r="F10" s="21">
-        <v>51.5600000000004</v>
+        <v>70.8100000000004</v>
       </c>
       <c r="G10" s="93">
-        <v>1.0018498080241331</v>
+        <v>1.255422998299752</v>
       </c>
       <c r="H10" s="21">
-        <v>1430.8</v>
+        <v>1595.69</v>
       </c>
       <c r="I10" s="24">
-        <v>7.3767292753760678</v>
+        <v>7.4206922209433479</v>
       </c>
       <c r="J10" s="21">
-        <v>1498.4900000000002</v>
+        <v>1666.5600000000002</v>
       </c>
       <c r="K10" s="24">
-        <v>7.4712503271965813</v>
+        <v>7.4740134343525844</v>
       </c>
       <c r="L10" s="21">
-        <v>67.690000000000282</v>
+        <v>70.870000000000118</v>
       </c>
       <c r="M10" s="93">
-        <v>4.7309197651663606</v>
+        <v>4.4413388565448253</v>
       </c>
       <c r="N10" s="21">
-        <v>3715.6799999999994</v>
+        <v>4044.64</v>
       </c>
       <c r="O10" s="21">
-        <v>3699.5499999999997</v>
+        <v>4044.58</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="94" t="s">
         <v>72</v>
       </c>
       <c r="B11" s="21">
-        <v>4619.57</v>
+        <v>5119.79</v>
       </c>
       <c r="C11" s="24">
-        <v>10.419333768189293</v>
+        <v>10.400718329072317</v>
       </c>
       <c r="D11" s="21">
-        <v>4698.72</v>
+        <v>5258.33</v>
       </c>
       <c r="E11" s="24">
-        <v>10.114216303865611</v>
+        <v>10.158631232565702</v>
       </c>
       <c r="F11" s="21">
-        <v>79.150000000000546</v>
+        <v>138.53999999999996</v>
       </c>
       <c r="G11" s="93">
-        <v>1.7133629320477999</v>
+        <v>2.705970362065631</v>
       </c>
       <c r="H11" s="21">
-        <v>1156.4299999999998</v>
+        <v>1316.1799999999998</v>
       </c>
       <c r="I11" s="24">
-        <v>5.9621687419088243</v>
+        <v>6.1208421982723547</v>
       </c>
       <c r="J11" s="21">
-        <v>1154.0899999999999</v>
+        <v>1286.2199999999998</v>
       </c>
       <c r="K11" s="24">
-        <v>5.7541226769042835</v>
+        <v>5.7683045072082493</v>
       </c>
       <c r="L11" s="21">
-        <v>-2.3399999999999181</v>
+        <v>-29.960000000000036</v>
       </c>
       <c r="M11" s="93">
-        <v>-0.20234687789143471</v>
+        <v>-2.276284398790442</v>
       </c>
       <c r="N11" s="21">
-        <v>3463.14</v>
+        <v>3803.61</v>
       </c>
       <c r="O11" s="21">
-        <v>3544.63</v>
+        <v>3972.11</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="94" t="s">
         <v>71</v>
       </c>
       <c r="B12" s="21">
-        <v>4432.09</v>
+        <v>4866.29</v>
       </c>
       <c r="C12" s="24">
-        <v>9.99647694496546</v>
+        <v>9.8857397661977018</v>
       </c>
       <c r="D12" s="21">
-        <v>4646.12</v>
+        <v>5124.76</v>
       </c>
       <c r="E12" s="24">
-        <v>10.000992324232151</v>
+        <v>9.9005857364226681</v>
       </c>
       <c r="F12" s="21">
-        <v>214.02999999999975</v>
+        <v>258.47000000000025</v>
       </c>
       <c r="G12" s="93">
-        <v>4.8290986870753922</v>
+        <v>5.3114384880473677</v>
       </c>
       <c r="H12" s="21">
-        <v>3617.1699999999992</v>
+        <v>3980.809999999999</v>
       </c>
       <c r="I12" s="24">
-        <v>18.648926357989968</v>
+        <v>18.512596933021751</v>
       </c>
       <c r="J12" s="21">
-        <v>3840.64</v>
+        <v>4234.1899999999996</v>
       </c>
       <c r="K12" s="24">
-        <v>19.148865095292109</v>
+        <v>18.98905106542901</v>
       </c>
       <c r="L12" s="21">
-        <v>223.47000000000071</v>
+        <v>253.38000000000056</v>
       </c>
       <c r="M12" s="93">
-        <v>6.1780342090640126</v>
+        <v>6.3650362614643905</v>
       </c>
       <c r="N12" s="21">
-        <v>814.92000000000098</v>
+        <v>885.48000000000093</v>
       </c>
       <c r="O12" s="21">
-        <v>805.48</v>
+        <v>890.57000000000062</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="94" t="s">
         <v>77</v>
       </c>
       <c r="B13" s="21">
-        <v>2252.87</v>
+        <v>2529.27</v>
       </c>
       <c r="C13" s="24">
-        <v>5.0812964120774478</v>
+        <v>5.1381452848989397</v>
       </c>
       <c r="D13" s="21">
-        <v>2755.9100000000003</v>
+        <v>3046.67</v>
       </c>
       <c r="E13" s="24">
-        <v>5.9322261922366675</v>
+        <v>5.88589856804745</v>
       </c>
       <c r="F13" s="21">
-        <v>503.04000000000042</v>
+        <v>517.40000000000009</v>
       </c>
       <c r="G13" s="93">
-        <v>22.328851642571497</v>
+        <v>20.456495352413942</v>
       </c>
       <c r="H13" s="21">
-        <v>1054.6199999999999</v>
+        <v>1145.76</v>
       </c>
       <c r="I13" s="24">
-        <v>5.4372702183373693</v>
+        <v>5.3283108367339826</v>
       </c>
       <c r="J13" s="21">
-        <v>945.23</v>
+        <v>1077.4000000000001</v>
       </c>
       <c r="K13" s="24">
-        <v>4.7127774938611688</v>
+        <v>4.8318104803736297</v>
       </c>
       <c r="L13" s="21">
-        <v>-109.38999999999987</v>
+        <v>-68.3599999999999</v>
       </c>
       <c r="M13" s="93">
-        <v>-10.372456429804089</v>
+        <v>-5.9663454824745061</v>
       </c>
       <c r="N13" s="21">
-        <v>1198.25</v>
+        <v>1383.51</v>
       </c>
       <c r="O13" s="21">
-        <v>1810.6800000000003</v>
+        <v>1969.27</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="94" t="s">
         <v>74</v>
       </c>
       <c r="B14" s="21">
-        <v>2046.7</v>
+        <v>2319.67</v>
       </c>
       <c r="C14" s="24">
-        <v>4.616284724195765</v>
+        <v>4.7123484139777583</v>
       </c>
       <c r="D14" s="21">
-        <v>2181.4</v>
+        <v>2449.35</v>
       </c>
       <c r="E14" s="24">
-        <v>4.6955663340766085</v>
+        <v>4.7319288461326696</v>
       </c>
       <c r="F14" s="21">
-        <v>134.70000000000005</v>
+        <v>129.67999999999984</v>
       </c>
       <c r="G14" s="93">
-        <v>6.5813260370352289</v>
+        <v>5.5904503657847808</v>
       </c>
       <c r="H14" s="21">
-        <v>1172.29</v>
+        <v>1309.48</v>
       </c>
       <c r="I14" s="24">
-        <v>6.0439376308572896</v>
+        <v>6.0896841175171206</v>
       </c>
       <c r="J14" s="21">
-        <v>1292.46</v>
+        <v>1439.3700000000001</v>
       </c>
       <c r="K14" s="24">
-        <v>6.4440151071335094</v>
+        <v>6.4551355588782169</v>
       </c>
       <c r="L14" s="21">
-        <v>120.17000000000007</v>
+        <v>129.8900000000001</v>
       </c>
       <c r="M14" s="93">
-        <v>10.250876489605821</v>
+        <v>9.9192045697528854</v>
       </c>
       <c r="N14" s="21">
-        <v>874.41000000000008</v>
+        <v>1010.19</v>
       </c>
       <c r="O14" s="21">
-        <v>888.94</v>
+        <v>1009.9799999999998</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="94" t="s">
         <v>79</v>
       </c>
       <c r="B15" s="21">
-        <v>1670.09</v>
+        <v>1846.33</v>
       </c>
       <c r="C15" s="24">
-        <v>3.7668495407397784</v>
+        <v>3.7507706903048934</v>
       </c>
       <c r="D15" s="21">
-        <v>1686.0500000000002</v>
+        <v>1897.4</v>
       </c>
       <c r="E15" s="24">
-        <v>3.6293021076234835</v>
+        <v>3.6656099751575431</v>
       </c>
       <c r="F15" s="21">
-        <v>15.960000000000264</v>
+        <v>51.070000000000164</v>
       </c>
       <c r="G15" s="93">
-        <v>0.95563712135275736</v>
+        <v>2.7660277415196726</v>
       </c>
       <c r="H15" s="21">
-        <v>473.69000000000005</v>
+        <v>516.8900000000001</v>
       </c>
       <c r="I15" s="24">
-        <v>2.4421882097098759</v>
+        <v>2.4037761733691427</v>
       </c>
       <c r="J15" s="21">
-        <v>442.65999999999997</v>
+        <v>496.28999999999996</v>
       </c>
       <c r="K15" s="24">
-        <v>2.207037531005771</v>
+        <v>2.2257093217975017</v>
       </c>
       <c r="L15" s="21">
-        <v>-31.030000000000086</v>
+        <v>-20.600000000000136</v>
       </c>
       <c r="M15" s="93">
-        <v>-6.5506977136946283</v>
+        <v>-3.985374064114247</v>
       </c>
       <c r="N15" s="21">
-        <v>1196.3999999999999</v>
+        <v>1329.4399999999998</v>
       </c>
       <c r="O15" s="21">
-        <v>1243.3900000000003</v>
+        <v>1401.1100000000001</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="94" t="s">
         <v>70</v>
       </c>
       <c r="B16" s="21">
-        <v>1628.85</v>
+        <v>1820.56</v>
       </c>
       <c r="C16" s="24">
-        <v>3.6738336703015935</v>
+        <v>3.698419615096693</v>
       </c>
       <c r="D16" s="21">
-        <v>1634.3000000000002</v>
+        <v>1841.3400000000001</v>
       </c>
       <c r="E16" s="24">
-        <v>3.5179077930601452</v>
+        <v>3.5573069841133078</v>
       </c>
       <c r="F16" s="21">
-        <v>5.4500000000002728</v>
+        <v>20.7800000000002</v>
       </c>
       <c r="G16" s="93">
-        <v>0.33459188998374761</v>
+        <v>1.1414070395922244</v>
       </c>
       <c r="H16" s="21">
-        <v>612.05000000000007</v>
+        <v>702.43000000000006</v>
       </c>
       <c r="I16" s="24">
-        <v>3.1555263859336895</v>
+        <v>3.2666224872984326</v>
       </c>
       <c r="J16" s="21">
-        <v>589.77</v>
+        <v>642.91</v>
       </c>
       <c r="K16" s="24">
-        <v>2.9405063133359093</v>
+        <v>2.8832553145879056</v>
       </c>
       <c r="L16" s="21">
-        <v>-22.280000000000086</v>
+        <v>-59.520000000000095</v>
       </c>
       <c r="M16" s="93">
-        <v>-3.6402254717751958</v>
+        <v>-8.4734421935281947</v>
       </c>
       <c r="N16" s="21">
-        <v>1016.7999999999998</v>
+        <v>1118.1299999999999</v>
       </c>
       <c r="O16" s="21">
-        <v>1044.5300000000002</v>
+        <v>1198.4300000000003</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="94" t="s">
         <v>69</v>
       </c>
       <c r="B17" s="21">
-        <v>1092.53</v>
+        <v>1210.08</v>
       </c>
       <c r="C17" s="24">
-        <v>2.4641762592102401</v>
+        <v>2.4582455990663346</v>
       </c>
       <c r="D17" s="21">
-        <v>1168.6699999999998</v>
+        <v>1297.0899999999999</v>
       </c>
       <c r="E17" s="24">
-        <v>2.5156172676470656</v>
+        <v>2.5058638361321264</v>
       </c>
       <c r="F17" s="21">
-        <v>76.139999999999873</v>
+        <v>87.009999999999991</v>
       </c>
       <c r="G17" s="93">
-        <v>6.9691450120362708</v>
+        <v>7.1904336903345234</v>
       </c>
       <c r="H17" s="21">
-        <v>431.37</v>
+        <v>479.14</v>
       </c>
       <c r="I17" s="24">
-        <v>2.2240003547099345</v>
+        <v>2.2282213153825587</v>
       </c>
       <c r="J17" s="21">
-        <v>434.71</v>
+        <v>491.97999999999996</v>
       </c>
       <c r="K17" s="24">
-        <v>2.1674000024929261</v>
+        <v>2.2063802859979744</v>
       </c>
       <c r="L17" s="21">
-        <v>3.339999999999975</v>
+        <v>12.839999999999975</v>
       </c>
       <c r="M17" s="93">
-        <v>0.77427730254769112</v>
+        <v>2.6798013106816327</v>
       </c>
       <c r="N17" s="21">
-        <v>661.16</v>
+        <v>730.93999999999994</v>
       </c>
       <c r="O17" s="21">
-        <v>733.95999999999981</v>
+        <v>805.1099999999999</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="94" t="s">
         <v>75</v>
       </c>
       <c r="B18" s="21">
-        <v>1026.7800000000002</v>
+        <v>1119.7600000000002</v>
       </c>
       <c r="C18" s="24">
-        <v>2.3158786481212337</v>
+        <v>2.2747629016350324</v>
       </c>
       <c r="D18" s="21">
-        <v>1036.23</v>
+        <v>1136.8399999999999</v>
       </c>
       <c r="E18" s="24">
-        <v>2.2305339242505751</v>
+        <v>2.1962749257711081</v>
       </c>
       <c r="F18" s="21">
-        <v>9.4499999999998181</v>
+        <v>17.0799999999997</v>
       </c>
       <c r="G18" s="93">
-        <v>0.92035294805117118</v>
+        <v>1.5253268557547777</v>
       </c>
       <c r="H18" s="21">
-        <v>610.41</v>
+        <v>664.13</v>
       </c>
       <c r="I18" s="24">
-        <v>3.1470710909856767</v>
+        <v>3.0885098764140309</v>
       </c>
       <c r="J18" s="21">
-        <v>581.23</v>
+        <v>636.73</v>
       </c>
       <c r="K18" s="24">
-        <v>2.897927131763621</v>
+        <v>2.8555398989867276</v>
       </c>
       <c r="L18" s="21">
-        <v>-29.17999999999995</v>
+        <v>-27.399999999999977</v>
       </c>
       <c r="M18" s="93">
-        <v>-4.7803935060041534</v>
+        <v>-4.1256982819628654</v>
       </c>
       <c r="N18" s="21">
-        <v>416.37000000000023</v>
+        <v>455.63000000000022</v>
       </c>
       <c r="O18" s="21">
-        <v>455</v>
+        <v>500.1099999999999</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="94" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="21">
-        <v>999.53</v>
+        <v>1121.1599999999999</v>
       </c>
       <c r="C19" s="24">
-        <v>2.2544169005596291</v>
+        <v>2.2776069647041615</v>
       </c>
       <c r="D19" s="21">
-        <v>954.2600000000001</v>
+        <v>1074.99</v>
       </c>
       <c r="E19" s="24">
-        <v>2.0540896350765308</v>
+        <v>2.0767861638002567</v>
       </c>
       <c r="F19" s="21">
-        <v>-45.269999999999868</v>
+        <v>-46.169999999999845</v>
       </c>
       <c r="G19" s="93">
-        <v>-4.5291286904845141</v>
+        <v>-4.1180562988333378</v>
       </c>
       <c r="H19" s="21">
-        <v>138.31</v>
+        <v>150.04</v>
       </c>
       <c r="I19" s="24">
-        <v>0.71308039284125246</v>
+        <v>0.69775499052468826</v>
       </c>
       <c r="J19" s="21">
-        <v>123.82000000000001</v>
+        <v>136.5</v>
       </c>
       <c r="K19" s="24">
-        <v>0.61734827427175398</v>
+        <v>0.61216087856970514</v>
       </c>
       <c r="L19" s="21">
-        <v>-14.489999999999995</v>
+        <v>-13.539999999999992</v>
       </c>
       <c r="M19" s="93">
-        <v>-10.476465909912513</v>
+        <v>-9.0242601972807197</v>
       </c>
       <c r="N19" s="21">
-        <v>861.22</v>
+        <v>971.11999999999989</v>
       </c>
       <c r="O19" s="21">
-        <v>830.44</v>
+        <v>938.49</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="94" t="s">
         <v>76</v>
       </c>
       <c r="B20" s="21">
-        <v>589.53</v>
+        <v>653.96</v>
       </c>
       <c r="C20" s="24">
-        <v>1.3296713409171492</v>
+        <v>1.3285024890630539</v>
       </c>
       <c r="D20" s="21">
-        <v>598.91</v>
+        <v>660.13</v>
       </c>
       <c r="E20" s="24">
-        <v>1.2891820084082797</v>
+        <v>1.2753131194796821</v>
       </c>
       <c r="F20" s="21">
-        <v>9.3799999999999955</v>
+        <v>6.1699999999999591</v>
       </c>
       <c r="G20" s="93">
-        <v>1.5910979933167091</v>
+        <v>0.94348278182151191</v>
       </c>
       <c r="H20" s="21">
-        <v>286.36</v>
+        <v>325.05</v>
       </c>
       <c r="I20" s="24">
-        <v>1.4763769886054592</v>
+        <v>1.5116319626103034</v>
       </c>
       <c r="J20" s="21">
-        <v>318.51</v>
+        <v>354.96999999999997</v>
       </c>
       <c r="K20" s="24">
-        <v>1.588043925361786</v>
+        <v>1.5919322129369098</v>
       </c>
       <c r="L20" s="21">
-        <v>32.149999999999977</v>
+        <v>29.919999999999959</v>
       </c>
       <c r="M20" s="93">
-        <v>11.227126693672291</v>
+        <v>9.2047377326565005</v>
       </c>
       <c r="N20" s="21">
-        <v>303.16999999999996</v>
+        <v>328.91</v>
       </c>
       <c r="O20" s="21">
-        <v>280.39999999999998</v>
+        <v>305.16000000000003</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="106" t="s">
         <v>31</v>
       </c>
       <c r="B21" s="107">
-        <v>7473.080000000009</v>
+        <v>8336.0499999999956</v>
       </c>
       <c r="C21" s="50">
-        <v>16.855359870373249</v>
+        <v>16.934465676729562</v>
       </c>
       <c r="D21" s="107">
-        <v>8258.6499999999869</v>
+        <v>9238.1499999999942</v>
       </c>
       <c r="E21" s="50">
-        <v>17.777133448666781</v>
+        <v>17.847293555392447</v>
       </c>
       <c r="F21" s="85">
-        <v>785.56999999997788</v>
+        <v>902.09999999999854</v>
       </c>
       <c r="G21" s="108">
-        <v>10.511997730520442</v>
+        <v>10.821672134884016</v>
       </c>
       <c r="H21" s="107">
-        <v>5018.6000000000004</v>
+        <v>5515.7999999999993</v>
       </c>
       <c r="I21" s="50">
-        <v>25.874233674449499</v>
+        <v>25.651006243242303</v>
       </c>
       <c r="J21" s="107">
-        <v>5343.7300000000032</v>
+        <v>5928.1500000000015</v>
       </c>
       <c r="K21" s="50">
-        <v>26.643050344647079</v>
+        <v>26.585945145003652</v>
       </c>
       <c r="L21" s="85">
-        <v>325.13000000000284</v>
+        <v>412.35000000000218</v>
       </c>
       <c r="M21" s="108">
-        <v>6.4784999800741803</v>
+        <v>7.47579680191454</v>
       </c>
       <c r="N21" s="85">
-        <v>2454.4800000000087</v>
+        <v>2820.2499999999964</v>
       </c>
       <c r="O21" s="85">
-        <v>2914.9199999999837</v>
+        <v>3309.9999999999927</v>
       </c>
     </row>
     <row r="22" spans="1:15" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="95"/>
       <c r="B22" s="96"/>
       <c r="C22" s="96"/>
       <c r="D22" s="96"/>
       <c r="E22" s="97"/>
       <c r="F22" s="97"/>
       <c r="G22" s="97"/>
       <c r="H22" s="96"/>
       <c r="I22" s="96"/>
       <c r="J22" s="96"/>
       <c r="K22" s="97"/>
       <c r="L22" s="97"/>
       <c r="M22" s="97"/>
       <c r="N22" s="69"/>
       <c r="O22" s="69"/>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" s="36" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="43"/>
       <c r="C23" s="43"/>
@@ -7859,197 +7869,197 @@
       </c>
       <c r="I4" s="83" t="s">
         <v>2</v>
       </c>
       <c r="K4" s="62"/>
       <c r="L4" s="62"/>
       <c r="M4" s="62"/>
       <c r="N4" s="62"/>
       <c r="O4" s="62"/>
       <c r="P4" s="62"/>
       <c r="Q4" s="62"/>
       <c r="R4" s="62"/>
       <c r="S4" s="62"/>
       <c r="T4" s="62"/>
       <c r="U4" s="62"/>
       <c r="V4" s="62"/>
       <c r="W4" s="62"/>
       <c r="X4" s="62"/>
       <c r="Y4" s="62"/>
     </row>
     <row r="5" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="63" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="64">
-        <v>4776.43</v>
+        <v>5311.68</v>
       </c>
       <c r="C5" s="65">
         <v>100</v>
       </c>
       <c r="D5" s="64">
-        <v>4885.0600000000004</v>
+        <v>5534.4900000000007</v>
       </c>
       <c r="E5" s="65">
         <v>100</v>
       </c>
       <c r="F5" s="64">
-        <v>108.63000000000011</v>
+        <v>222.8100000000004</v>
       </c>
       <c r="G5" s="66">
-        <v>2.2742927249012359</v>
+        <v>4.194718055304544</v>
       </c>
       <c r="H5" s="65">
-        <v>2.2742927249012359</v>
+        <v>4.194718055304544</v>
       </c>
       <c r="I5" s="65">
         <v>100</v>
       </c>
       <c r="J5" s="59"/>
       <c r="K5" s="59"/>
       <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="67" t="s">
         <v>34</v>
       </c>
       <c r="B6" s="21">
-        <v>14.350000000000001</v>
+        <v>15.260000000000002</v>
       </c>
       <c r="C6" s="68">
-        <v>0.30043358742826759</v>
+        <v>0.28729140309657214</v>
       </c>
       <c r="D6" s="21">
-        <v>24.169999999999998</v>
+        <v>25.79</v>
       </c>
       <c r="E6" s="68">
-        <v>0.49477386152882458</v>
+        <v>0.46598692923828561</v>
       </c>
       <c r="F6" s="21">
-        <v>9.8199999999999967</v>
+        <v>10.529999999999998</v>
       </c>
       <c r="G6" s="24">
-        <v>68.432055749128892</v>
+        <v>69.003931847968531</v>
       </c>
       <c r="H6" s="68">
-        <v>0.20559288003801995</v>
+        <v>0.19824236399783113</v>
       </c>
       <c r="I6" s="68">
-        <v>9.0398600754855813</v>
+        <v>4.7259997307122559</v>
       </c>
       <c r="J6" s="59"/>
       <c r="K6" s="59"/>
     </row>
     <row r="7" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="67" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="21">
-        <v>3602.7400000000002</v>
+        <v>3999.8700000000003</v>
       </c>
       <c r="C7" s="68">
-        <v>75.427463607757261</v>
+        <v>75.303293873124886</v>
       </c>
       <c r="D7" s="21">
-        <v>3815.5300000000007</v>
+        <v>4291.2700000000004</v>
       </c>
       <c r="E7" s="68">
-        <v>78.106103098017229</v>
+        <v>77.536864281984435</v>
       </c>
       <c r="F7" s="21">
-        <v>212.79000000000042</v>
+        <v>291.40000000000009</v>
       </c>
       <c r="G7" s="24">
-        <v>5.9063379538906613</v>
+        <v>7.2852367701950334</v>
       </c>
       <c r="H7" s="68">
-        <v>4.455000910722033</v>
+        <v>5.4860232544129186</v>
       </c>
       <c r="I7" s="68">
-        <v>195.88511460922416</v>
+        <v>130.78407611866595</v>
       </c>
       <c r="J7" s="59"/>
       <c r="K7" s="59"/>
     </row>
     <row r="8" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="67" t="s">
         <v>36</v>
       </c>
       <c r="B8" s="21">
-        <v>681.21</v>
+        <v>774.29000000000008</v>
       </c>
       <c r="C8" s="68">
-        <v>14.261906905366562</v>
+        <v>14.577120609675282</v>
       </c>
       <c r="D8" s="21">
-        <v>630.48</v>
+        <v>753.33</v>
       </c>
       <c r="E8" s="68">
-        <v>12.906289789685285</v>
+        <v>13.611552283950282</v>
       </c>
       <c r="F8" s="21">
-        <v>-50.730000000000018</v>
+        <v>-20.960000000000036</v>
       </c>
       <c r="G8" s="24">
-        <v>-7.4470427621438349</v>
+        <v>-2.706996086737532</v>
       </c>
       <c r="H8" s="68">
-        <v>-1.0620903059397921</v>
+        <v>-0.39460208446292017</v>
       </c>
       <c r="I8" s="68">
-        <v>-46.699806683236645</v>
+        <v>-9.4071181724339112</v>
       </c>
       <c r="J8" s="59"/>
       <c r="K8" s="59"/>
     </row>
     <row r="9" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="84" t="s">
         <v>37</v>
       </c>
       <c r="B9" s="85">
-        <v>478.13000000000011</v>
+        <v>522.2600000000001</v>
       </c>
       <c r="C9" s="86">
-        <v>10.010195899447915</v>
+        <v>9.8322941141032612</v>
       </c>
       <c r="D9" s="85">
-        <v>414.88000000000005</v>
+        <v>464.09999999999997</v>
       </c>
       <c r="E9" s="86">
-        <v>8.4928332507686708</v>
+        <v>8.3855965048270011</v>
       </c>
       <c r="F9" s="85">
-        <v>-63.250000000000057</v>
+        <v>-58.160000000000139</v>
       </c>
       <c r="G9" s="50">
-        <v>-13.228619831426608</v>
+        <v>-11.136215678014807</v>
       </c>
       <c r="H9" s="86">
-        <v>-1.32421075991902</v>
+        <v>-1.0949454786432944</v>
       </c>
       <c r="I9" s="86">
-        <v>-58.225168001472881</v>
+        <v>-26.102957676944499</v>
       </c>
       <c r="J9" s="59"/>
       <c r="K9" s="59"/>
       <c r="L9" s="26"/>
     </row>
     <row r="10" spans="1:25" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="59"/>
       <c r="B10" s="69"/>
       <c r="C10" s="70"/>
       <c r="D10" s="69"/>
       <c r="E10" s="70"/>
       <c r="F10" s="70"/>
       <c r="G10" s="25"/>
       <c r="H10" s="70"/>
       <c r="I10" s="70"/>
       <c r="J10" s="59"/>
       <c r="K10" s="59"/>
     </row>
     <row r="11" spans="1:25" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="71"/>
       <c r="B11" s="69"/>
       <c r="C11" s="69"/>
       <c r="D11" s="69"/>
       <c r="E11" s="69"/>
       <c r="F11" s="69"/>
@@ -8085,192 +8095,192 @@
       </c>
       <c r="I12" s="83" t="s">
         <v>2</v>
       </c>
       <c r="K12" s="62"/>
       <c r="L12" s="62"/>
       <c r="M12" s="62"/>
       <c r="N12" s="62"/>
       <c r="O12" s="62"/>
       <c r="P12" s="62"/>
       <c r="Q12" s="62"/>
       <c r="R12" s="62"/>
       <c r="S12" s="62"/>
       <c r="T12" s="62"/>
       <c r="U12" s="62"/>
       <c r="V12" s="62"/>
       <c r="W12" s="62"/>
       <c r="X12" s="62"/>
       <c r="Y12" s="62"/>
     </row>
     <row r="13" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="63" t="s">
         <v>0</v>
       </c>
       <c r="B13" s="64">
-        <v>2816.6</v>
+        <v>3165.84</v>
       </c>
       <c r="C13" s="65">
         <v>100</v>
       </c>
       <c r="D13" s="64">
-        <v>3031.37</v>
+        <v>3385.71</v>
       </c>
       <c r="E13" s="65">
         <v>100</v>
       </c>
       <c r="F13" s="64">
-        <v>214.76999999999998</v>
+        <v>219.86999999999989</v>
       </c>
       <c r="G13" s="66">
-        <v>7.6251508911453518</v>
+        <v>6.9450761883102077</v>
       </c>
       <c r="H13" s="65">
-        <v>7.6251508911453518</v>
+        <v>6.9450761883102077</v>
       </c>
       <c r="I13" s="65">
         <v>100</v>
       </c>
       <c r="J13" s="59"/>
     </row>
     <row r="14" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="67" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="21">
-        <v>518.43999999999994</v>
+        <v>562.79999999999995</v>
       </c>
       <c r="C14" s="68">
-        <v>18.406589505077044</v>
+        <v>17.777272382685162</v>
       </c>
       <c r="D14" s="21">
-        <v>547.39</v>
+        <v>598.45000000000005</v>
       </c>
       <c r="E14" s="68">
-        <v>18.05751195004239</v>
+        <v>17.675760771005198</v>
       </c>
       <c r="F14" s="21">
-        <v>28.950000000000045</v>
+        <v>35.650000000000091</v>
       </c>
       <c r="G14" s="24">
-        <v>5.584059871923472</v>
+        <v>6.3343994314143739</v>
       </c>
       <c r="H14" s="68">
-        <v>1.0278349783426843</v>
+        <v>1.1260834407297933</v>
       </c>
       <c r="I14" s="68">
-        <v>13.479536248079363</v>
+        <v>16.214126529312825</v>
       </c>
       <c r="J14" s="59"/>
     </row>
     <row r="15" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="67" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="21">
-        <v>1590.45</v>
+        <v>1762.97</v>
       </c>
       <c r="C15" s="68">
-        <v>56.467016970815877</v>
+        <v>55.687274151567991</v>
       </c>
       <c r="D15" s="21">
-        <v>1754.78</v>
+        <v>1971.01</v>
       </c>
       <c r="E15" s="68">
-        <v>57.887357861297041</v>
+        <v>58.215558922648427</v>
       </c>
       <c r="F15" s="21">
-        <v>164.32999999999993</v>
+        <v>208.03999999999996</v>
       </c>
       <c r="G15" s="24">
-        <v>10.332295891099998</v>
+        <v>11.800541132293798</v>
       </c>
       <c r="H15" s="68">
-        <v>5.8343392743023479</v>
+        <v>6.5713996917089919</v>
       </c>
       <c r="I15" s="68">
-        <v>76.514410765004399</v>
+        <v>94.619547914676886</v>
       </c>
       <c r="J15" s="59"/>
     </row>
     <row r="16" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="67" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="21">
-        <v>509.34999999999997</v>
+        <v>571.21999999999991</v>
       </c>
       <c r="C16" s="68">
-        <v>18.083859973017113</v>
+        <v>18.043236550173095</v>
       </c>
       <c r="D16" s="21">
-        <v>544.27</v>
+        <v>602.14</v>
       </c>
       <c r="E16" s="68">
-        <v>17.954588189498477</v>
+        <v>17.784748250736182</v>
       </c>
       <c r="F16" s="21">
-        <v>34.920000000000016</v>
+        <v>30.920000000000073</v>
       </c>
       <c r="G16" s="24">
-        <v>6.8557966035142854</v>
+        <v>5.4129757361437063</v>
       </c>
       <c r="H16" s="68">
-        <v>1.2397926578143867</v>
+        <v>0.9766760164758822</v>
       </c>
       <c r="I16" s="68">
-        <v>16.259254085766177</v>
+        <v>14.062855323600349</v>
       </c>
       <c r="J16" s="59"/>
     </row>
     <row r="17" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="84" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="85">
-        <v>198.35999999999993</v>
+        <v>268.84999999999991</v>
       </c>
       <c r="C17" s="86">
-        <v>7.0425335510899645</v>
+        <v>8.4922169155737475</v>
       </c>
       <c r="D17" s="85">
-        <v>184.92999999999978</v>
+        <v>214.10999999999979</v>
       </c>
       <c r="E17" s="86">
-        <v>6.1005419991620879</v>
+        <v>6.3239320556101903</v>
       </c>
       <c r="F17" s="85">
-        <v>-13.430000000000149</v>
+        <v>-54.740000000000123</v>
       </c>
       <c r="G17" s="50">
-        <v>-6.7705182496471839</v>
+        <v>-20.360795982890139</v>
       </c>
       <c r="H17" s="86">
-        <v>-0.47681601931407186</v>
+        <v>-1.7290829606044564</v>
       </c>
       <c r="I17" s="86">
-        <v>-6.2532010988500017</v>
+        <v>-24.89652976759001</v>
       </c>
       <c r="J17" s="59"/>
       <c r="K17" s="59"/>
     </row>
     <row r="18" spans="1:13" s="39" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="59"/>
       <c r="B18" s="69"/>
       <c r="C18" s="70"/>
       <c r="D18" s="69"/>
       <c r="E18" s="70"/>
       <c r="F18" s="70"/>
       <c r="G18" s="25"/>
       <c r="H18" s="70"/>
       <c r="I18" s="70"/>
       <c r="J18" s="59"/>
     </row>
     <row r="19" spans="1:13" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A19" s="59" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="36"/>
       <c r="D19" s="59"/>
       <c r="E19" s="36"/>
       <c r="F19" s="36"/>