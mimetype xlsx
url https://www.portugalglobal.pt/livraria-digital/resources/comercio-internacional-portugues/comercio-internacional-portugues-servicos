--- v1 (2026-01-06)
+++ v2 (2026-03-24)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://portugalglobal-my.sharepoint.com/personal/joao_santos_portugalglobal_pt/Documents/Documentos/JMS/AICEP/Intelligence Externa/CIP/CIP Observatório/Serviços Finais/2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://portugalglobal-my.sharepoint.com/personal/joao_santos_portugalglobal_pt/Documents/Documentos/JMS/AICEP/Intelligence Externa/CIP/CIP Observatório/Serviços Finais/2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="8_{94F1A99E-CE49-4F2E-9F1D-B25158EBD362}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1E873861-B6CB-4C0E-AB74-F3BB73886564}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{0BEA81E4-5DBA-4AE8-9C44-46024A4F1BBD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6BF9FFD0-F349-424C-A99D-3A6DB61B4564}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="951" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Capa" sheetId="37" r:id="rId1"/>
     <sheet name="Índice" sheetId="36" r:id="rId2"/>
     <sheet name="1 Balança Comercial" sheetId="27" r:id="rId3"/>
     <sheet name="2 Tipos de Serviço" sheetId="25" r:id="rId4"/>
     <sheet name="3 Países Mensal" sheetId="32" r:id="rId5"/>
     <sheet name="3 Países Anual" sheetId="42" r:id="rId6"/>
     <sheet name="4 Balança Pag Tecnológica" sheetId="44" r:id="rId7"/>
     <sheet name=" " sheetId="38" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'2 Tipos de Serviço'!$A$1:$I$43</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'3 Países Mensal'!$A$1:$O$30</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'4 Balança Pag Tecnológica'!$A$1:$I$28</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
@@ -155,53 +155,50 @@
   <si>
     <t>Anexos</t>
   </si>
   <si>
     <t>de Serviços</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Resto do Mundo</t>
   </si>
   <si>
     <t>Var. Valor</t>
   </si>
   <si>
-    <t>% Total 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Direitos de aquisição/utilização de patentes e marcas</t>
   </si>
   <si>
     <t>Outros serviços de natureza técnica</t>
   </si>
   <si>
     <t>Serviços de assistência técnica</t>
   </si>
   <si>
     <t>Investigação e Desenvolvimento</t>
   </si>
   <si>
     <t>Exportação</t>
   </si>
   <si>
     <t>Agência para o Investimento e Comércio Externo de Portugal, E.P.E.</t>
   </si>
   <si>
     <t>Contact Centre: 808 214 214  email: aicep@portugalglobal.pt  www.portugalglobal.pt</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços</t>
   </si>
   <si>
     <t>Exportações e Importações por Tipos de Serviços</t>
@@ -212,60 +209,63 @@
   <si>
     <t>Balança de Pagamentos Tecnológica</t>
   </si>
   <si>
     <t>Fonte: Banco de Portugal</t>
   </si>
   <si>
     <t>Unidade: Milhões de euros, exceto quando indicado.</t>
   </si>
   <si>
     <t>Unidade: Milhões de Euros, exceto quando indicado.</t>
   </si>
   <si>
     <t>Fonte: Banco de Portugal; Unidade: Milhões de euros, exceto quando indicado.</t>
   </si>
   <si>
     <t>A Balança de Pagamentos Tecnológica constitui um instrumento para a compreensão e análise das transações relacionadas, nomeadamente, com a troca de conhecimento técnico e serviços de conteúdo tecnológico entre entidades pertencentes a diferentes territórios.</t>
   </si>
   <si>
     <t>% Total 2025</t>
   </si>
   <si>
     <t>Var. %</t>
   </si>
   <si>
-    <t>2025 (janeiro a outubro)</t>
-[...8 lines deleted...]
-    <t>2025 jan/out</t>
+    <t>2026 (janeiro)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Março de 2026</t>
+  </si>
+  <si>
+    <t>% Total 2026</t>
+  </si>
+  <si>
+    <t>2025 jan</t>
+  </si>
+  <si>
+    <t>2026 jan</t>
   </si>
   <si>
     <t>Transformação de recursos materiais de terceiros</t>
   </si>
   <si>
     <t>Manutenção e reparação</t>
   </si>
   <si>
     <t>Transportes</t>
   </si>
   <si>
     <t>Viagens e turismo</t>
   </si>
   <si>
     <t>Construção</t>
   </si>
   <si>
     <t>Seguros e pensões</t>
   </si>
   <si>
     <t>Financeiros</t>
   </si>
   <si>
     <t>Direitos de utilização de propriedade intelectual</t>
   </si>
@@ -2397,51 +2397,51 @@
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
       <c r="J18" s="2"/>
     </row>
     <row r="19" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="4"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
     </row>
     <row r="20" spans="1:10" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="5" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
     </row>
     <row r="21" spans="1:10" ht="19.5" x14ac:dyDescent="0.2">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="6"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
     </row>
     <row r="22" spans="1:10" ht="19.5" x14ac:dyDescent="0.2">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="6"/>
@@ -2660,51 +2660,51 @@
       <c r="A40" s="2"/>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
       <c r="J40" s="2"/>
     </row>
     <row r="41" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
       <c r="J41" s="2"/>
     </row>
     <row r="42" spans="1:10" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A42" s="9" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
       <c r="J42" s="2"/>
     </row>
     <row r="43" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
       <c r="J43" s="2"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
@@ -2714,601 +2714,601 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A2:A10"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="13"/>
     <col min="2" max="16384" width="9.140625" style="10"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A2" s="35" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:1" s="12" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="11" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:1" s="12" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="11"/>
     </row>
     <row r="6" spans="1:1" s="12" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="11" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:1" s="12" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="11"/>
     </row>
     <row r="8" spans="1:1" s="12" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:1" s="12" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="11"/>
     </row>
     <row r="10" spans="1:1" s="12" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="11" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" location="'1 Balança Comercial'!A1" display="Balança Comercial de Serviços" xr:uid="{00000000-0004-0000-0400-000000000000}"/>
     <hyperlink ref="A6" location="'2 Tipos de Serviço'!A1" display="Exportações e Importações por Tipos de Serviços" xr:uid="{00000000-0004-0000-0400-000001000000}"/>
     <hyperlink ref="A8" location="'3 Países Mensal'!A1" display="Principais Países Clientes e Fornecedores" xr:uid="{00000000-0004-0000-0400-000002000000}"/>
     <hyperlink ref="A10" location="Índice!A1" display="Balança de Pagamentos Tecnológica" xr:uid="{77E96760-9ACB-432F-ABCB-E3E9DD4AE440}"/>
   </hyperlinks>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.78740157480314965" bottom="0.78740157480314965" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1:K33"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" workbookViewId="0">
       <selection activeCell="B29" sqref="B29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="36" customWidth="1"/>
     <col min="2" max="2" width="33.7109375" style="36" customWidth="1"/>
     <col min="3" max="7" width="8.7109375" style="36" customWidth="1"/>
     <col min="8" max="8" width="7.7109375" style="36" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="36"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="37"/>
       <c r="B2" s="45" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C2" s="38"/>
       <c r="D2" s="38"/>
       <c r="E2" s="38"/>
       <c r="F2" s="38"/>
       <c r="G2" s="38"/>
       <c r="H2" s="38"/>
     </row>
     <row r="3" spans="1:11" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="37"/>
       <c r="B3" s="37"/>
       <c r="C3" s="38"/>
       <c r="D3" s="38"/>
       <c r="E3" s="38"/>
       <c r="F3" s="38"/>
       <c r="G3" s="38"/>
       <c r="H3" s="38"/>
     </row>
     <row r="4" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="46"/>
       <c r="C4" s="47" t="s">
         <v>54</v>
       </c>
       <c r="D4" s="48" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="E4" s="47" t="s">
         <v>55</v>
       </c>
       <c r="F4" s="48" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G4" s="48" t="s">
         <v>32</v>
       </c>
       <c r="H4" s="49" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="14"/>
       <c r="C5" s="15"/>
       <c r="D5" s="16"/>
       <c r="E5" s="15"/>
       <c r="F5" s="16"/>
       <c r="G5" s="17"/>
       <c r="H5" s="17"/>
     </row>
     <row r="6" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="19"/>
       <c r="D6" s="19"/>
       <c r="E6" s="19"/>
       <c r="F6" s="19"/>
       <c r="G6" s="19"/>
       <c r="H6" s="19"/>
       <c r="J6" s="39"/>
       <c r="K6" s="39"/>
     </row>
     <row r="7" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="20" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="21">
-        <v>49225.35</v>
+        <v>4198.49</v>
       </c>
       <c r="D7" s="22">
         <v>100</v>
       </c>
       <c r="E7" s="21">
-        <v>51762.189999999995</v>
+        <v>4142.1499999999996</v>
       </c>
       <c r="F7" s="22">
         <v>100</v>
       </c>
       <c r="G7" s="23">
-        <v>2536.8399999999965</v>
+        <v>-56.340000000000146</v>
       </c>
       <c r="H7" s="24">
-        <v>5.1535235402084423</v>
+        <v>-1.3419110203906677</v>
       </c>
       <c r="I7" s="26"/>
       <c r="J7" s="26"/>
       <c r="K7" s="40"/>
     </row>
     <row r="8" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="20" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="21">
-        <v>21503.249999999996</v>
+        <v>1991.4</v>
       </c>
       <c r="D8" s="22">
         <v>100</v>
       </c>
       <c r="E8" s="21">
-        <v>22298.06</v>
+        <v>2107.34</v>
       </c>
       <c r="F8" s="22">
         <v>100</v>
       </c>
       <c r="G8" s="23">
-        <v>794.81000000000495</v>
+        <v>115.94000000000005</v>
       </c>
       <c r="H8" s="24">
-        <v>3.6962319649355568</v>
+        <v>5.8220347494225191</v>
       </c>
       <c r="I8" s="26"/>
       <c r="J8" s="26"/>
       <c r="K8" s="40"/>
     </row>
     <row r="9" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="21">
-        <v>27722.100000000002</v>
+        <v>2207.0899999999997</v>
       </c>
       <c r="D9" s="22" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="21">
-        <v>29464.129999999994</v>
+        <v>2034.8099999999995</v>
       </c>
       <c r="F9" s="22" t="s">
         <v>9</v>
       </c>
       <c r="G9" s="23">
-        <v>1742.0299999999916</v>
+        <v>-172.2800000000002</v>
       </c>
       <c r="H9" s="24">
-        <v>6.2839034560873506</v>
+        <v>-7.8057532769393285</v>
       </c>
       <c r="I9" s="26"/>
       <c r="J9" s="39"/>
       <c r="K9" s="40"/>
     </row>
     <row r="10" spans="1:11" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="52" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="53">
-        <v>228.9205120156256</v>
+        <v>210.83107361655115</v>
       </c>
       <c r="D10" s="54" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="53">
-        <v>232.13763887979488</v>
+        <v>196.55822031565856</v>
       </c>
       <c r="F10" s="54" t="s">
         <v>9</v>
       </c>
       <c r="G10" s="54">
-        <v>3.2171268641692734</v>
+        <v>-14.272853300892592</v>
       </c>
       <c r="H10" s="53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:11" s="1" customFormat="1" ht="0.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="55"/>
       <c r="C11" s="51"/>
       <c r="D11" s="51"/>
       <c r="E11" s="51"/>
       <c r="F11" s="51"/>
       <c r="G11" s="51"/>
       <c r="H11" s="51"/>
     </row>
     <row r="12" spans="1:11" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C12" s="19"/>
       <c r="D12" s="19"/>
       <c r="E12" s="19"/>
       <c r="F12" s="19"/>
       <c r="G12" s="19"/>
       <c r="H12" s="19"/>
     </row>
     <row r="13" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="20" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="21">
-        <v>27400.99</v>
+        <v>2344.29</v>
       </c>
       <c r="D13" s="22">
-        <v>55.664388369000939</v>
+        <v>55.836503123742112</v>
       </c>
       <c r="E13" s="21">
-        <v>29324.28</v>
+        <v>2309.81</v>
       </c>
       <c r="F13" s="22">
-        <v>56.651930685312969</v>
+        <v>55.763552744347741</v>
       </c>
       <c r="G13" s="23">
-        <v>1923.2899999999972</v>
+        <v>-34.480000000000018</v>
       </c>
       <c r="H13" s="24">
-        <v>7.0190529612251122</v>
+        <v>-1.4708077925512637</v>
       </c>
       <c r="K13" s="26"/>
     </row>
     <row r="14" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="21">
-        <v>12498.2</v>
+        <v>1178.78</v>
       </c>
       <c r="D14" s="22">
-        <v>58.122376850011058</v>
+        <v>59.19353218841016</v>
       </c>
       <c r="E14" s="21">
-        <v>13052.430000000002</v>
+        <v>1190.3399999999999</v>
       </c>
       <c r="F14" s="22">
-        <v>58.536168617359543</v>
+        <v>56.485427126140053</v>
       </c>
       <c r="G14" s="23">
-        <v>554.23000000000138</v>
+        <v>11.559999999999945</v>
       </c>
       <c r="H14" s="24">
-        <v>4.4344785649133582</v>
+        <v>0.98067493510238934</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="20" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="21">
-        <v>14902.79</v>
+        <v>1165.51</v>
       </c>
       <c r="D15" s="22" t="s">
         <v>9</v>
       </c>
       <c r="E15" s="21">
-        <v>16271.849999999997</v>
+        <v>1119.47</v>
       </c>
       <c r="F15" s="22" t="s">
         <v>9</v>
       </c>
       <c r="G15" s="23">
-        <v>1369.0599999999959</v>
+        <v>-46.039999999999964</v>
       </c>
       <c r="H15" s="24">
-        <v>9.1866019718455121</v>
+        <v>-3.9502020574684016</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="20" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="24">
-        <v>219.23949048663007</v>
+        <v>198.87425982795773</v>
       </c>
       <c r="D16" s="22" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="24">
-        <v>224.66529220995625</v>
+        <v>194.04623888972898</v>
       </c>
       <c r="F16" s="22" t="s">
         <v>9</v>
       </c>
       <c r="G16" s="22" t="s">
         <v>9</v>
       </c>
       <c r="H16" s="24" t="s">
         <v>9</v>
       </c>
       <c r="J16" s="39"/>
       <c r="K16" s="39"/>
     </row>
     <row r="17" spans="2:11" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="52" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="53" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="54" t="s">
         <v>9</v>
       </c>
       <c r="E17" s="53" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="54" t="s">
         <v>9</v>
       </c>
       <c r="G17" s="54" t="s">
         <v>9</v>
       </c>
       <c r="H17" s="53">
-        <v>3.9071129001622076</v>
+        <v>-0.82124763903212861</v>
       </c>
     </row>
     <row r="18" spans="2:11" s="1" customFormat="1" ht="0.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="55"/>
       <c r="C18" s="51"/>
       <c r="D18" s="51"/>
       <c r="E18" s="51"/>
       <c r="F18" s="51"/>
       <c r="G18" s="51"/>
       <c r="H18" s="51"/>
     </row>
     <row r="19" spans="2:11" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="18" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="19"/>
       <c r="D19" s="19"/>
       <c r="E19" s="19"/>
       <c r="F19" s="19"/>
       <c r="G19" s="19"/>
       <c r="H19" s="19"/>
     </row>
     <row r="20" spans="2:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="20" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="21">
-        <v>21824.359999999997</v>
+        <v>1854.1999999999998</v>
       </c>
       <c r="D20" s="22">
-        <v>44.335611630999061</v>
+        <v>44.163496876257888</v>
       </c>
       <c r="E20" s="21">
-        <v>22437.909999999996</v>
+        <v>1832.3399999999997</v>
       </c>
       <c r="F20" s="22">
-        <v>43.348069314687031</v>
+        <v>44.236447255652259</v>
       </c>
       <c r="G20" s="23">
-        <v>613.54999999999927</v>
+        <v>-21.860000000000127</v>
       </c>
       <c r="H20" s="24">
-        <v>2.8113080979236016</v>
+        <v>-1.1789450976162297</v>
       </c>
       <c r="J20" s="14"/>
       <c r="K20" s="26"/>
     </row>
     <row r="21" spans="2:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="21">
-        <v>9005.0499999999956</v>
+        <v>812.62000000000012</v>
       </c>
       <c r="D21" s="22">
-        <v>41.877623149988942</v>
+        <v>40.80646781158984</v>
       </c>
       <c r="E21" s="21">
-        <v>9245.6299999999992</v>
+        <v>917.00000000000023</v>
       </c>
       <c r="F21" s="22">
-        <v>41.463831382640457</v>
+        <v>43.514572873859947</v>
       </c>
       <c r="G21" s="23">
-        <v>240.58000000000357</v>
+        <v>104.38000000000011</v>
       </c>
       <c r="H21" s="24">
-        <v>2.6716120399109795</v>
+        <v>12.844872141960584</v>
       </c>
       <c r="J21" s="14"/>
       <c r="K21" s="26"/>
     </row>
     <row r="22" spans="2:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="20" t="s">
         <v>7</v>
       </c>
       <c r="C22" s="21">
-        <v>12819.310000000001</v>
+        <v>1041.5799999999997</v>
       </c>
       <c r="D22" s="22" t="s">
         <v>9</v>
       </c>
       <c r="E22" s="21">
-        <v>13192.279999999997</v>
+        <v>915.33999999999946</v>
       </c>
       <c r="F22" s="22" t="s">
         <v>9</v>
       </c>
       <c r="G22" s="23">
-        <v>372.96999999999571</v>
+        <v>-126.24000000000024</v>
       </c>
       <c r="H22" s="24">
-        <v>2.9094389635635278</v>
+        <v>-12.120048388025911</v>
       </c>
     </row>
     <row r="23" spans="2:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="20" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="24">
-        <v>242.35689973959063</v>
+        <v>228.1755309984986</v>
       </c>
       <c r="D23" s="22" t="s">
         <v>9</v>
       </c>
       <c r="E23" s="24">
-        <v>242.68665304581728</v>
+        <v>199.81897491821147</v>
       </c>
       <c r="F23" s="22" t="s">
         <v>9</v>
       </c>
       <c r="G23" s="22" t="s">
         <v>9</v>
       </c>
       <c r="H23" s="24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="2:11" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B24" s="56" t="s">
         <v>15</v>
       </c>
       <c r="C24" s="57" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="58" t="s">
         <v>9</v>
       </c>
       <c r="E24" s="57" t="s">
         <v>9</v>
       </c>
       <c r="F24" s="58" t="s">
         <v>9</v>
       </c>
       <c r="G24" s="58" t="s">
         <v>9</v>
       </c>
       <c r="H24" s="57">
-        <v>1.2464106400462349</v>
+        <v>-0.52066338135853907</v>
       </c>
     </row>
     <row r="25" spans="2:11" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="14"/>
       <c r="C25" s="26"/>
       <c r="D25" s="26"/>
       <c r="E25" s="26"/>
       <c r="F25" s="26"/>
       <c r="G25" s="26"/>
       <c r="H25" s="27"/>
     </row>
     <row r="26" spans="2:11" x14ac:dyDescent="0.2">
       <c r="B26" s="59" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="28"/>
     </row>
     <row r="27" spans="2:11" x14ac:dyDescent="0.2">
       <c r="B27" s="59" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C27" s="41"/>
       <c r="D27" s="41"/>
       <c r="E27" s="41"/>
       <c r="F27" s="28"/>
       <c r="G27" s="28"/>
       <c r="H27" s="43"/>
     </row>
     <row r="28" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="29" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="61"/>
       <c r="C29" s="61"/>
       <c r="D29" s="61"/>
       <c r="E29" s="61"/>
       <c r="F29" s="61"/>
       <c r="G29" s="61"/>
       <c r="H29" s="61"/>
     </row>
     <row r="30" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="31" spans="2:11" x14ac:dyDescent="0.2">
       <c r="B31" s="14" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="32" spans="2:11" x14ac:dyDescent="0.2">
       <c r="B32" s="60" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="33" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B33" s="44"/>
     </row>
   </sheetData>
   <phoneticPr fontId="2" type="noConversion"/>
   <conditionalFormatting sqref="B11:H11">
     <cfRule type="cellIs" dxfId="16" priority="6" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B18:H18">
     <cfRule type="cellIs" dxfId="15" priority="3" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C7:H10">
     <cfRule type="cellIs" dxfId="14" priority="5" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C13:H17">
     <cfRule type="cellIs" dxfId="13" priority="2" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
@@ -3321,1043 +3321,1048 @@
   </conditionalFormatting>
   <conditionalFormatting sqref="G11:H11">
     <cfRule type="cellIs" dxfId="11" priority="7" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G18:H18">
     <cfRule type="cellIs" dxfId="10" priority="4" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="B32" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{41C9918C-D8D9-462D-82D4-E2E241B1576A}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr codeName="Sheet4"/>
-  <dimension ref="A1:O47"/>
+  <dimension ref="A1:P47"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" workbookViewId="0">
       <selection activeCell="A39" sqref="A39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="38.7109375" style="14" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="36" customWidth="1"/>
     <col min="3" max="3" width="7.7109375" style="76" customWidth="1"/>
     <col min="4" max="4" width="7.7109375" style="36" customWidth="1"/>
     <col min="5" max="6" width="7.7109375" style="76" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="77" customWidth="1"/>
     <col min="8" max="9" width="7.7109375" style="76" customWidth="1"/>
-    <col min="10" max="15" width="9.140625" style="39"/>
-    <col min="16" max="16384" width="9.140625" style="36"/>
+    <col min="10" max="16" width="9.140625" style="39"/>
+    <col min="17" max="16384" width="9.140625" style="36"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="36"/>
       <c r="C1" s="36"/>
       <c r="E1" s="36"/>
       <c r="F1" s="36"/>
       <c r="G1" s="36"/>
       <c r="H1" s="36"/>
       <c r="I1" s="36"/>
       <c r="J1" s="36"/>
       <c r="K1" s="36"/>
       <c r="L1" s="36"/>
       <c r="M1" s="36"/>
       <c r="N1" s="36"/>
       <c r="O1" s="36"/>
-    </row>
-    <row r="2" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P1" s="36"/>
+    </row>
+    <row r="2" spans="1:16" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="45" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B2" s="37"/>
       <c r="C2" s="38"/>
       <c r="D2" s="38"/>
       <c r="E2" s="38"/>
       <c r="F2" s="38"/>
       <c r="G2" s="38"/>
       <c r="H2" s="38"/>
       <c r="I2" s="38"/>
       <c r="J2" s="36"/>
       <c r="K2" s="36"/>
       <c r="L2" s="36"/>
       <c r="M2" s="36"/>
       <c r="N2" s="36"/>
       <c r="O2" s="36"/>
-    </row>
-    <row r="3" spans="1:15" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P2" s="36"/>
+    </row>
+    <row r="3" spans="1:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="37"/>
       <c r="B3" s="37"/>
       <c r="C3" s="38"/>
       <c r="D3" s="38"/>
       <c r="E3" s="38"/>
       <c r="F3" s="38"/>
       <c r="G3" s="38"/>
       <c r="H3" s="38"/>
       <c r="I3" s="38"/>
       <c r="J3" s="36"/>
       <c r="K3" s="36"/>
       <c r="L3" s="36"/>
       <c r="M3" s="36"/>
       <c r="N3" s="36"/>
       <c r="O3" s="36"/>
-    </row>
-    <row r="4" spans="1:15" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P3" s="36"/>
+    </row>
+    <row r="4" spans="1:16" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="80" t="s">
         <v>20</v>
       </c>
       <c r="B4" s="81" t="s">
         <v>54</v>
       </c>
       <c r="C4" s="82" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="D4" s="81" t="s">
         <v>55</v>
       </c>
       <c r="E4" s="82" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F4" s="82" t="s">
         <v>32</v>
       </c>
       <c r="G4" s="82" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H4" s="82" t="s">
         <v>1</v>
       </c>
       <c r="I4" s="83" t="s">
         <v>2</v>
       </c>
       <c r="J4" s="62"/>
       <c r="K4" s="62"/>
       <c r="L4" s="62"/>
       <c r="M4" s="62"/>
       <c r="N4" s="62"/>
       <c r="O4" s="62"/>
-    </row>
-    <row r="5" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P4" s="62"/>
+    </row>
+    <row r="5" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="63" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="64">
-        <v>49225.35</v>
+        <v>4198.49</v>
       </c>
       <c r="C5" s="65">
         <v>100</v>
       </c>
       <c r="D5" s="64">
-        <v>51762.189999999995</v>
+        <v>4142.1499999999996</v>
       </c>
       <c r="E5" s="65">
         <v>100</v>
       </c>
       <c r="F5" s="64">
-        <v>2536.8399999999965</v>
+        <v>-56.340000000000146</v>
       </c>
       <c r="G5" s="66">
-        <v>5.1535235402084423</v>
+        <v>-1.3419110203906677</v>
       </c>
       <c r="H5" s="65">
-        <v>5.1535235402084423</v>
+        <v>-1.3419110203906677</v>
       </c>
       <c r="I5" s="65">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="67" t="s">
         <v>59</v>
       </c>
       <c r="B6" s="21">
-        <v>24671.629999999997</v>
+        <v>1549.84</v>
       </c>
       <c r="C6" s="68">
-        <v>50.119765527314684</v>
+        <v>36.914223923362918</v>
       </c>
       <c r="D6" s="21">
-        <v>25985.21</v>
+        <v>1596.42</v>
       </c>
       <c r="E6" s="68">
-        <v>50.201141025910999</v>
+        <v>38.540854387214374</v>
       </c>
       <c r="F6" s="21">
-        <v>1313.5800000000017</v>
+        <v>46.580000000000155</v>
       </c>
       <c r="G6" s="24">
-        <v>5.3242529982818398</v>
+        <v>3.0054715325453052</v>
       </c>
       <c r="H6" s="68">
-        <v>2.66850311881988</v>
+        <v>1.1094464914767013</v>
       </c>
       <c r="I6" s="68">
-        <v>51.780167452421267</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-82.676606318778909</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="67" t="s">
         <v>58</v>
       </c>
       <c r="B7" s="21">
-        <v>8709.93</v>
+        <v>840.82</v>
       </c>
       <c r="C7" s="68">
-        <v>17.693993034076954</v>
+        <v>20.026723893590319</v>
       </c>
       <c r="D7" s="21">
-        <v>9035.1299999999992</v>
+        <v>836.24</v>
       </c>
       <c r="E7" s="68">
-        <v>17.455076765492343</v>
+        <v>20.188549424815616</v>
       </c>
       <c r="F7" s="21">
-        <v>325.19999999999891</v>
+        <v>-4.5800000000000409</v>
       </c>
       <c r="G7" s="24">
-        <v>3.7336695013622259</v>
+        <v>-0.5447063580790229</v>
       </c>
       <c r="H7" s="68">
-        <v>0.66063522148648801</v>
+        <v>-0.1090868383633173</v>
       </c>
       <c r="I7" s="68">
-        <v>12.819097775184851</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>8.1292154774583398</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="67" t="s">
         <v>65</v>
       </c>
       <c r="B8" s="21">
-        <v>8079.56</v>
+        <v>939.43</v>
       </c>
       <c r="C8" s="68">
-        <v>16.413413007728742</v>
+        <v>22.375425450578661</v>
       </c>
       <c r="D8" s="21">
-        <v>8675.82</v>
+        <v>831.35</v>
       </c>
       <c r="E8" s="68">
-        <v>16.760921437056663</v>
+        <v>20.070494791352321</v>
       </c>
       <c r="F8" s="21">
-        <v>596.25999999999931</v>
+        <v>-108.07999999999993</v>
       </c>
       <c r="G8" s="24">
-        <v>7.3798573189629053</v>
+        <v>-11.5048486848408</v>
       </c>
       <c r="H8" s="68">
-        <v>1.211286461142479</v>
+        <v>-2.5742588406784326</v>
       </c>
       <c r="I8" s="68">
-        <v>23.504044401696603</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>191.83528576499759</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="67" t="s">
         <v>64</v>
       </c>
       <c r="B9" s="21">
-        <v>4019.67</v>
+        <v>447.69</v>
       </c>
       <c r="C9" s="68">
-        <v>8.1658535693499381</v>
+        <v>10.663119359579278</v>
       </c>
       <c r="D9" s="21">
-        <v>4323.6799999999994</v>
+        <v>450.15</v>
       </c>
       <c r="E9" s="68">
-        <v>8.3529696096706871</v>
+        <v>10.867544632618326</v>
       </c>
       <c r="F9" s="21">
-        <v>304.00999999999931</v>
+        <v>2.4599999999999795</v>
       </c>
       <c r="G9" s="24">
-        <v>7.5630586590441338</v>
+        <v>0.54948736849158553</v>
       </c>
       <c r="H9" s="68">
-        <v>0.61758829546158489</v>
+        <v>5.8592493968068982E-2</v>
       </c>
       <c r="I9" s="68">
-        <v>11.983806625565654</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-4.3663471778487279</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="67" t="s">
         <v>60</v>
       </c>
       <c r="B10" s="21">
-        <v>1006.5300000000001</v>
+        <v>114.98</v>
       </c>
       <c r="C10" s="68">
-        <v>2.0447391435510363</v>
+        <v>2.7386036408327761</v>
       </c>
       <c r="D10" s="21">
-        <v>919.02</v>
+        <v>93.84</v>
       </c>
       <c r="E10" s="68">
-        <v>1.7754658371293797</v>
+        <v>2.2654901440073396</v>
       </c>
       <c r="F10" s="21">
-        <v>-87.510000000000105</v>
+        <v>-21.14</v>
       </c>
       <c r="G10" s="24">
-        <v>-8.6942266996512867</v>
+        <v>-18.385806227169944</v>
       </c>
       <c r="H10" s="68">
-        <v>-0.17777425655683526</v>
+        <v>-0.50351435873373529</v>
       </c>
       <c r="I10" s="68">
-        <v>-3.4495671780640573</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>37.522186723464593</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="67" t="s">
         <v>57</v>
       </c>
       <c r="B11" s="21">
-        <v>790.93000000000006</v>
+        <v>59.32</v>
       </c>
       <c r="C11" s="68">
-        <v>1.6067534309050118</v>
+        <v>1.4128889195877565</v>
       </c>
       <c r="D11" s="21">
-        <v>812.93000000000006</v>
+        <v>77.94</v>
       </c>
       <c r="E11" s="68">
-        <v>1.5705092848660385</v>
+        <v>1.8816315198628732</v>
       </c>
       <c r="F11" s="21">
-        <v>22</v>
+        <v>18.619999999999997</v>
       </c>
       <c r="G11" s="24">
-        <v>2.7815356605515023</v>
+        <v>31.389076196898174</v>
       </c>
       <c r="H11" s="68">
-        <v>4.4692419657757637E-2</v>
+        <v>0.44349277954693223</v>
       </c>
       <c r="I11" s="68">
-        <v>0.86722063669762495</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-33.049343272985354</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="67" t="s">
         <v>66</v>
       </c>
       <c r="B12" s="21">
-        <v>577.68000000000006</v>
+        <v>66.069999999999993</v>
       </c>
       <c r="C12" s="68">
-        <v>1.1735416812678834</v>
+        <v>1.5736610066952643</v>
       </c>
       <c r="D12" s="21">
-        <v>612.45000000000005</v>
+        <v>69.52</v>
       </c>
       <c r="E12" s="68">
-        <v>1.1831995516418452</v>
+        <v>1.678355443429137</v>
       </c>
       <c r="F12" s="21">
-        <v>34.769999999999982</v>
+        <v>3.4500000000000028</v>
       </c>
       <c r="G12" s="24">
-        <v>6.0189031990029038</v>
+        <v>5.2217345239897126</v>
       </c>
       <c r="H12" s="68">
-        <v>7.0634337795465102E-2</v>
+        <v>8.2172400077170665E-2</v>
       </c>
       <c r="I12" s="68">
-        <v>1.3706027971807457</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-6.1235356762513202</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="67" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="21">
-        <v>616.93999999999994</v>
+        <v>60.51</v>
       </c>
       <c r="C13" s="68">
-        <v>1.2532973356207726</v>
+        <v>1.4412324430926358</v>
       </c>
       <c r="D13" s="21">
-        <v>599.78000000000009</v>
+        <v>63.98</v>
       </c>
       <c r="E13" s="68">
-        <v>1.1587222256245344</v>
+        <v>1.5446084762743986</v>
       </c>
       <c r="F13" s="21">
-        <v>-17.159999999999854</v>
+        <v>3.4699999999999989</v>
       </c>
       <c r="G13" s="24">
-        <v>-2.7814698349920342</v>
+        <v>5.7345893240786632</v>
       </c>
       <c r="H13" s="68">
-        <v>-3.4860087333050661E-2</v>
+        <v>8.2648761816748378E-2</v>
       </c>
       <c r="I13" s="68">
-        <v>-0.67643209662414172</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-6.1590344337947993</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="67" t="s">
         <v>56</v>
       </c>
       <c r="B14" s="21">
-        <v>220.05</v>
+        <v>61.79</v>
       </c>
       <c r="C14" s="68">
-        <v>0.44702577025861678</v>
+        <v>1.471719594425615</v>
       </c>
       <c r="D14" s="21">
-        <v>238.79</v>
+        <v>63.68</v>
       </c>
       <c r="E14" s="68">
-        <v>0.46132128489926721</v>
+        <v>1.5373658607245031</v>
       </c>
       <c r="F14" s="21">
-        <v>18.739999999999981</v>
+        <v>1.8900000000000006</v>
       </c>
       <c r="G14" s="24">
-        <v>8.5162463076573403</v>
+        <v>3.0587473701246166</v>
       </c>
       <c r="H14" s="68">
-        <v>3.8069815653926239E-2</v>
+        <v>4.5016184390102167E-2</v>
       </c>
       <c r="I14" s="68">
-        <v>0.73871430598697618</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-3.3546325878594172</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="67" t="s">
         <v>61</v>
       </c>
       <c r="B15" s="21">
-        <v>207.50999999999996</v>
+        <v>23.58</v>
       </c>
       <c r="C15" s="68">
-        <v>0.42155109105369482</v>
+        <v>0.56163049096222695</v>
       </c>
       <c r="D15" s="21">
-        <v>222.78</v>
+        <v>22.07</v>
       </c>
       <c r="E15" s="68">
-        <v>0.43039137254432247</v>
+        <v>0.53281508395398525</v>
       </c>
       <c r="F15" s="21">
-        <v>15.270000000000039</v>
+        <v>-1.509999999999998</v>
       </c>
       <c r="G15" s="24">
-        <v>7.358681509324871</v>
+        <v>-6.4037319762510521</v>
       </c>
       <c r="H15" s="68">
-        <v>3.1020602189725494E-2</v>
+        <v>-3.5965311338123897E-2</v>
       </c>
       <c r="I15" s="68">
-        <v>0.60192996010785305</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>2.6801561945331809</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="67" t="s">
         <v>67</v>
       </c>
       <c r="B16" s="21">
-        <v>174.51</v>
+        <v>17.760000000000002</v>
       </c>
       <c r="C16" s="68">
-        <v>0.3545124615670584</v>
+        <v>0.42300922474508701</v>
       </c>
       <c r="D16" s="21">
-        <v>177.74</v>
+        <v>18.989999999999998</v>
       </c>
       <c r="E16" s="68">
-        <v>0.34337805259012422</v>
+        <v>0.45845756430839057</v>
       </c>
       <c r="F16" s="21">
-        <v>3.2300000000000182</v>
+        <v>1.2299999999999969</v>
       </c>
       <c r="G16" s="24">
-        <v>1.8508967967451828</v>
+        <v>6.9256756756756577</v>
       </c>
       <c r="H16" s="68">
-        <v>6.5616597952071806E-3</v>
+        <v>2.9296246984034657E-2</v>
       </c>
       <c r="I16" s="68">
-        <v>0.12732375711515201</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-2.1831735889243764</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="84" t="s">
         <v>63</v>
       </c>
       <c r="B17" s="85">
-        <v>150.37</v>
+        <v>16.7</v>
       </c>
       <c r="C17" s="86">
-        <v>0.30547268836077351</v>
+        <v>0.39776205254746344</v>
       </c>
       <c r="D17" s="85">
-        <v>158.82</v>
+        <v>17.96</v>
       </c>
       <c r="E17" s="86">
-        <v>0.30682627609071411</v>
+        <v>0.43359125092041578</v>
       </c>
       <c r="F17" s="85">
-        <v>8.4499999999999886</v>
+        <v>1.2600000000000016</v>
       </c>
       <c r="G17" s="50">
-        <v>5.619471969142773</v>
+        <v>7.5449101796407279</v>
       </c>
       <c r="H17" s="86">
-        <v>1.7165952095820523E-2</v>
+        <v>3.0010789593401473E-2</v>
       </c>
       <c r="I17" s="86">
-        <v>0.3330915627315873</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-2.2364217252396137</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="59"/>
       <c r="B18" s="69"/>
       <c r="C18" s="70"/>
       <c r="D18" s="69"/>
       <c r="E18" s="70"/>
       <c r="F18" s="70"/>
       <c r="G18" s="25"/>
       <c r="H18" s="70"/>
       <c r="I18" s="70"/>
     </row>
-    <row r="19" spans="1:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:16" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="71"/>
       <c r="B19" s="69"/>
       <c r="C19" s="69"/>
       <c r="D19" s="69"/>
       <c r="E19" s="69"/>
       <c r="F19" s="69"/>
       <c r="G19" s="72"/>
       <c r="H19" s="70"/>
       <c r="I19" s="70"/>
     </row>
-    <row r="20" spans="1:15" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="80" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>54</v>
       </c>
       <c r="C20" s="82" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="D20" s="81" t="s">
         <v>55</v>
       </c>
       <c r="E20" s="82" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F20" s="82" t="s">
         <v>32</v>
       </c>
       <c r="G20" s="82" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H20" s="82" t="s">
         <v>1</v>
       </c>
       <c r="I20" s="83" t="s">
         <v>2</v>
       </c>
       <c r="J20" s="62"/>
       <c r="K20" s="62"/>
       <c r="L20" s="62"/>
       <c r="M20" s="62"/>
       <c r="N20" s="62"/>
       <c r="O20" s="62"/>
-    </row>
-    <row r="21" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P20" s="62"/>
+    </row>
+    <row r="21" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="63" t="s">
         <v>0</v>
       </c>
       <c r="B21" s="64">
-        <v>21503.249999999996</v>
+        <v>1991.4</v>
       </c>
       <c r="C21" s="65">
         <v>100</v>
       </c>
       <c r="D21" s="64">
-        <v>22298.06</v>
+        <v>2107.34</v>
       </c>
       <c r="E21" s="65">
         <v>100</v>
       </c>
       <c r="F21" s="64">
-        <v>794.81000000000495</v>
+        <v>115.94000000000005</v>
       </c>
       <c r="G21" s="66">
-        <v>3.6962319649355568</v>
+        <v>5.8220347494225191</v>
       </c>
       <c r="H21" s="65">
-        <v>3.6962319649355568</v>
+        <v>5.8220347494225191</v>
       </c>
       <c r="I21" s="65">
         <v>100</v>
       </c>
     </row>
-    <row r="22" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="67" t="s">
+        <v>65</v>
+      </c>
+      <c r="B22" s="21">
+        <v>661.26</v>
+      </c>
+      <c r="C22" s="68">
+        <v>33.205784874962333</v>
+      </c>
+      <c r="D22" s="21">
+        <v>665.06</v>
+      </c>
+      <c r="E22" s="68">
+        <v>31.55921683259464</v>
+      </c>
+      <c r="F22" s="21">
+        <v>3.7999999999999545</v>
+      </c>
+      <c r="G22" s="24">
+        <v>0.5746604966276434</v>
+      </c>
+      <c r="H22" s="68">
+        <v>0.19082052827156543</v>
+      </c>
+      <c r="I22" s="68">
+        <v>3.2775573572537109</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="67" t="s">
+        <v>58</v>
+      </c>
+      <c r="B23" s="21">
+        <v>393.09</v>
+      </c>
+      <c r="C23" s="68">
+        <v>19.739379331123828</v>
+      </c>
+      <c r="D23" s="21">
+        <v>496.21</v>
+      </c>
+      <c r="E23" s="68">
+        <v>23.546746134937884</v>
+      </c>
+      <c r="F23" s="21">
+        <v>103.12</v>
+      </c>
+      <c r="G23" s="24">
+        <v>26.233178152585921</v>
+      </c>
+      <c r="H23" s="68">
+        <v>5.1782665461484383</v>
+      </c>
+      <c r="I23" s="68">
+        <v>88.942556494738625</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="67" t="s">
         <v>59</v>
       </c>
-      <c r="B22" s="21">
-[...56 lines deleted...]
-      </c>
       <c r="B24" s="21">
-        <v>4688.34</v>
+        <v>356.82</v>
       </c>
       <c r="C24" s="68">
-        <v>21.802936765372678</v>
+        <v>17.91804760470021</v>
       </c>
       <c r="D24" s="21">
-        <v>4828</v>
+        <v>377.28</v>
       </c>
       <c r="E24" s="68">
-        <v>21.652107851535067</v>
+        <v>17.903138553816657</v>
       </c>
       <c r="F24" s="21">
-        <v>139.65999999999985</v>
+        <v>20.45999999999998</v>
       </c>
       <c r="G24" s="24">
-        <v>2.9788795181236822</v>
+        <v>5.7339835211030712</v>
       </c>
       <c r="H24" s="68">
-        <v>0.64948321765314487</v>
+        <v>1.0274178969569137</v>
       </c>
       <c r="I24" s="68">
-        <v>17.571495074294358</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>17.647058823529385</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="67" t="s">
         <v>64</v>
       </c>
       <c r="B25" s="21">
-        <v>1654.35</v>
+        <v>164.99</v>
       </c>
       <c r="C25" s="68">
-        <v>7.6934881936451465</v>
+        <v>8.2851260419805151</v>
       </c>
       <c r="D25" s="21">
-        <v>1844.2500000000002</v>
+        <v>179.09</v>
       </c>
       <c r="E25" s="68">
-        <v>8.2708989033126645</v>
+        <v>8.4983913369461028</v>
       </c>
       <c r="F25" s="21">
-        <v>189.90000000000032</v>
+        <v>14.099999999999994</v>
       </c>
       <c r="G25" s="24">
-        <v>11.478828542932289</v>
+        <v>8.5459724831807939</v>
       </c>
       <c r="H25" s="68">
-        <v>0.88312231871926505</v>
+        <v>0.70804459174450096</v>
       </c>
       <c r="I25" s="68">
-        <v>23.892502610686723</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>12.161462825599436</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="67" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="B26" s="21">
-        <v>786.69</v>
+        <v>80.599999999999994</v>
       </c>
       <c r="C26" s="68">
-        <v>3.6584702312441153</v>
+        <v>4.0474038364969367</v>
       </c>
       <c r="D26" s="21">
-        <v>828.32999999999993</v>
+        <v>105.63</v>
       </c>
       <c r="E26" s="68">
-        <v>3.7148074765248631</v>
+        <v>5.0124801882942469</v>
       </c>
       <c r="F26" s="21">
-        <v>41.639999999999873</v>
+        <v>25.03</v>
       </c>
       <c r="G26" s="24">
-        <v>5.2930633413415533</v>
+        <v>31.054590570719608</v>
       </c>
       <c r="H26" s="68">
-        <v>0.19364514666387583</v>
+        <v>1.2569046901677212</v>
       </c>
       <c r="I26" s="68">
-        <v>5.238987934223224</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>21.588752803174046</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="67" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="21">
-        <v>681.65000000000009</v>
+        <v>68.22</v>
       </c>
       <c r="C27" s="68">
-        <v>3.1699859323590629</v>
+        <v>3.4257306417595661</v>
       </c>
       <c r="D27" s="21">
-        <v>696.63999999999987</v>
+        <v>66.459999999999994</v>
       </c>
       <c r="E27" s="68">
-        <v>3.1242179812952329</v>
+        <v>3.1537388366376566</v>
       </c>
       <c r="F27" s="21">
-        <v>14.989999999999782</v>
+        <v>-1.7600000000000051</v>
       </c>
       <c r="G27" s="24">
-        <v>2.1990757720237335</v>
+        <v>-2.5798885957197379</v>
       </c>
       <c r="H27" s="68">
-        <v>6.9710392615068811E-2</v>
+        <v>-8.8380034146831626E-2</v>
       </c>
       <c r="I27" s="68">
-        <v>1.8859853298272149</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-1.5180265654648992</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="67" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B28" s="21">
-        <v>797.74</v>
+        <v>45.92</v>
       </c>
       <c r="C28" s="68">
-        <v>3.7098578121911814</v>
+        <v>2.3059154363764187</v>
       </c>
       <c r="D28" s="21">
-        <v>659.29000000000008</v>
+        <v>60.49</v>
       </c>
       <c r="E28" s="68">
-        <v>2.9567146200162706</v>
+        <v>2.8704433076769766</v>
       </c>
       <c r="F28" s="21">
-        <v>-138.44999999999993</v>
+        <v>14.57</v>
       </c>
       <c r="G28" s="24">
-        <v>-17.355278662220766</v>
+        <v>31.729094076655052</v>
       </c>
       <c r="H28" s="68">
-        <v>-0.6438561612779462</v>
+        <v>0.7316460781359847</v>
       </c>
       <c r="I28" s="68">
-        <v>-17.419257432593838</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>12.566844919786091</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="67" t="s">
+        <v>63</v>
+      </c>
+      <c r="B29" s="21">
+        <v>104.3</v>
+      </c>
+      <c r="C29" s="68">
+        <v>5.2375213417696092</v>
+      </c>
+      <c r="D29" s="21">
+        <v>60.13</v>
+      </c>
+      <c r="E29" s="68">
+        <v>2.8533601602019605</v>
+      </c>
+      <c r="F29" s="21">
+        <v>-44.169999999999995</v>
+      </c>
+      <c r="G29" s="24">
+        <v>-42.348993288590599</v>
+      </c>
+      <c r="H29" s="68">
+        <v>-2.218037561514512</v>
+      </c>
+      <c r="I29" s="68">
+        <v>-38.097291702604771</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="67" t="s">
         <v>66</v>
       </c>
-      <c r="B29" s="21">
-[...27 lines deleted...]
-      </c>
       <c r="B30" s="21">
-        <v>461.17</v>
+        <v>50.23</v>
       </c>
       <c r="C30" s="68">
-        <v>2.1446525525211309</v>
+        <v>2.5223460881791704</v>
       </c>
       <c r="D30" s="21">
-        <v>526.12</v>
+        <v>54.78</v>
       </c>
       <c r="E30" s="68">
-        <v>2.3594877760666173</v>
+        <v>2.5994856074482522</v>
       </c>
       <c r="F30" s="21">
-        <v>64.949999999999989</v>
+        <v>4.5500000000000043</v>
       </c>
       <c r="G30" s="24">
-        <v>14.083743521911657</v>
+        <v>9.0583316742982376</v>
       </c>
       <c r="H30" s="68">
-        <v>0.30204736493320777</v>
+        <v>0.22848247464095628</v>
       </c>
       <c r="I30" s="68">
-        <v>8.1717643210326472</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>3.9244436777643625</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="67" t="s">
         <v>60</v>
       </c>
       <c r="B31" s="21">
-        <v>344.33000000000004</v>
+        <v>56.48</v>
       </c>
       <c r="C31" s="68">
-        <v>1.601292827828352</v>
+        <v>2.8361956412574068</v>
       </c>
       <c r="D31" s="21">
-        <v>433.17</v>
+        <v>35.44</v>
       </c>
       <c r="E31" s="68">
-        <v>1.9426353682786754</v>
+        <v>1.6817409625404536</v>
       </c>
       <c r="F31" s="21">
-        <v>88.839999999999975</v>
+        <v>-21.04</v>
       </c>
       <c r="G31" s="24">
-        <v>25.800830598553702</v>
+        <v>-37.252124645892351</v>
       </c>
       <c r="H31" s="68">
-        <v>0.41314684989478334</v>
+        <v>-1.0565431354825749</v>
       </c>
       <c r="I31" s="68">
-        <v>11.177514122872061</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-18.147317578057606</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="67" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="21">
-        <v>47.46</v>
+        <v>7.62</v>
       </c>
       <c r="C32" s="68">
-        <v>0.22071082278260268</v>
+        <v>0.38264537511298585</v>
       </c>
       <c r="D32" s="21">
-        <v>60.560000000000009</v>
+        <v>5.54</v>
       </c>
       <c r="E32" s="68">
-        <v>0.27159313411121866</v>
+        <v>0.26289065836552239</v>
       </c>
       <c r="F32" s="21">
-        <v>13.100000000000009</v>
+        <v>-2.08</v>
       </c>
       <c r="G32" s="24">
-        <v>27.602191319005499</v>
+        <v>-27.296587926509186</v>
       </c>
       <c r="H32" s="68">
-        <v>6.0921023566205164E-2</v>
+        <v>-0.10444913126443708</v>
       </c>
       <c r="I32" s="68">
-        <v>1.64819264981567</v>
+        <v>-1.7940313955494214</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="84" t="s">
         <v>56</v>
       </c>
       <c r="B33" s="85">
-        <v>72.939999999999984</v>
+        <v>1.89</v>
       </c>
       <c r="C33" s="86">
-        <v>0.33920453884877866</v>
+        <v>9.4908104850858682E-2</v>
       </c>
       <c r="D33" s="85">
-        <v>54.62</v>
+        <v>1.23</v>
       </c>
       <c r="E33" s="86">
-        <v>0.24495404532950396</v>
+        <v>5.8367420539637643E-2</v>
       </c>
       <c r="F33" s="85">
-        <v>-18.319999999999986</v>
+        <v>-0.65999999999999992</v>
       </c>
       <c r="G33" s="50">
-        <v>-25.116534137647367</v>
+        <v>-34.920634920634917</v>
       </c>
       <c r="H33" s="86">
-        <v>-8.5196423796402826E-2</v>
+        <v>-3.3142512805061759E-2</v>
       </c>
       <c r="I33" s="86">
-        <v>-2.3049533850857276</v>
+        <v>-0.56925996204933549</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="59"/>
       <c r="B34" s="69"/>
       <c r="C34" s="70"/>
       <c r="D34" s="69"/>
       <c r="E34" s="70"/>
       <c r="F34" s="70"/>
       <c r="G34" s="25"/>
       <c r="H34" s="70"/>
       <c r="I34" s="70"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A35" s="59" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B35" s="43"/>
       <c r="C35" s="43"/>
       <c r="D35" s="41"/>
       <c r="E35" s="43"/>
       <c r="F35" s="43"/>
       <c r="G35" s="73"/>
       <c r="H35" s="74"/>
       <c r="I35" s="75"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A36" s="59" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B36" s="43"/>
       <c r="C36" s="75"/>
       <c r="D36" s="43"/>
       <c r="E36" s="75"/>
       <c r="F36" s="75"/>
       <c r="G36" s="73"/>
       <c r="H36" s="74"/>
       <c r="I36" s="75"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A37" s="59" t="s">
         <v>3</v>
       </c>
       <c r="B37" s="43"/>
       <c r="C37" s="75"/>
       <c r="D37" s="43"/>
       <c r="E37" s="75"/>
       <c r="F37" s="75"/>
       <c r="G37" s="73"/>
       <c r="H37" s="74"/>
       <c r="I37" s="75"/>
     </row>
     <row r="38" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I38" s="78"/>
     </row>
     <row r="39" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="61"/>
       <c r="B39" s="61"/>
       <c r="C39" s="87"/>
       <c r="D39" s="61"/>
       <c r="E39" s="87"/>
       <c r="F39" s="87"/>
       <c r="G39" s="88"/>
       <c r="H39" s="88"/>
       <c r="I39" s="88"/>
     </row>
     <row r="40" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="36"/>
       <c r="I40" s="78"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A41" s="14" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="I41" s="78"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A42" s="60" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="I42" s="78"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A43" s="44"/>
       <c r="I43" s="78"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A44" s="36"/>
       <c r="I44" s="78"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A45" s="36"/>
       <c r="I45" s="78"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I46" s="78"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I47" s="78"/>
     </row>
   </sheetData>
   <phoneticPr fontId="2" type="noConversion"/>
   <conditionalFormatting sqref="B5:I17 B21:I33">
     <cfRule type="cellIs" dxfId="9" priority="1" operator="lessThan">
@@ -4386,924 +4391,924 @@
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr codeName="Sheet5"/>
   <dimension ref="A1:O29"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A25" sqref="A25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.7109375" style="36" customWidth="1"/>
     <col min="2" max="6" width="8.7109375" style="36" customWidth="1"/>
     <col min="7" max="7" width="6.7109375" style="36" customWidth="1"/>
     <col min="8" max="12" width="8.7109375" style="36" customWidth="1"/>
     <col min="13" max="13" width="6.7109375" style="36" customWidth="1"/>
     <col min="14" max="15" width="8.7109375" style="36" customWidth="1"/>
     <col min="16" max="16384" width="9.140625" style="36"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" ht="15" x14ac:dyDescent="0.2">
       <c r="A2" s="45" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B2" s="89"/>
       <c r="C2" s="89"/>
       <c r="D2" s="89"/>
       <c r="E2" s="89"/>
       <c r="F2" s="89"/>
       <c r="G2" s="89"/>
       <c r="H2" s="89"/>
       <c r="I2" s="89"/>
     </row>
     <row r="3" spans="1:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="89"/>
       <c r="C3" s="89"/>
       <c r="D3" s="89"/>
       <c r="E3" s="89"/>
       <c r="F3" s="89"/>
       <c r="G3" s="89"/>
       <c r="H3" s="89"/>
       <c r="I3" s="89"/>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A4" s="98"/>
       <c r="B4" s="111" t="s">
         <v>17</v>
       </c>
       <c r="C4" s="112"/>
       <c r="D4" s="112"/>
       <c r="E4" s="112"/>
       <c r="F4" s="112"/>
       <c r="G4" s="113"/>
       <c r="H4" s="111" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="112"/>
       <c r="J4" s="112"/>
       <c r="K4" s="112"/>
       <c r="L4" s="112"/>
       <c r="M4" s="113"/>
       <c r="N4" s="114" t="s">
         <v>19</v>
       </c>
       <c r="O4" s="112"/>
     </row>
     <row r="5" spans="1:15" ht="24" x14ac:dyDescent="0.2">
       <c r="A5" s="98"/>
       <c r="B5" s="99" t="s">
         <v>54</v>
       </c>
       <c r="C5" s="100" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="D5" s="101" t="s">
         <v>55</v>
       </c>
       <c r="E5" s="100" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F5" s="102" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="103" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H5" s="99" t="s">
         <v>54</v>
       </c>
       <c r="I5" s="100" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="J5" s="101" t="s">
         <v>55</v>
       </c>
       <c r="K5" s="100" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="L5" s="102" t="s">
         <v>32</v>
       </c>
       <c r="M5" s="103" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N5" s="104" t="s">
         <v>54</v>
       </c>
       <c r="O5" s="105" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:15" ht="0.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="90"/>
       <c r="B6" s="91"/>
       <c r="C6" s="91"/>
       <c r="D6" s="91"/>
       <c r="E6" s="91"/>
       <c r="F6" s="91"/>
       <c r="G6" s="91"/>
       <c r="H6" s="91"/>
       <c r="I6" s="91"/>
       <c r="J6" s="91"/>
       <c r="K6" s="91"/>
       <c r="L6" s="91"/>
       <c r="M6" s="91"/>
       <c r="N6" s="91"/>
       <c r="O6" s="91"/>
     </row>
     <row r="7" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="92" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="21">
-        <v>49225.35</v>
+        <v>4198.49</v>
       </c>
       <c r="C7" s="24">
         <v>100</v>
       </c>
       <c r="D7" s="21">
-        <v>51762.189999999995</v>
+        <v>4142.1499999999996</v>
       </c>
       <c r="E7" s="24">
         <v>100</v>
       </c>
       <c r="F7" s="21">
-        <v>2536.8399999999965</v>
+        <v>-56.340000000000146</v>
       </c>
       <c r="G7" s="93">
-        <v>5.1535235402084423</v>
+        <v>-1.3419110203906677</v>
       </c>
       <c r="H7" s="21">
-        <v>21503.249999999996</v>
+        <v>1991.4</v>
       </c>
       <c r="I7" s="24">
         <v>100</v>
       </c>
       <c r="J7" s="21">
-        <v>22298.06</v>
+        <v>2107.34</v>
       </c>
       <c r="K7" s="24">
         <v>100</v>
       </c>
       <c r="L7" s="21">
-        <v>794.81000000000495</v>
+        <v>115.94000000000005</v>
       </c>
       <c r="M7" s="93">
-        <v>3.6962319649355568</v>
+        <v>5.8220347494225191</v>
       </c>
       <c r="N7" s="21">
-        <v>27722.100000000002</v>
+        <v>2207.0899999999997</v>
       </c>
       <c r="O7" s="21">
-        <v>29464.129999999994</v>
+        <v>2034.8099999999995</v>
       </c>
     </row>
     <row r="8" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="94" t="s">
         <v>78</v>
       </c>
       <c r="B8" s="21">
-        <v>7010.74</v>
+        <v>465.29</v>
       </c>
       <c r="C8" s="24">
-        <v>14.242133372337626</v>
+        <v>11.082317690407743</v>
       </c>
       <c r="D8" s="21">
-        <v>6969.0499999999993</v>
+        <v>496.01</v>
       </c>
       <c r="E8" s="24">
-        <v>13.463591861163524</v>
+        <v>11.974699129679033</v>
       </c>
       <c r="F8" s="21">
-        <v>-41.690000000000509</v>
+        <v>30.71999999999997</v>
       </c>
       <c r="G8" s="93">
-        <v>-0.59465905168356703</v>
+        <v>6.6023340282404464</v>
       </c>
       <c r="H8" s="21">
-        <v>1988.0599999999997</v>
+        <v>182.69</v>
       </c>
       <c r="I8" s="24">
-        <v>9.2453931382465431</v>
+        <v>9.1739479762980825</v>
       </c>
       <c r="J8" s="21">
-        <v>2042.3000000000002</v>
+        <v>185.57</v>
       </c>
       <c r="K8" s="24">
-        <v>9.1590927641238746</v>
+        <v>8.8058879914963875</v>
       </c>
       <c r="L8" s="21">
-        <v>54.240000000000464</v>
+        <v>2.8799999999999955</v>
       </c>
       <c r="M8" s="93">
-        <v>2.7282878786354772</v>
+        <v>1.5764409655700891</v>
       </c>
       <c r="N8" s="21">
-        <v>5022.68</v>
+        <v>282.60000000000002</v>
       </c>
       <c r="O8" s="21">
-        <v>4926.7499999999991</v>
+        <v>310.44</v>
       </c>
     </row>
     <row r="9" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="94" t="s">
         <v>68</v>
       </c>
       <c r="B9" s="21">
-        <v>5631.3599999999988</v>
+        <v>500.67</v>
       </c>
       <c r="C9" s="24">
-        <v>11.439959289268636</v>
+        <v>11.925001607720873</v>
       </c>
       <c r="D9" s="21">
-        <v>6056.95</v>
+        <v>488.77</v>
       </c>
       <c r="E9" s="24">
-        <v>11.701494855607926</v>
+        <v>11.799910674408219</v>
       </c>
       <c r="F9" s="21">
-        <v>425.59000000000106</v>
+        <v>-11.900000000000034</v>
       </c>
       <c r="G9" s="93">
-        <v>7.5574994317536284</v>
+        <v>-2.3768150678091424</v>
       </c>
       <c r="H9" s="21">
-        <v>1813.79</v>
+        <v>146.57</v>
       </c>
       <c r="I9" s="24">
-        <v>8.4349575064234497</v>
+        <v>7.3601486391483366</v>
       </c>
       <c r="J9" s="21">
-        <v>1864.4900000000002</v>
+        <v>174.84</v>
       </c>
       <c r="K9" s="24">
-        <v>8.3616691317540646</v>
+        <v>8.2967152903660537</v>
       </c>
       <c r="L9" s="21">
-        <v>50.700000000000273</v>
+        <v>28.27000000000001</v>
       </c>
       <c r="M9" s="93">
-        <v>2.7952519310394406</v>
+        <v>19.287712355870923</v>
       </c>
       <c r="N9" s="21">
-        <v>3817.5699999999988</v>
+        <v>354.1</v>
       </c>
       <c r="O9" s="21">
-        <v>4192.4599999999991</v>
+        <v>313.92999999999995</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="94" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B10" s="21">
-        <v>5640.33</v>
+        <v>432.04</v>
       </c>
       <c r="C10" s="24">
-        <v>11.45818160764728</v>
+        <v>10.290366298359649</v>
       </c>
       <c r="D10" s="21">
-        <v>5711.14</v>
+        <v>460.6</v>
       </c>
       <c r="E10" s="24">
-        <v>11.033420340213581</v>
+        <v>11.119829074273024</v>
       </c>
       <c r="F10" s="21">
-        <v>70.8100000000004</v>
+        <v>28.560000000000002</v>
       </c>
       <c r="G10" s="93">
-        <v>1.255422998299752</v>
+        <v>6.6104990278677906</v>
       </c>
       <c r="H10" s="21">
-        <v>1595.69</v>
+        <v>355.66</v>
       </c>
       <c r="I10" s="24">
-        <v>7.4206922209433479</v>
+        <v>17.859797127648889</v>
       </c>
       <c r="J10" s="21">
-        <v>1666.5600000000002</v>
+        <v>367.17</v>
       </c>
       <c r="K10" s="24">
-        <v>7.4740134343525844</v>
+        <v>17.423386828893296</v>
       </c>
       <c r="L10" s="21">
-        <v>70.870000000000118</v>
+        <v>11.509999999999991</v>
       </c>
       <c r="M10" s="93">
-        <v>4.4413388565448253</v>
+        <v>3.2362368554237166</v>
       </c>
       <c r="N10" s="21">
-        <v>4044.64</v>
+        <v>76.38</v>
       </c>
       <c r="O10" s="21">
-        <v>4044.58</v>
+        <v>93.43</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="94" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B11" s="21">
-        <v>5119.79</v>
+        <v>425.77</v>
       </c>
       <c r="C11" s="24">
-        <v>10.400718329072317</v>
+        <v>10.141026893002007</v>
       </c>
       <c r="D11" s="21">
-        <v>5258.33</v>
+        <v>412.05</v>
       </c>
       <c r="E11" s="24">
-        <v>10.158631232565702</v>
+        <v>9.9477324577815889</v>
       </c>
       <c r="F11" s="21">
-        <v>138.53999999999996</v>
+        <v>-13.71999999999997</v>
       </c>
       <c r="G11" s="93">
-        <v>2.705970362065631</v>
+        <v>-3.2223970688399772</v>
       </c>
       <c r="H11" s="21">
-        <v>1316.1799999999998</v>
+        <v>179.48</v>
       </c>
       <c r="I11" s="24">
-        <v>6.1208421982723547</v>
+        <v>9.0127548458370974</v>
       </c>
       <c r="J11" s="21">
-        <v>1286.2199999999998</v>
+        <v>133.6</v>
       </c>
       <c r="K11" s="24">
-        <v>5.7683045072082493</v>
+        <v>6.3397458407281215</v>
       </c>
       <c r="L11" s="21">
-        <v>-29.960000000000036</v>
+        <v>-45.879999999999995</v>
       </c>
       <c r="M11" s="93">
-        <v>-2.276284398790442</v>
+        <v>-25.56273679518609</v>
       </c>
       <c r="N11" s="21">
-        <v>3803.61</v>
+        <v>246.29</v>
       </c>
       <c r="O11" s="21">
-        <v>3972.11</v>
+        <v>278.45000000000005</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="94" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B12" s="21">
-        <v>4866.29</v>
+        <v>396</v>
       </c>
       <c r="C12" s="24">
-        <v>9.8857397661977018</v>
+        <v>9.4319624436404528</v>
       </c>
       <c r="D12" s="21">
-        <v>5124.76</v>
+        <v>379.1</v>
       </c>
       <c r="E12" s="24">
-        <v>9.9005857364226681</v>
+        <v>9.1522518498847223</v>
       </c>
       <c r="F12" s="21">
-        <v>258.47000000000025</v>
+        <v>-16.899999999999977</v>
       </c>
       <c r="G12" s="93">
-        <v>5.3114384880473677</v>
+        <v>-4.267676767676762</v>
       </c>
       <c r="H12" s="21">
-        <v>3980.809999999999</v>
+        <v>106.07</v>
       </c>
       <c r="I12" s="24">
-        <v>18.512596933021751</v>
+        <v>5.3264035352013659</v>
       </c>
       <c r="J12" s="21">
-        <v>4234.1899999999996</v>
+        <v>127.78</v>
       </c>
       <c r="K12" s="24">
-        <v>18.98905106542901</v>
+        <v>6.0635682898820313</v>
       </c>
       <c r="L12" s="21">
-        <v>253.38000000000056</v>
+        <v>21.710000000000008</v>
       </c>
       <c r="M12" s="93">
-        <v>6.3650362614643905</v>
+        <v>20.467615725464324</v>
       </c>
       <c r="N12" s="21">
-        <v>885.48000000000093</v>
+        <v>289.93</v>
       </c>
       <c r="O12" s="21">
-        <v>890.57000000000062</v>
+        <v>251.32000000000002</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="94" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="B13" s="21">
-        <v>2529.27</v>
+        <v>204.6</v>
       </c>
       <c r="C13" s="24">
-        <v>5.1381452848989397</v>
+        <v>4.8731805958808998</v>
       </c>
       <c r="D13" s="21">
-        <v>3046.67</v>
+        <v>223.74</v>
       </c>
       <c r="E13" s="24">
-        <v>5.88589856804745</v>
+        <v>5.4015426771121282</v>
       </c>
       <c r="F13" s="21">
-        <v>517.40000000000009</v>
+        <v>19.140000000000015</v>
       </c>
       <c r="G13" s="93">
-        <v>20.456495352413942</v>
+        <v>9.354838709677427</v>
       </c>
       <c r="H13" s="21">
-        <v>1145.76</v>
+        <v>59.2</v>
       </c>
       <c r="I13" s="24">
-        <v>5.3283108367339826</v>
+        <v>2.9727829667570553</v>
       </c>
       <c r="J13" s="21">
-        <v>1077.4000000000001</v>
+        <v>80.28</v>
       </c>
       <c r="K13" s="24">
-        <v>4.8318104803736297</v>
+        <v>3.8095418869285447</v>
       </c>
       <c r="L13" s="21">
-        <v>-68.3599999999999</v>
+        <v>21.08</v>
       </c>
       <c r="M13" s="93">
-        <v>-5.9663454824745061</v>
+        <v>35.608108108108105</v>
       </c>
       <c r="N13" s="21">
-        <v>1383.51</v>
+        <v>145.39999999999998</v>
       </c>
       <c r="O13" s="21">
-        <v>1969.27</v>
+        <v>143.46</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="94" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B14" s="21">
-        <v>2319.67</v>
+        <v>215.97</v>
       </c>
       <c r="C14" s="24">
-        <v>4.7123484139777583</v>
+        <v>5.1439922448308799</v>
       </c>
       <c r="D14" s="21">
-        <v>2449.35</v>
+        <v>212.55</v>
       </c>
       <c r="E14" s="24">
-        <v>4.7319288461326696</v>
+        <v>5.1313931171010232</v>
       </c>
       <c r="F14" s="21">
-        <v>129.67999999999984</v>
+        <v>-3.4199999999999875</v>
       </c>
       <c r="G14" s="93">
-        <v>5.5904503657847808</v>
+        <v>-1.583553271287673</v>
       </c>
       <c r="H14" s="21">
-        <v>1309.48</v>
+        <v>84.14</v>
       </c>
       <c r="I14" s="24">
-        <v>6.0896841175171206</v>
+        <v>4.2251682233604493</v>
       </c>
       <c r="J14" s="21">
-        <v>1439.3700000000001</v>
+        <v>83.59</v>
       </c>
       <c r="K14" s="24">
-        <v>6.4551355588782169</v>
+        <v>3.96661193732383</v>
       </c>
       <c r="L14" s="21">
-        <v>129.8900000000001</v>
+        <v>-0.54999999999999716</v>
       </c>
       <c r="M14" s="93">
-        <v>9.9192045697528854</v>
+        <v>-0.65367245067743895</v>
       </c>
       <c r="N14" s="21">
-        <v>1010.19</v>
+        <v>131.82999999999998</v>
       </c>
       <c r="O14" s="21">
-        <v>1009.9799999999998</v>
+        <v>128.96</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="94" t="s">
         <v>79</v>
       </c>
       <c r="B15" s="21">
-        <v>1846.33</v>
+        <v>172.84</v>
       </c>
       <c r="C15" s="24">
-        <v>3.7507706903048934</v>
+        <v>4.1167181534313526</v>
       </c>
       <c r="D15" s="21">
-        <v>1897.4</v>
+        <v>183.05</v>
       </c>
       <c r="E15" s="24">
-        <v>3.6656099751575431</v>
+        <v>4.4192025880279573</v>
       </c>
       <c r="F15" s="21">
-        <v>51.070000000000164</v>
+        <v>10.210000000000008</v>
       </c>
       <c r="G15" s="93">
-        <v>2.7660277415196726</v>
+        <v>5.9071974080074101</v>
       </c>
       <c r="H15" s="21">
-        <v>516.8900000000001</v>
+        <v>83.94</v>
       </c>
       <c r="I15" s="24">
-        <v>2.4037761733691427</v>
+        <v>4.215125037661946</v>
       </c>
       <c r="J15" s="21">
-        <v>496.28999999999996</v>
+        <v>93.76</v>
       </c>
       <c r="K15" s="24">
-        <v>2.2257093217975017</v>
+        <v>4.449210853493029</v>
       </c>
       <c r="L15" s="21">
-        <v>-20.600000000000136</v>
+        <v>9.8200000000000074</v>
       </c>
       <c r="M15" s="93">
-        <v>-3.985374064114247</v>
+        <v>11.698832499404345</v>
       </c>
       <c r="N15" s="21">
-        <v>1329.4399999999998</v>
+        <v>88.9</v>
       </c>
       <c r="O15" s="21">
-        <v>1401.1100000000001</v>
+        <v>89.29</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="94" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B16" s="21">
-        <v>1820.56</v>
+        <v>187.16</v>
       </c>
       <c r="C16" s="24">
-        <v>3.698419615096693</v>
+        <v>4.457793158969058</v>
       </c>
       <c r="D16" s="21">
-        <v>1841.3400000000001</v>
+        <v>168.34</v>
       </c>
       <c r="E16" s="24">
-        <v>3.5573069841133078</v>
+        <v>4.0640730055647429</v>
       </c>
       <c r="F16" s="21">
-        <v>20.7800000000002</v>
+        <v>-18.819999999999993</v>
       </c>
       <c r="G16" s="93">
-        <v>1.1414070395922244</v>
+        <v>-10.055567428937803</v>
       </c>
       <c r="H16" s="21">
-        <v>702.43000000000006</v>
+        <v>170.3</v>
       </c>
       <c r="I16" s="24">
-        <v>3.2666224872984326</v>
+        <v>8.5517726222757862</v>
       </c>
       <c r="J16" s="21">
-        <v>642.91</v>
+        <v>158.96</v>
       </c>
       <c r="K16" s="24">
-        <v>2.8832553145879056</v>
+        <v>7.5431586739681293</v>
       </c>
       <c r="L16" s="21">
-        <v>-59.520000000000095</v>
+        <v>-11.340000000000003</v>
       </c>
       <c r="M16" s="93">
-        <v>-8.4734421935281947</v>
+        <v>-6.6588373458602481</v>
       </c>
       <c r="N16" s="21">
-        <v>1118.1299999999999</v>
+        <v>16.859999999999985</v>
       </c>
       <c r="O16" s="21">
-        <v>1198.4300000000003</v>
+        <v>9.3799999999999955</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="94" t="s">
         <v>69</v>
       </c>
       <c r="B17" s="21">
-        <v>1210.08</v>
+        <v>115.92</v>
       </c>
       <c r="C17" s="24">
-        <v>2.4582455990663346</v>
+        <v>2.7609926425929321</v>
       </c>
       <c r="D17" s="21">
-        <v>1297.0899999999999</v>
+        <v>105.19</v>
       </c>
       <c r="E17" s="24">
-        <v>2.5058638361321264</v>
+        <v>2.5395024323117221</v>
       </c>
       <c r="F17" s="21">
-        <v>87.009999999999991</v>
+        <v>-10.730000000000004</v>
       </c>
       <c r="G17" s="93">
-        <v>7.1904336903345234</v>
+        <v>-9.2563837129054551</v>
       </c>
       <c r="H17" s="21">
-        <v>479.14</v>
+        <v>44.7</v>
       </c>
       <c r="I17" s="24">
-        <v>2.2282213153825587</v>
+        <v>2.2446520036155468</v>
       </c>
       <c r="J17" s="21">
-        <v>491.97999999999996</v>
+        <v>52.47</v>
       </c>
       <c r="K17" s="24">
-        <v>2.2063802859979744</v>
+        <v>2.4898687444835668</v>
       </c>
       <c r="L17" s="21">
-        <v>12.839999999999975</v>
+        <v>7.769999999999996</v>
       </c>
       <c r="M17" s="93">
-        <v>2.6798013106816327</v>
+        <v>17.38255033557046</v>
       </c>
       <c r="N17" s="21">
-        <v>730.93999999999994</v>
+        <v>71.22</v>
       </c>
       <c r="O17" s="21">
-        <v>805.1099999999999</v>
+        <v>52.72</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="94" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
       <c r="B18" s="21">
-        <v>1119.7600000000002</v>
+        <v>152.68</v>
       </c>
       <c r="C18" s="24">
-        <v>2.2747629016350324</v>
+        <v>3.6365455199369303</v>
       </c>
       <c r="D18" s="21">
-        <v>1136.8399999999999</v>
+        <v>100.98</v>
       </c>
       <c r="E18" s="24">
-        <v>2.1962749257711081</v>
+        <v>2.4378643940948543</v>
       </c>
       <c r="F18" s="21">
-        <v>17.0799999999997</v>
+        <v>-51.7</v>
       </c>
       <c r="G18" s="93">
-        <v>1.5253268557547777</v>
+        <v>-33.861671469740635</v>
       </c>
       <c r="H18" s="21">
-        <v>664.13</v>
+        <v>16.100000000000001</v>
       </c>
       <c r="I18" s="24">
-        <v>3.0885098764140309</v>
+        <v>0.80847644872953706</v>
       </c>
       <c r="J18" s="21">
-        <v>636.73</v>
+        <v>8.2799999999999994</v>
       </c>
       <c r="K18" s="24">
-        <v>2.8555398989867276</v>
+        <v>0.39291239192536553</v>
       </c>
       <c r="L18" s="21">
-        <v>-27.399999999999977</v>
+        <v>-7.8200000000000021</v>
       </c>
       <c r="M18" s="93">
-        <v>-4.1256982819628654</v>
+        <v>-48.571428571428584</v>
       </c>
       <c r="N18" s="21">
-        <v>455.63000000000022</v>
+        <v>136.58000000000001</v>
       </c>
       <c r="O18" s="21">
-        <v>500.1099999999999</v>
+        <v>92.7</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="94" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="B19" s="21">
-        <v>1121.1599999999999</v>
+        <v>91.12</v>
       </c>
       <c r="C19" s="24">
-        <v>2.2776069647041615</v>
+        <v>2.1703040855164599</v>
       </c>
       <c r="D19" s="21">
-        <v>1074.99</v>
+        <v>88.72</v>
       </c>
       <c r="E19" s="24">
-        <v>2.0767861638002567</v>
+        <v>2.1418828386224544</v>
       </c>
       <c r="F19" s="21">
-        <v>-46.169999999999845</v>
+        <v>-2.4000000000000057</v>
       </c>
       <c r="G19" s="93">
-        <v>-4.1180562988333378</v>
+        <v>-2.6338893766461871</v>
       </c>
       <c r="H19" s="21">
-        <v>150.04</v>
+        <v>50.6</v>
       </c>
       <c r="I19" s="24">
-        <v>0.69775499052468826</v>
+        <v>2.540925981721402</v>
       </c>
       <c r="J19" s="21">
-        <v>136.5</v>
+        <v>59.21</v>
       </c>
       <c r="K19" s="24">
-        <v>0.61216087856970514</v>
+        <v>2.8097032277658087</v>
       </c>
       <c r="L19" s="21">
-        <v>-13.539999999999992</v>
+        <v>8.61</v>
       </c>
       <c r="M19" s="93">
-        <v>-9.0242601972807197</v>
+        <v>17.01581027667984</v>
       </c>
       <c r="N19" s="21">
-        <v>971.11999999999989</v>
+        <v>40.520000000000003</v>
       </c>
       <c r="O19" s="21">
-        <v>938.49</v>
+        <v>29.509999999999998</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="94" t="s">
         <v>76</v>
       </c>
       <c r="B20" s="21">
-        <v>653.96</v>
+        <v>64.84</v>
       </c>
       <c r="C20" s="24">
-        <v>1.3285024890630539</v>
+        <v>1.5443647597112298</v>
       </c>
       <c r="D20" s="21">
-        <v>660.13</v>
+        <v>65.19</v>
       </c>
       <c r="E20" s="24">
-        <v>1.2753131194796821</v>
+        <v>1.573820358992311</v>
       </c>
       <c r="F20" s="21">
-        <v>6.1699999999999591</v>
+        <v>0.34999999999999432</v>
       </c>
       <c r="G20" s="93">
-        <v>0.94348278182151191</v>
+        <v>0.53979025293028116</v>
       </c>
       <c r="H20" s="21">
-        <v>325.05</v>
+        <v>33.93</v>
       </c>
       <c r="I20" s="24">
-        <v>1.5116319626103034</v>
+        <v>1.7038264537511296</v>
       </c>
       <c r="J20" s="21">
-        <v>354.96999999999997</v>
+        <v>46.57</v>
       </c>
       <c r="K20" s="24">
-        <v>1.5919322129369098</v>
+        <v>2.2098949386430289</v>
       </c>
       <c r="L20" s="21">
-        <v>29.919999999999959</v>
+        <v>12.64</v>
       </c>
       <c r="M20" s="93">
-        <v>9.2047377326565005</v>
+        <v>37.25316828765105</v>
       </c>
       <c r="N20" s="21">
-        <v>328.91</v>
+        <v>30.910000000000004</v>
       </c>
       <c r="O20" s="21">
-        <v>305.16000000000003</v>
+        <v>18.619999999999997</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="106" t="s">
         <v>31</v>
       </c>
       <c r="B21" s="107">
-        <v>8336.0499999999956</v>
+        <v>773.58999999999969</v>
       </c>
       <c r="C21" s="50">
-        <v>16.934465676729562</v>
+        <v>18.42543390599953</v>
       </c>
       <c r="D21" s="107">
-        <v>9238.1499999999942</v>
+        <v>757.85999999999876</v>
       </c>
       <c r="E21" s="50">
-        <v>17.847293555392447</v>
+        <v>18.2962954021462</v>
       </c>
       <c r="F21" s="85">
-        <v>902.09999999999854</v>
+        <v>-15.730000000000928</v>
       </c>
       <c r="G21" s="108">
-        <v>10.821672134884016</v>
+        <v>-2.033376853372062</v>
       </c>
       <c r="H21" s="107">
-        <v>5515.7999999999993</v>
+        <v>478.02</v>
       </c>
       <c r="I21" s="50">
-        <v>25.651006243242303</v>
+        <v>24.004218137993369</v>
       </c>
       <c r="J21" s="107">
-        <v>5928.1500000000015</v>
+        <v>535.26000000000045</v>
       </c>
       <c r="K21" s="50">
-        <v>26.585945145003652</v>
+        <v>25.399793104102823</v>
       </c>
       <c r="L21" s="85">
-        <v>412.35000000000218</v>
+        <v>57.240000000000464</v>
       </c>
       <c r="M21" s="108">
-        <v>7.47579680191454</v>
+        <v>11.974394376804415</v>
       </c>
       <c r="N21" s="85">
-        <v>2820.2499999999964</v>
+        <v>295.56999999999971</v>
       </c>
       <c r="O21" s="85">
-        <v>3309.9999999999927</v>
+        <v>222.59999999999832</v>
       </c>
     </row>
     <row r="22" spans="1:15" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="95"/>
       <c r="B22" s="96"/>
       <c r="C22" s="96"/>
       <c r="D22" s="96"/>
       <c r="E22" s="97"/>
       <c r="F22" s="97"/>
       <c r="G22" s="97"/>
       <c r="H22" s="96"/>
       <c r="I22" s="96"/>
       <c r="J22" s="96"/>
       <c r="K22" s="97"/>
       <c r="L22" s="97"/>
       <c r="M22" s="97"/>
       <c r="N22" s="69"/>
       <c r="O22" s="69"/>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" s="36" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B23" s="43"/>
       <c r="C23" s="43"/>
       <c r="D23" s="43"/>
       <c r="E23" s="43"/>
       <c r="F23" s="43"/>
       <c r="G23" s="43"/>
       <c r="H23" s="43"/>
       <c r="I23" s="43"/>
       <c r="J23" s="43"/>
       <c r="K23" s="43"/>
       <c r="L23" s="43"/>
       <c r="M23" s="43"/>
       <c r="N23" s="43"/>
       <c r="O23" s="43"/>
     </row>
     <row r="24" spans="1:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="25" spans="1:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="61"/>
       <c r="B25" s="61"/>
       <c r="C25" s="61"/>
       <c r="D25" s="61"/>
       <c r="E25" s="61"/>
       <c r="F25" s="61"/>
       <c r="G25" s="61"/>
       <c r="H25" s="61"/>
       <c r="I25" s="61"/>
       <c r="J25" s="61"/>
       <c r="K25" s="61"/>
       <c r="L25" s="61"/>
       <c r="M25" s="61"/>
       <c r="N25" s="61"/>
       <c r="O25" s="61"/>
     </row>
     <row r="26" spans="1:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" s="14" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" s="60" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" s="44"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:M4"/>
     <mergeCell ref="N4:O4"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <conditionalFormatting sqref="B7:O21">
     <cfRule type="cellIs" dxfId="6" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="5" priority="3" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A28" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{6E63D19F-DAB3-498E-B648-DF5B7CF9003B}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="3.937007874015748E-2" bottom="7.874015748031496E-2" header="3.937007874015748E-2" footer="3.937007874015748E-2"/>
@@ -5314,2421 +5319,2421 @@
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B7FFAFFC-9748-40AF-9E2A-D85E200FAD7F}">
   <sheetPr codeName="Sheet6"/>
   <dimension ref="A1:K78"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A74" sqref="A74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.7109375" style="36" customWidth="1"/>
     <col min="2" max="4" width="8.7109375" style="36" customWidth="1"/>
     <col min="5" max="5" width="6.7109375" style="36" customWidth="1"/>
     <col min="6" max="8" width="8.7109375" style="36" customWidth="1"/>
     <col min="9" max="9" width="6.7109375" style="36" customWidth="1"/>
     <col min="10" max="11" width="8.7109375" style="36" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="36"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:11" ht="15" x14ac:dyDescent="0.2">
       <c r="A2" s="45" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B2" s="89"/>
       <c r="C2" s="89"/>
       <c r="D2" s="89"/>
       <c r="E2" s="89"/>
       <c r="F2" s="89"/>
     </row>
     <row r="3" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="89"/>
       <c r="C3" s="89"/>
       <c r="D3" s="89"/>
       <c r="E3" s="89"/>
       <c r="F3" s="89"/>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A4" s="98"/>
       <c r="B4" s="111" t="s">
         <v>17</v>
       </c>
       <c r="C4" s="112"/>
       <c r="D4" s="112"/>
       <c r="E4" s="113"/>
       <c r="F4" s="111" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="112"/>
       <c r="H4" s="112"/>
       <c r="I4" s="113"/>
       <c r="J4" s="114" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="112"/>
     </row>
     <row r="5" spans="1:11" ht="24" x14ac:dyDescent="0.2">
       <c r="A5" s="98"/>
       <c r="B5" s="109">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C5" s="100">
+        <v>2025</v>
+      </c>
+      <c r="D5" s="100" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" s="103" t="s">
+        <v>50</v>
+      </c>
+      <c r="F5" s="109">
         <v>2024</v>
       </c>
-      <c r="D5" s="100" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G5" s="100">
+        <v>2025</v>
+      </c>
+      <c r="H5" s="100" t="s">
+        <v>49</v>
+      </c>
+      <c r="I5" s="103" t="s">
+        <v>50</v>
+      </c>
+      <c r="J5" s="104">
         <v>2024</v>
       </c>
-      <c r="H5" s="100" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K5" s="105">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="90"/>
       <c r="B6" s="91"/>
       <c r="C6" s="91"/>
       <c r="D6" s="91"/>
       <c r="E6" s="91"/>
       <c r="F6" s="91"/>
       <c r="G6" s="91"/>
       <c r="H6" s="91"/>
       <c r="I6" s="91"/>
       <c r="J6" s="91"/>
       <c r="K6" s="91"/>
     </row>
     <row r="7" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="92" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="21">
-        <v>53407.42</v>
+        <v>57979.95</v>
       </c>
       <c r="C7" s="21">
-        <v>57867.76</v>
+        <v>60502.8</v>
       </c>
       <c r="D7" s="24">
         <v>100</v>
       </c>
       <c r="E7" s="24">
-        <v>8.351536172314642</v>
+        <v>4.3512455598875235</v>
       </c>
       <c r="F7" s="21">
-        <v>24063.759999999998</v>
+        <v>26100.21</v>
       </c>
       <c r="G7" s="21">
-        <v>25783.45</v>
+        <v>27362.35</v>
       </c>
       <c r="H7" s="24">
         <v>100</v>
       </c>
       <c r="I7" s="24">
-        <v>7.1463894254264613</v>
+        <v>4.8357465323075921</v>
       </c>
       <c r="J7" s="21">
-        <v>29343.66</v>
+        <v>31879.739999999998</v>
       </c>
       <c r="K7" s="21">
-        <v>32084.31</v>
+        <v>33140.450000000004</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="92" t="s">
         <v>78</v>
       </c>
       <c r="B8" s="21">
-        <v>7968.77</v>
+        <v>7638.41</v>
       </c>
       <c r="C8" s="21">
-        <v>7963.37</v>
+        <v>7566.13</v>
       </c>
       <c r="D8" s="24">
-        <v>13.761324094798209</v>
+        <v>12.505421236703093</v>
       </c>
       <c r="E8" s="24">
-        <v>-6.7764535806662085E-2</v>
+        <v>-0.94627023163197244</v>
       </c>
       <c r="F8" s="21">
-        <v>2211.13</v>
+        <v>2442.0300000000002</v>
       </c>
       <c r="G8" s="21">
-        <v>2376.3000000000002</v>
+        <v>2538.98</v>
       </c>
       <c r="H8" s="24">
-        <v>9.2163771721782783</v>
+        <v>9.2791006620410901</v>
       </c>
       <c r="I8" s="24">
-        <v>7.4699361864747917</v>
+        <v>3.9700576978988718</v>
       </c>
       <c r="J8" s="21">
-        <v>5757.64</v>
+        <v>5196.3799999999992</v>
       </c>
       <c r="K8" s="21">
-        <v>5587.07</v>
+        <v>5027.1499999999996</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="92" t="s">
         <v>68</v>
       </c>
       <c r="B9" s="21">
-        <v>6216.79</v>
+        <v>6662.82</v>
       </c>
       <c r="C9" s="21">
-        <v>6637.76</v>
+        <v>7098.52</v>
       </c>
       <c r="D9" s="24">
-        <v>11.470566685145581</v>
+        <v>11.732547915137811</v>
       </c>
       <c r="E9" s="24">
-        <v>6.7715010479684894</v>
+        <v>6.5392731606136856</v>
       </c>
       <c r="F9" s="21">
-        <v>1903.65</v>
+        <v>2158.58</v>
       </c>
       <c r="G9" s="21">
-        <v>2200.86</v>
+        <v>2174.0100000000002</v>
       </c>
       <c r="H9" s="24">
-        <v>8.5359406906368225</v>
+        <v>7.9452605496238462</v>
       </c>
       <c r="I9" s="24">
-        <v>15.612638877945001</v>
+        <v>0.71482178098566151</v>
       </c>
       <c r="J9" s="21">
-        <v>4313.1399999999994</v>
+        <v>4504.24</v>
       </c>
       <c r="K9" s="21">
-        <v>4436.8999999999996</v>
+        <v>4924.51</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="92" t="s">
         <v>73</v>
       </c>
       <c r="B10" s="21">
-        <v>6277.7</v>
+        <v>6670.84</v>
       </c>
       <c r="C10" s="21">
-        <v>6546.87</v>
+        <v>6785.38</v>
       </c>
       <c r="D10" s="24">
-        <v>11.313501680382997</v>
+        <v>11.214985091599067</v>
       </c>
       <c r="E10" s="24">
-        <v>4.287716838969688</v>
+        <v>1.7170251422609442</v>
       </c>
       <c r="F10" s="21">
-        <v>1770.51</v>
+        <v>1961.33</v>
       </c>
       <c r="G10" s="21">
-        <v>1973.55</v>
+        <v>2056.31</v>
       </c>
       <c r="H10" s="24">
-        <v>7.6543286488037863</v>
+        <v>7.5151074377748985</v>
       </c>
       <c r="I10" s="24">
-        <v>11.467882135655826</v>
+        <v>4.8426322954321828</v>
       </c>
       <c r="J10" s="21">
-        <v>4507.1899999999996</v>
+        <v>4709.51</v>
       </c>
       <c r="K10" s="21">
-        <v>4573.32</v>
+        <v>4729.07</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="92" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B11" s="21">
-        <v>5021.33</v>
+        <v>5900.4</v>
       </c>
       <c r="C11" s="21">
-        <v>5929.4</v>
+        <v>6228.57</v>
       </c>
       <c r="D11" s="24">
-        <v>10.24646538936361</v>
+        <v>10.294680576766694</v>
       </c>
       <c r="E11" s="24">
-        <v>18.084252578500113</v>
+        <v>5.5618263168598752</v>
       </c>
       <c r="F11" s="21">
-        <v>1594.76</v>
+        <v>4748.07</v>
       </c>
       <c r="G11" s="21">
-        <v>1604.7</v>
+        <v>5073.7</v>
       </c>
       <c r="H11" s="24">
-        <v>6.2237598149200357</v>
+        <v>18.54263248587932</v>
       </c>
       <c r="I11" s="24">
-        <v>0.62329127893852709</v>
+        <v>6.8581549977148635</v>
       </c>
       <c r="J11" s="21">
-        <v>3426.5699999999997</v>
+        <v>1152.33</v>
       </c>
       <c r="K11" s="21">
-        <v>4324.7</v>
+        <v>1154.8699999999999</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="92" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B12" s="21">
-        <v>5341.74</v>
+        <v>5634.6</v>
       </c>
       <c r="C12" s="21">
-        <v>5773.89</v>
+        <v>6045.73</v>
       </c>
       <c r="D12" s="24">
-        <v>9.9777319875523087</v>
+        <v>9.9924796868905226</v>
       </c>
       <c r="E12" s="24">
-        <v>8.0900605420705727</v>
+        <v>7.2965250417065839</v>
       </c>
       <c r="F12" s="21">
-        <v>4284.45</v>
+        <v>1599.31</v>
       </c>
       <c r="G12" s="21">
-        <v>4714.6099999999997</v>
+        <v>1596.62</v>
       </c>
       <c r="H12" s="24">
-        <v>18.285411766074748</v>
+        <v>5.835098228039624</v>
       </c>
       <c r="I12" s="24">
-        <v>10.040028475066809</v>
+        <v>-0.16819753518705285</v>
       </c>
       <c r="J12" s="21">
-        <v>1057.29</v>
+        <v>4035.2900000000004</v>
       </c>
       <c r="K12" s="21">
-        <v>1059.2800000000007</v>
+        <v>4449.1099999999997</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="92" t="s">
         <v>77</v>
       </c>
       <c r="B13" s="21">
-        <v>2404.81</v>
+        <v>2656.02</v>
       </c>
       <c r="C13" s="21">
-        <v>3018.86</v>
+        <v>2852.47</v>
       </c>
       <c r="D13" s="24">
-        <v>5.2168253963865201</v>
+        <v>4.7146082495355586</v>
       </c>
       <c r="E13" s="24">
-        <v>25.534241790411727</v>
+        <v>7.3964051475515937</v>
       </c>
       <c r="F13" s="21">
-        <v>1109.33</v>
+        <v>1421.56</v>
       </c>
       <c r="G13" s="21">
-        <v>1390.41</v>
+        <v>1401.27</v>
       </c>
       <c r="H13" s="24">
-        <v>5.3926452821480444</v>
+        <v>5.1211610113897379</v>
       </c>
       <c r="I13" s="24">
-        <v>25.337816519881386</v>
+        <v>-1.4273052139902618</v>
       </c>
       <c r="J13" s="21">
-        <v>1295.48</v>
+        <v>1234.46</v>
       </c>
       <c r="K13" s="21">
-        <v>1628.45</v>
+        <v>1451.1999999999998</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="92" t="s">
         <v>74</v>
       </c>
       <c r="B14" s="21">
-        <v>2323.9</v>
+        <v>2720.47</v>
       </c>
       <c r="C14" s="21">
-        <v>2701.69</v>
+        <v>2840.42</v>
       </c>
       <c r="D14" s="24">
-        <v>4.668730913379056</v>
+        <v>4.6946918159159567</v>
       </c>
       <c r="E14" s="24">
-        <v>16.256723611170877</v>
+        <v>4.4091645928828571</v>
       </c>
       <c r="F14" s="21">
-        <v>1488.24</v>
+        <v>1561.76</v>
       </c>
       <c r="G14" s="21">
-        <v>1592.57</v>
+        <v>1782.86</v>
       </c>
       <c r="H14" s="24">
-        <v>6.1767141325152366</v>
+        <v>6.5157415207392644</v>
       </c>
       <c r="I14" s="24">
-        <v>7.0102940385959194</v>
+        <v>14.157104804835566</v>
       </c>
       <c r="J14" s="21">
-        <v>835.66000000000008</v>
+        <v>1158.7099999999998</v>
       </c>
       <c r="K14" s="21">
-        <v>1109.1200000000001</v>
+        <v>1057.5600000000002</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="92" t="s">
         <v>70</v>
       </c>
       <c r="B15" s="21">
-        <v>2311.8200000000002</v>
+        <v>2468.58</v>
       </c>
       <c r="C15" s="21">
-        <v>2191.8000000000002</v>
+        <v>2561.4699999999998</v>
       </c>
       <c r="D15" s="24">
-        <v>3.7876012480870176</v>
+        <v>4.2336387737427028</v>
       </c>
       <c r="E15" s="24">
-        <v>-5.191580659393896</v>
+        <v>3.7628920269952717</v>
       </c>
       <c r="F15" s="21">
-        <v>854.73</v>
+        <v>863.18</v>
       </c>
       <c r="G15" s="21">
-        <v>850.47</v>
+        <v>782.31</v>
       </c>
       <c r="H15" s="24">
-        <v>3.2985112543123591</v>
+        <v>2.859074604337712</v>
       </c>
       <c r="I15" s="24">
-        <v>-0.49840300445754698</v>
+        <v>-9.3688454320072303</v>
       </c>
       <c r="J15" s="21">
-        <v>1457.0900000000001</v>
+        <v>1605.4</v>
       </c>
       <c r="K15" s="21">
-        <v>1341.3300000000002</v>
+        <v>1779.1599999999999</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="92" t="s">
         <v>79</v>
       </c>
       <c r="B16" s="21">
-        <v>2004.23</v>
+        <v>2195.27</v>
       </c>
       <c r="C16" s="21">
-        <v>2164.65</v>
+        <v>2279.13</v>
       </c>
       <c r="D16" s="24">
-        <v>3.7406839317782477</v>
+        <v>3.7669826850988715</v>
       </c>
       <c r="E16" s="24">
-        <v>8.0040713890122426</v>
+        <v>3.8200312490035451</v>
       </c>
       <c r="F16" s="21">
-        <v>505.22</v>
+        <v>717.29</v>
       </c>
       <c r="G16" s="21">
-        <v>616.45000000000005</v>
+        <v>722.61</v>
       </c>
       <c r="H16" s="24">
-        <v>2.3908747665653745</v>
+        <v>2.6408915900863783</v>
       </c>
       <c r="I16" s="24">
-        <v>22.016151379597009</v>
+        <v>0.7416804918512806</v>
       </c>
       <c r="J16" s="21">
-        <v>1499.01</v>
+        <v>1477.98</v>
       </c>
       <c r="K16" s="21">
-        <v>1548.2</v>
+        <v>1556.52</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="92" t="s">
         <v>69</v>
       </c>
       <c r="B17" s="21">
-        <v>1310.8</v>
+        <v>1480.12</v>
       </c>
       <c r="C17" s="21">
-        <v>1450.46</v>
+        <v>1554.16</v>
       </c>
       <c r="D17" s="24">
-        <v>2.5065079415550211</v>
+        <v>2.5687406202688141</v>
       </c>
       <c r="E17" s="24">
-        <v>10.65456209948124</v>
+        <v>5.0022971110450634</v>
       </c>
       <c r="F17" s="21">
-        <v>511.56</v>
+        <v>569.59</v>
       </c>
       <c r="G17" s="21">
-        <v>577.65</v>
+        <v>616.07000000000005</v>
       </c>
       <c r="H17" s="24">
-        <v>2.2403906381806933</v>
+        <v>2.2515244487406969</v>
       </c>
       <c r="I17" s="24">
-        <v>12.919305653295796</v>
+        <v>8.160255622465284</v>
       </c>
       <c r="J17" s="21">
-        <v>799.24</v>
+        <v>910.52999999999986</v>
       </c>
       <c r="K17" s="21">
-        <v>872.81000000000006</v>
+        <v>938.09</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="92" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="B18" s="21">
-        <v>1240.1199999999999</v>
+        <v>1421.77</v>
       </c>
       <c r="C18" s="21">
-        <v>1427.47</v>
+        <v>1434.43</v>
       </c>
       <c r="D18" s="24">
-        <v>2.4667794295130827</v>
+        <v>2.3708489524451761</v>
       </c>
       <c r="E18" s="24">
-        <v>15.107408960423196</v>
+        <v>0.89043938189721838</v>
       </c>
       <c r="F18" s="21">
-        <v>158.36000000000001</v>
+        <v>895.39</v>
       </c>
       <c r="G18" s="21">
-        <v>178.78</v>
+        <v>882.78</v>
       </c>
       <c r="H18" s="24">
-        <v>0.69339052764467124</v>
+        <v>3.2262579785727468</v>
       </c>
       <c r="I18" s="24">
-        <v>12.894670371305878</v>
+        <v>-1.4083248640257333</v>
       </c>
       <c r="J18" s="21">
-        <v>1081.7599999999998</v>
+        <v>526.38</v>
       </c>
       <c r="K18" s="21">
-        <v>1248.69</v>
+        <v>551.65000000000009</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="92" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
       <c r="B19" s="21">
-        <v>1209.1400000000001</v>
+        <v>1532.8</v>
       </c>
       <c r="C19" s="21">
-        <v>1323.14</v>
+        <v>1404.17</v>
       </c>
       <c r="D19" s="24">
-        <v>2.2864890571191974</v>
+        <v>2.3208347382269912</v>
       </c>
       <c r="E19" s="24">
-        <v>9.4281886299353239</v>
+        <v>-8.3918319415448774</v>
       </c>
       <c r="F19" s="21">
-        <v>779.83</v>
+        <v>140.19999999999999</v>
       </c>
       <c r="G19" s="21">
-        <v>775.01</v>
+        <v>138.1</v>
       </c>
       <c r="H19" s="24">
-        <v>3.0058428953456575</v>
+        <v>0.50470811169362284</v>
       </c>
       <c r="I19" s="24">
-        <v>-0.61808342843953812</v>
+        <v>-1.4978601997146894</v>
       </c>
       <c r="J19" s="21">
-        <v>429.31000000000006</v>
+        <v>1392.6</v>
       </c>
       <c r="K19" s="21">
-        <v>548.13000000000011</v>
+        <v>1266.0700000000002</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="92" t="s">
         <v>87</v>
       </c>
       <c r="B20" s="21">
-        <v>823.04</v>
+        <v>939.29</v>
       </c>
       <c r="C20" s="21">
-        <v>893.83</v>
+        <v>988.47</v>
       </c>
       <c r="D20" s="24">
-        <v>1.5446079129380503</v>
+        <v>1.6337590987524544</v>
       </c>
       <c r="E20" s="24">
-        <v>8.6010400466563084</v>
+        <v>5.2358696462221532</v>
       </c>
       <c r="F20" s="21">
-        <v>287.01</v>
+        <v>203.75</v>
       </c>
       <c r="G20" s="21">
-        <v>203.16</v>
+        <v>236.01</v>
       </c>
       <c r="H20" s="24">
-        <v>0.78794730728432383</v>
+        <v>0.8625355643795215</v>
       </c>
       <c r="I20" s="24">
-        <v>-29.215009929967593</v>
+        <v>15.833128834355822</v>
       </c>
       <c r="J20" s="21">
-        <v>536.03</v>
+        <v>735.54</v>
       </c>
       <c r="K20" s="21">
-        <v>690.67000000000007</v>
+        <v>752.46</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="92" t="s">
         <v>76</v>
       </c>
       <c r="B21" s="21">
-        <v>706.36</v>
+        <v>784.31</v>
       </c>
       <c r="C21" s="21">
-        <v>774.16</v>
+        <v>795.48</v>
       </c>
       <c r="D21" s="24">
-        <v>1.3378088248102225</v>
+        <v>1.314782125785914</v>
       </c>
       <c r="E21" s="24">
-        <v>9.598505011608804</v>
+        <v>1.4241817648633925</v>
       </c>
       <c r="F21" s="21">
-        <v>414.68</v>
+        <v>437.76</v>
       </c>
       <c r="G21" s="21">
-        <v>405.64</v>
+        <v>478.17</v>
       </c>
       <c r="H21" s="24">
-        <v>1.5732572638649986</v>
+        <v>1.7475472684181002</v>
       </c>
       <c r="I21" s="24">
-        <v>-2.1799942124047509</v>
+        <v>9.2310855263157947</v>
       </c>
       <c r="J21" s="21">
-        <v>291.68</v>
+        <v>346.54999999999995</v>
       </c>
       <c r="K21" s="21">
-        <v>368.52</v>
+        <v>317.31</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="92" t="s">
         <v>114</v>
       </c>
       <c r="B22" s="21">
-        <v>451.74</v>
+        <v>573.03</v>
       </c>
       <c r="C22" s="21">
-        <v>548.69000000000005</v>
+        <v>726.25</v>
       </c>
       <c r="D22" s="24">
-        <v>0.94817908970383524</v>
+        <v>1.2003576693971187</v>
       </c>
       <c r="E22" s="24">
-        <v>21.461460131934306</v>
+        <v>26.738565171107975</v>
       </c>
       <c r="F22" s="21">
-        <v>145.84</v>
+        <v>127.07</v>
       </c>
       <c r="G22" s="21">
-        <v>126.71</v>
+        <v>172.43</v>
       </c>
       <c r="H22" s="24">
-        <v>0.49143927596966269</v>
+        <v>0.63017248153027805</v>
       </c>
       <c r="I22" s="24">
-        <v>-13.117114646187607</v>
+        <v>35.696859998426078</v>
       </c>
       <c r="J22" s="21">
-        <v>305.89999999999998</v>
+        <v>445.96</v>
       </c>
       <c r="K22" s="21">
-        <v>421.98000000000008</v>
+        <v>553.81999999999994</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="92" t="s">
-        <v>91</v>
+        <v>120</v>
       </c>
       <c r="B23" s="21">
-        <v>474.48</v>
+        <v>462.46</v>
       </c>
       <c r="C23" s="21">
-        <v>534.62</v>
+        <v>556.29</v>
       </c>
       <c r="D23" s="24">
-        <v>0.92386503296481504</v>
+        <v>0.91944505047700265</v>
       </c>
       <c r="E23" s="24">
-        <v>12.674928342606639</v>
+        <v>20.289322319768193</v>
       </c>
       <c r="F23" s="21">
-        <v>107.61</v>
+        <v>183</v>
       </c>
       <c r="G23" s="21">
-        <v>119.34</v>
+        <v>191.52</v>
       </c>
       <c r="H23" s="24">
-        <v>0.46285504849040765</v>
+        <v>0.69993988089473314</v>
       </c>
       <c r="I23" s="24">
-        <v>10.900473933649293</v>
+        <v>4.6557377049180388</v>
       </c>
       <c r="J23" s="21">
-        <v>366.87</v>
+        <v>279.45999999999998</v>
       </c>
       <c r="K23" s="21">
-        <v>415.28</v>
+        <v>364.77</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="92" t="s">
-        <v>120</v>
+        <v>91</v>
       </c>
       <c r="B24" s="21">
-        <v>442.72</v>
+        <v>556.48</v>
       </c>
       <c r="C24" s="21">
-        <v>465.37</v>
+        <v>541.57000000000005</v>
       </c>
       <c r="D24" s="24">
-        <v>0.80419563501334768</v>
+        <v>0.8951155979557972</v>
       </c>
       <c r="E24" s="24">
-        <v>5.1161004698229071</v>
+        <v>-2.6793415756181655</v>
       </c>
       <c r="F24" s="21">
-        <v>190.76</v>
+        <v>119.96</v>
       </c>
       <c r="G24" s="21">
-        <v>182.98</v>
+        <v>144.03</v>
       </c>
       <c r="H24" s="24">
-        <v>0.70968004669662121</v>
+        <v>0.52638022684455099</v>
       </c>
       <c r="I24" s="24">
-        <v>-4.0784231495072349</v>
+        <v>20.065021673891302</v>
       </c>
       <c r="J24" s="21">
-        <v>251.96000000000004</v>
+        <v>436.52000000000004</v>
       </c>
       <c r="K24" s="21">
-        <v>282.39</v>
+        <v>397.54000000000008</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="92" t="s">
         <v>84</v>
       </c>
       <c r="B25" s="21">
-        <v>394.86</v>
+        <v>440.99</v>
       </c>
       <c r="C25" s="21">
-        <v>419.54</v>
+        <v>452.72</v>
       </c>
       <c r="D25" s="24">
-        <v>0.72499782262178458</v>
+        <v>0.74826289031251447</v>
       </c>
       <c r="E25" s="24">
-        <v>6.2503165678974852</v>
+        <v>2.6599242613211223</v>
       </c>
       <c r="F25" s="21">
-        <v>93.19</v>
+        <v>109.82</v>
       </c>
       <c r="G25" s="21">
-        <v>109.63</v>
+        <v>113.48</v>
       </c>
       <c r="H25" s="24">
-        <v>0.42519523182506608</v>
+        <v>0.41473045992029201</v>
       </c>
       <c r="I25" s="24">
-        <v>17.641377830239293</v>
+        <v>3.3327262793662458</v>
       </c>
       <c r="J25" s="21">
-        <v>301.67</v>
+        <v>331.17</v>
       </c>
       <c r="K25" s="21">
-        <v>309.91000000000003</v>
+        <v>339.24</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="92" t="s">
         <v>97</v>
       </c>
       <c r="B26" s="21">
-        <v>403.94</v>
+        <v>382.93</v>
       </c>
       <c r="C26" s="21">
-        <v>383.26</v>
+        <v>437.15</v>
       </c>
       <c r="D26" s="24">
-        <v>0.66230315464085698</v>
+        <v>0.72252854413349454</v>
       </c>
       <c r="E26" s="24">
-        <v>-5.119572213695105</v>
+        <v>14.159245815162032</v>
       </c>
       <c r="F26" s="21">
-        <v>66.819999999999993</v>
+        <v>89.39</v>
       </c>
       <c r="G26" s="21">
-        <v>88.97</v>
+        <v>80.37</v>
       </c>
       <c r="H26" s="24">
-        <v>0.34506631191714066</v>
+        <v>0.29372477144689696</v>
       </c>
       <c r="I26" s="24">
-        <v>33.148757856929073</v>
+        <v>-10.090614162658012</v>
       </c>
       <c r="J26" s="21">
-        <v>337.12</v>
+        <v>293.54000000000002</v>
       </c>
       <c r="K26" s="21">
-        <v>294.28999999999996</v>
+        <v>356.78</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="92" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B27" s="21">
-        <v>306.16000000000003</v>
+        <v>330.85</v>
       </c>
       <c r="C27" s="21">
-        <v>341.16</v>
+        <v>389.55</v>
       </c>
       <c r="D27" s="24">
-        <v>0.58955107299816001</v>
+        <v>0.64385449929590033</v>
       </c>
       <c r="E27" s="24">
-        <v>11.431931016461979</v>
+        <v>17.742179235303002</v>
       </c>
       <c r="F27" s="21">
-        <v>30.34</v>
+        <v>163.68</v>
       </c>
       <c r="G27" s="21">
-        <v>28.34</v>
+        <v>108.91</v>
       </c>
       <c r="H27" s="24">
-        <v>0.10991546903149113</v>
+        <v>0.39802867809234216</v>
       </c>
       <c r="I27" s="24">
-        <v>-6.5919578114700066</v>
+        <v>-33.461632453567944</v>
       </c>
       <c r="J27" s="21">
-        <v>275.82000000000005</v>
+        <v>167.17000000000002</v>
       </c>
       <c r="K27" s="21">
-        <v>312.82000000000005</v>
+        <v>280.64</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="92" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B28" s="21">
-        <v>288.2</v>
+        <v>353</v>
       </c>
       <c r="C28" s="21">
-        <v>330.29</v>
+        <v>340.46</v>
       </c>
       <c r="D28" s="24">
-        <v>0.57076686569516433</v>
+        <v>0.56271775851696115</v>
       </c>
       <c r="E28" s="24">
-        <v>14.604441360166561</v>
+        <v>-3.5524079320113375</v>
       </c>
       <c r="F28" s="21">
-        <v>75.760000000000005</v>
+        <v>28.44</v>
       </c>
       <c r="G28" s="21">
-        <v>134.44</v>
+        <v>25.26</v>
       </c>
       <c r="H28" s="24">
-        <v>0.52141974793908497</v>
+        <v>9.2316632160614878E-2</v>
       </c>
       <c r="I28" s="24">
-        <v>77.455121436114027</v>
+        <v>-11.181434599156116</v>
       </c>
       <c r="J28" s="21">
-        <v>212.44</v>
+        <v>324.56</v>
       </c>
       <c r="K28" s="21">
-        <v>195.85000000000002</v>
+        <v>315.2</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="92" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="B29" s="21">
-        <v>239.2</v>
+        <v>220.75</v>
       </c>
       <c r="C29" s="21">
-        <v>278.16000000000003</v>
+        <v>272.20999999999998</v>
       </c>
       <c r="D29" s="24">
-        <v>0.48068216222642801</v>
+        <v>0.44991306187482222</v>
       </c>
       <c r="E29" s="24">
-        <v>16.287625418060216</v>
+        <v>23.311438278595688</v>
       </c>
       <c r="F29" s="21">
-        <v>33.409999999999997</v>
+        <v>275.66000000000003</v>
       </c>
       <c r="G29" s="21">
-        <v>30.35</v>
+        <v>359.22</v>
       </c>
       <c r="H29" s="24">
-        <v>0.11771116743492434</v>
+        <v>1.3128258355002405</v>
       </c>
       <c r="I29" s="24">
-        <v>-9.1589344507632315</v>
+        <v>30.312704055720811</v>
       </c>
       <c r="J29" s="21">
-        <v>205.79</v>
+        <v>-54.910000000000025</v>
       </c>
       <c r="K29" s="21">
-        <v>247.81000000000003</v>
+        <v>-87.010000000000048</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="92" t="s">
-        <v>28</v>
+        <v>86</v>
       </c>
       <c r="B30" s="21">
-        <v>239.51</v>
+        <v>261.48</v>
       </c>
       <c r="C30" s="21">
-        <v>241.42</v>
+        <v>268.25</v>
       </c>
       <c r="D30" s="24">
-        <v>0.41719257838907187</v>
+        <v>0.44336791024547617</v>
       </c>
       <c r="E30" s="24">
-        <v>0.7974614838628854</v>
+        <v>2.5891081535872651</v>
       </c>
       <c r="F30" s="21">
-        <v>836.46</v>
+        <v>272.8</v>
       </c>
       <c r="G30" s="21">
-        <v>763</v>
+        <v>313.44</v>
       </c>
       <c r="H30" s="24">
-        <v>2.9592626277709151</v>
+        <v>1.1455156446723327</v>
       </c>
       <c r="I30" s="24">
-        <v>-8.7822490017454555</v>
+        <v>14.897360703812312</v>
       </c>
       <c r="J30" s="21">
-        <v>-596.95000000000005</v>
+        <v>-11.319999999999993</v>
       </c>
       <c r="K30" s="21">
-        <v>-521.58000000000004</v>
+        <v>-45.19</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="92" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="B31" s="21">
-        <v>176.22</v>
+        <v>240.65</v>
       </c>
       <c r="C31" s="21">
-        <v>218.35</v>
+        <v>261.64999999999998</v>
       </c>
       <c r="D31" s="24">
-        <v>0.37732582011123289</v>
+        <v>0.43245932419656608</v>
       </c>
       <c r="E31" s="24">
-        <v>23.907615480649184</v>
+        <v>8.7263660918346027</v>
       </c>
       <c r="F31" s="21">
-        <v>252.24</v>
+        <v>769.49</v>
       </c>
       <c r="G31" s="21">
-        <v>259.57</v>
+        <v>918.65</v>
       </c>
       <c r="H31" s="24">
-        <v>1.0067310619796808</v>
+        <v>3.3573505199663041</v>
       </c>
       <c r="I31" s="24">
-        <v>2.9059625753250806</v>
+        <v>19.38426750185187</v>
       </c>
       <c r="J31" s="21">
-        <v>-76.02000000000001</v>
+        <v>-528.84</v>
       </c>
       <c r="K31" s="21">
-        <v>-41.22</v>
+        <v>-657</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="92" t="s">
-        <v>115</v>
+        <v>83</v>
       </c>
       <c r="B32" s="21">
-        <v>179.19</v>
+        <v>262.57</v>
       </c>
       <c r="C32" s="21">
-        <v>199.28</v>
+        <v>247.24</v>
       </c>
       <c r="D32" s="24">
-        <v>0.34437137362842452</v>
+        <v>0.40864224465644566</v>
       </c>
       <c r="E32" s="24">
-        <v>11.211563145264805</v>
+        <v>-5.8384430818448347</v>
       </c>
       <c r="F32" s="21">
-        <v>75.75</v>
+        <v>29.85</v>
       </c>
       <c r="G32" s="21">
-        <v>72.36</v>
+        <v>40.200000000000003</v>
       </c>
       <c r="H32" s="24">
-        <v>0.28064514252359557</v>
+        <v>0.14691720557627547</v>
       </c>
       <c r="I32" s="24">
-        <v>-4.4752475247524757</v>
+        <v>34.673366834170864</v>
       </c>
       <c r="J32" s="21">
-        <v>103.44</v>
+        <v>232.72</v>
       </c>
       <c r="K32" s="21">
-        <v>126.92</v>
+        <v>207.04000000000002</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="92" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B33" s="21">
-        <v>142.72</v>
+        <v>211.44</v>
       </c>
       <c r="C33" s="21">
-        <v>180.9</v>
+        <v>225.53</v>
       </c>
       <c r="D33" s="24">
-        <v>0.3126093009302589</v>
+        <v>0.37275960781980338</v>
       </c>
       <c r="E33" s="24">
-        <v>26.751681614349781</v>
+        <v>6.6638289822171792</v>
       </c>
       <c r="F33" s="21">
-        <v>50.45</v>
+        <v>72.34</v>
       </c>
       <c r="G33" s="21">
-        <v>53.56</v>
+        <v>62.61</v>
       </c>
       <c r="H33" s="24">
-        <v>0.2077301524815337</v>
+        <v>0.22881806569976629</v>
       </c>
       <c r="I33" s="24">
-        <v>6.1645193260654096</v>
+        <v>-13.450373237489638</v>
       </c>
       <c r="J33" s="21">
-        <v>92.27</v>
+        <v>139.1</v>
       </c>
       <c r="K33" s="21">
-        <v>127.34</v>
+        <v>162.92000000000002</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="92" t="s">
-        <v>86</v>
+        <v>123</v>
       </c>
       <c r="B34" s="21">
-        <v>140.19999999999999</v>
+        <v>152.46</v>
       </c>
       <c r="C34" s="21">
-        <v>161.08000000000001</v>
+        <v>202.93</v>
       </c>
       <c r="D34" s="24">
-        <v>0.27835879598588231</v>
+        <v>0.33540596468262629</v>
       </c>
       <c r="E34" s="24">
-        <v>14.893009985734684</v>
+        <v>33.103764921946741</v>
       </c>
       <c r="F34" s="21">
-        <v>256.14999999999998</v>
+        <v>254.48</v>
       </c>
       <c r="G34" s="21">
-        <v>272.83999999999997</v>
+        <v>285.26</v>
       </c>
       <c r="H34" s="24">
-        <v>1.0581981852700084</v>
+        <v>1.0425274144947345</v>
       </c>
       <c r="I34" s="24">
-        <v>6.5157134491508879</v>
+        <v>12.095253065073877</v>
       </c>
       <c r="J34" s="21">
-        <v>-115.94999999999999</v>
+        <v>-102.01999999999998</v>
       </c>
       <c r="K34" s="21">
-        <v>-111.75999999999996</v>
+        <v>-82.329999999999984</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="92" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="B35" s="21">
-        <v>123.56</v>
+        <v>178.9</v>
       </c>
       <c r="C35" s="21">
-        <v>149.91999999999999</v>
+        <v>189.81</v>
       </c>
       <c r="D35" s="24">
-        <v>0.25907344607774691</v>
+        <v>0.31372101787024731</v>
       </c>
       <c r="E35" s="24">
-        <v>21.333764972482992</v>
+        <v>6.0983789826718819</v>
       </c>
       <c r="F35" s="21">
-        <v>209.47</v>
+        <v>57.51</v>
       </c>
       <c r="G35" s="21">
-        <v>255.3</v>
+        <v>59.64</v>
       </c>
       <c r="H35" s="24">
-        <v>0.99017005094353161</v>
+        <v>0.21796373484002657</v>
       </c>
       <c r="I35" s="24">
-        <v>21.879028023105938</v>
+        <v>3.7037037037037082</v>
       </c>
       <c r="J35" s="21">
-        <v>-85.91</v>
+        <v>121.39000000000001</v>
       </c>
       <c r="K35" s="21">
-        <v>-105.38000000000002</v>
+        <v>130.17000000000002</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="92" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="B36" s="21">
-        <v>84.1</v>
+        <v>131.30000000000001</v>
       </c>
       <c r="C36" s="21">
-        <v>149.6</v>
+        <v>175.07</v>
       </c>
       <c r="D36" s="24">
-        <v>0.25852046113414445</v>
+        <v>0.28935850902768134</v>
       </c>
       <c r="E36" s="24">
-        <v>77.883472057074925</v>
+        <v>33.335872048743319</v>
       </c>
       <c r="F36" s="21">
-        <v>17.63</v>
+        <v>94.35</v>
       </c>
       <c r="G36" s="21">
-        <v>9.41</v>
+        <v>101.63</v>
       </c>
       <c r="H36" s="24">
-        <v>3.6496279590202241E-2</v>
+        <v>0.37142277618698682</v>
       </c>
       <c r="I36" s="24">
-        <v>-46.625070901871808</v>
+        <v>7.7159512453630121</v>
       </c>
       <c r="J36" s="21">
-        <v>66.47</v>
+        <v>36.950000000000017</v>
       </c>
       <c r="K36" s="21">
-        <v>140.19</v>
+        <v>73.44</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="92" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B37" s="21">
-        <v>111.07</v>
+        <v>115.91</v>
       </c>
       <c r="C37" s="21">
-        <v>143.15</v>
+        <v>166.48</v>
       </c>
       <c r="D37" s="24">
-        <v>0.24737435836465765</v>
+        <v>0.27516081900341799</v>
       </c>
       <c r="E37" s="24">
-        <v>28.882686594039807</v>
+        <v>43.628677422137862</v>
       </c>
       <c r="F37" s="21">
-        <v>211.01</v>
+        <v>133.37</v>
       </c>
       <c r="G37" s="21">
-        <v>199.01</v>
+        <v>134.02000000000001</v>
       </c>
       <c r="H37" s="24">
-        <v>0.77185171107823036</v>
+        <v>0.48979711172468748</v>
       </c>
       <c r="I37" s="24">
-        <v>-5.6869342685180797</v>
+        <v>0.48736597435705609</v>
       </c>
       <c r="J37" s="21">
-        <v>-99.94</v>
+        <v>-17.460000000000008</v>
       </c>
       <c r="K37" s="21">
-        <v>-55.859999999999985</v>
+        <v>32.45999999999998</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="92" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="B38" s="21">
-        <v>136.19999999999999</v>
+        <v>157.22</v>
       </c>
       <c r="C38" s="21">
-        <v>131.4</v>
+        <v>152.68</v>
       </c>
       <c r="D38" s="24">
-        <v>0.22706944246675523</v>
+        <v>0.25235195726478776</v>
       </c>
       <c r="E38" s="24">
-        <v>-3.5242290748898557</v>
+        <v>-2.8876733240045747</v>
       </c>
       <c r="F38" s="21">
-        <v>89.04</v>
+        <v>199.03</v>
       </c>
       <c r="G38" s="21">
-        <v>91.78</v>
+        <v>199.65</v>
       </c>
       <c r="H38" s="24">
-        <v>0.3559647758542786</v>
+        <v>0.72965224112695004</v>
       </c>
       <c r="I38" s="24">
-        <v>3.0772686433063732</v>
+        <v>0.31151082751344245</v>
       </c>
       <c r="J38" s="21">
-        <v>47.159999999999982</v>
+        <v>-41.81</v>
       </c>
       <c r="K38" s="21">
-        <v>39.620000000000005</v>
+        <v>-46.97</v>
       </c>
     </row>
     <row r="39" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="92" t="s">
         <v>106</v>
       </c>
       <c r="B39" s="21">
-        <v>130.36000000000001</v>
+        <v>125.4</v>
       </c>
       <c r="C39" s="21">
-        <v>124.82</v>
+        <v>152.55000000000001</v>
       </c>
       <c r="D39" s="24">
-        <v>0.2156986895639299</v>
+        <v>0.25213709117594557</v>
       </c>
       <c r="E39" s="24">
-        <v>-4.2497698680577018</v>
+        <v>21.650717703349287</v>
       </c>
       <c r="F39" s="21">
-        <v>63.74</v>
+        <v>82.4</v>
       </c>
       <c r="G39" s="21">
-        <v>85.37</v>
+        <v>123.18</v>
       </c>
       <c r="H39" s="24">
-        <v>0.33110386701546923</v>
+        <v>0.45018063141506487</v>
       </c>
       <c r="I39" s="24">
-        <v>33.934734860370256</v>
+        <v>49.490291262135919</v>
       </c>
       <c r="J39" s="21">
-        <v>66.62</v>
+        <v>43</v>
       </c>
       <c r="K39" s="21">
-        <v>39.449999999999989</v>
+        <v>29.370000000000005</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="92" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="B40" s="21">
-        <v>109.29</v>
+        <v>121.37</v>
       </c>
       <c r="C40" s="21">
-        <v>118.79</v>
+        <v>143.81</v>
       </c>
       <c r="D40" s="24">
-        <v>0.20527837953292125</v>
+        <v>0.23769147874147972</v>
       </c>
       <c r="E40" s="24">
-        <v>8.6924695763564817</v>
+        <v>18.488918184065252</v>
       </c>
       <c r="F40" s="21">
-        <v>50.43</v>
+        <v>49.49</v>
       </c>
       <c r="G40" s="21">
-        <v>49.93</v>
+        <v>59.72</v>
       </c>
       <c r="H40" s="24">
-        <v>0.19365135387234833</v>
+        <v>0.21825610738843704</v>
       </c>
       <c r="I40" s="24">
-        <v>-0.99147332936744015</v>
+        <v>20.670842594463519</v>
       </c>
       <c r="J40" s="21">
-        <v>58.860000000000007</v>
+        <v>71.88</v>
       </c>
       <c r="K40" s="21">
-        <v>68.860000000000014</v>
+        <v>84.09</v>
       </c>
     </row>
     <row r="41" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="92" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
       <c r="B41" s="21">
-        <v>87.22</v>
+        <v>116.37</v>
       </c>
       <c r="C41" s="21">
-        <v>117.22</v>
+        <v>142.83000000000001</v>
       </c>
       <c r="D41" s="24">
-        <v>0.20256529715337174</v>
+        <v>0.23607171899482338</v>
       </c>
       <c r="E41" s="24">
-        <v>34.395780784223803</v>
+        <v>22.737819025522047</v>
       </c>
       <c r="F41" s="21">
-        <v>138.78</v>
+        <v>142.01</v>
       </c>
       <c r="G41" s="21">
-        <v>131.49</v>
+        <v>205.59</v>
       </c>
       <c r="H41" s="24">
-        <v>0.50997830003354871</v>
+        <v>0.75136090284642953</v>
       </c>
       <c r="I41" s="24">
-        <v>-5.2529182879377379</v>
+        <v>44.771494965143312</v>
       </c>
       <c r="J41" s="21">
-        <v>-51.56</v>
+        <v>-25.639999999999986</v>
       </c>
       <c r="K41" s="21">
-        <v>-14.27000000000001</v>
+        <v>-62.759999999999991</v>
       </c>
     </row>
     <row r="42" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="92" t="s">
-        <v>104</v>
+        <v>81</v>
       </c>
       <c r="B42" s="21">
-        <v>102.02</v>
+        <v>104.62</v>
       </c>
       <c r="C42" s="21">
-        <v>114.43</v>
+        <v>133.35</v>
       </c>
       <c r="D42" s="24">
-        <v>0.19774395967633793</v>
+        <v>0.22040302267002515</v>
       </c>
       <c r="E42" s="24">
-        <v>12.164281513428749</v>
+        <v>27.461288472567375</v>
       </c>
       <c r="F42" s="21">
-        <v>140.36000000000001</v>
+        <v>93.03</v>
       </c>
       <c r="G42" s="21">
-        <v>142.05000000000001</v>
+        <v>65.739999999999995</v>
       </c>
       <c r="H42" s="24">
-        <v>0.55093480507845149</v>
+        <v>0.24025714165632706</v>
       </c>
       <c r="I42" s="24">
-        <v>1.2040467369620957</v>
+        <v>-29.334623239815123</v>
       </c>
       <c r="J42" s="21">
-        <v>-38.340000000000018</v>
+        <v>11.590000000000003</v>
       </c>
       <c r="K42" s="21">
-        <v>-27.620000000000005</v>
+        <v>67.61</v>
       </c>
     </row>
     <row r="43" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="92" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B43" s="21">
-        <v>101.01</v>
+        <v>153.16999999999999</v>
       </c>
       <c r="C43" s="21">
-        <v>113.92</v>
+        <v>127.95</v>
       </c>
       <c r="D43" s="24">
-        <v>0.19686263992247152</v>
+        <v>0.21147781590273507</v>
       </c>
       <c r="E43" s="24">
-        <v>12.780912780912775</v>
+        <v>-16.465365280407383</v>
       </c>
       <c r="F43" s="21">
-        <v>111.25</v>
+        <v>9.41</v>
       </c>
       <c r="G43" s="21">
-        <v>137.22999999999999</v>
+        <v>13.21</v>
       </c>
       <c r="H43" s="24">
-        <v>0.5322406427378803</v>
+        <v>4.8278017056283547E-2</v>
       </c>
       <c r="I43" s="24">
-        <v>23.352808988764036</v>
+        <v>40.382571732199793</v>
       </c>
       <c r="J43" s="21">
-        <v>-10.239999999999995</v>
+        <v>143.76</v>
       </c>
       <c r="K43" s="21">
-        <v>-23.309999999999988</v>
+        <v>114.74000000000001</v>
       </c>
     </row>
     <row r="44" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="92" t="s">
-        <v>101</v>
+        <v>124</v>
       </c>
       <c r="B44" s="21">
-        <v>110.45</v>
+        <v>102.98</v>
       </c>
       <c r="C44" s="21">
-        <v>106.24</v>
+        <v>123.13</v>
       </c>
       <c r="D44" s="24">
-        <v>0.18359100127601274</v>
+        <v>0.20351124245489463</v>
       </c>
       <c r="E44" s="24">
-        <v>-3.8116794929832576</v>
+        <v>19.566906195377733</v>
       </c>
       <c r="F44" s="21">
-        <v>115.83</v>
+        <v>25.01</v>
       </c>
       <c r="G44" s="21">
-        <v>109.64</v>
+        <v>15.14</v>
       </c>
       <c r="H44" s="24">
-        <v>0.42523401639423741</v>
+        <v>5.5331504786686823E-2</v>
       </c>
       <c r="I44" s="24">
-        <v>-5.3440386773720086</v>
+        <v>-39.464214314274294</v>
       </c>
       <c r="J44" s="21">
-        <v>-5.3799999999999955</v>
+        <v>77.97</v>
       </c>
       <c r="K44" s="21">
-        <v>-3.4000000000000057</v>
+        <v>107.99</v>
       </c>
     </row>
     <row r="45" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="92" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
       <c r="B45" s="21">
-        <v>82.74</v>
+        <v>110.78</v>
       </c>
       <c r="C45" s="21">
-        <v>106.17</v>
+        <v>120.65</v>
       </c>
       <c r="D45" s="24">
-        <v>0.18347003581959972</v>
+        <v>0.19941225860621326</v>
       </c>
       <c r="E45" s="24">
-        <v>28.317621464829596</v>
+        <v>8.9095504603719125</v>
       </c>
       <c r="F45" s="21">
-        <v>57.97</v>
+        <v>54.52</v>
       </c>
       <c r="G45" s="21">
-        <v>49.35</v>
+        <v>70.760000000000005</v>
       </c>
       <c r="H45" s="24">
-        <v>0.19140184886041239</v>
+        <v>0.25860351906908585</v>
       </c>
       <c r="I45" s="24">
-        <v>-14.86976022080386</v>
+        <v>29.787234042553195</v>
       </c>
       <c r="J45" s="21">
-        <v>24.769999999999996</v>
+        <v>56.26</v>
       </c>
       <c r="K45" s="21">
-        <v>56.82</v>
+        <v>49.89</v>
       </c>
     </row>
     <row r="46" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="92" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="B46" s="21">
-        <v>98.98</v>
+        <v>94.65</v>
       </c>
       <c r="C46" s="21">
-        <v>104.38</v>
+        <v>117.5</v>
       </c>
       <c r="D46" s="24">
-        <v>0.18037677629132351</v>
+        <v>0.1942058879919607</v>
       </c>
       <c r="E46" s="24">
-        <v>5.4556476055768757</v>
+        <v>24.141574220813517</v>
       </c>
       <c r="F46" s="21">
-        <v>30.46</v>
+        <v>198.8</v>
       </c>
       <c r="G46" s="21">
-        <v>25</v>
+        <v>204.31</v>
       </c>
       <c r="H46" s="24">
-        <v>9.6961422928273755E-2</v>
+        <v>0.74668294207186159</v>
       </c>
       <c r="I46" s="24">
-        <v>-17.925147734734079</v>
+        <v>2.7716297786720272</v>
       </c>
       <c r="J46" s="21">
-        <v>68.52000000000001</v>
+        <v>-104.15</v>
       </c>
       <c r="K46" s="21">
-        <v>79.38</v>
+        <v>-86.81</v>
       </c>
     </row>
     <row r="47" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="92" t="s">
-        <v>81</v>
+        <v>98</v>
       </c>
       <c r="B47" s="21">
-        <v>109.7</v>
+        <v>104.32</v>
       </c>
       <c r="C47" s="21">
-        <v>103.98</v>
+        <v>113.04</v>
       </c>
       <c r="D47" s="24">
-        <v>0.17968554511182047</v>
+        <v>0.18683432832860628</v>
       </c>
       <c r="E47" s="24">
-        <v>-5.2142206016408377</v>
+        <v>8.3588957055214852</v>
       </c>
       <c r="F47" s="21">
-        <v>81.099999999999994</v>
+        <v>137.41999999999999</v>
       </c>
       <c r="G47" s="21">
-        <v>92.35</v>
+        <v>138.41999999999999</v>
       </c>
       <c r="H47" s="24">
-        <v>0.35817549629704321</v>
+        <v>0.50587760188726472</v>
       </c>
       <c r="I47" s="24">
-        <v>13.871763255240444</v>
+        <v>0.7276961141027507</v>
       </c>
       <c r="J47" s="21">
-        <v>28.600000000000009</v>
+        <v>-33.099999999999994</v>
       </c>
       <c r="K47" s="21">
-        <v>11.63000000000001</v>
+        <v>-25.379999999999981</v>
       </c>
     </row>
     <row r="48" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="92" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B48" s="21">
-        <v>92.79</v>
+        <v>105.81</v>
       </c>
       <c r="C48" s="21">
-        <v>95.91</v>
+        <v>108.24</v>
       </c>
       <c r="D48" s="24">
-        <v>0.16573995606534622</v>
+        <v>0.17890081120212617</v>
       </c>
       <c r="E48" s="24">
-        <v>3.3624312964759024</v>
+        <v>2.2965693223702797</v>
       </c>
       <c r="F48" s="21">
-        <v>214.6</v>
+        <v>109.89</v>
       </c>
       <c r="G48" s="21">
-        <v>198.68</v>
+        <v>118.05</v>
       </c>
       <c r="H48" s="24">
-        <v>0.77057182029557725</v>
+        <v>0.43143224174824163</v>
       </c>
       <c r="I48" s="24">
-        <v>-7.4184529356943099</v>
+        <v>7.4256074256074225</v>
       </c>
       <c r="J48" s="21">
-        <v>-121.80999999999999</v>
+        <v>-4.0799999999999983</v>
       </c>
       <c r="K48" s="21">
-        <v>-102.77000000000001</v>
+        <v>-9.8100000000000023</v>
       </c>
     </row>
     <row r="49" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="92" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="B49" s="21">
-        <v>72.75</v>
+        <v>93.23</v>
       </c>
       <c r="C49" s="21">
-        <v>88.66</v>
+        <v>103.23</v>
       </c>
       <c r="D49" s="24">
-        <v>0.15321139093685326</v>
+        <v>0.17062020270136258</v>
       </c>
       <c r="E49" s="24">
-        <v>21.869415807560134</v>
+        <v>10.726161106939825</v>
       </c>
       <c r="F49" s="21">
-        <v>44.67</v>
+        <v>201.84</v>
       </c>
       <c r="G49" s="21">
-        <v>25.92</v>
+        <v>176.67</v>
       </c>
       <c r="H49" s="24">
-        <v>0.10052960329203424</v>
+        <v>0.64566822659603429</v>
       </c>
       <c r="I49" s="24">
-        <v>-41.974479516453997</v>
+        <v>-12.470273483947688</v>
       </c>
       <c r="J49" s="21">
-        <v>28.08</v>
+        <v>-108.61</v>
       </c>
       <c r="K49" s="21">
-        <v>62.739999999999995</v>
+        <v>-73.439999999999984</v>
       </c>
     </row>
     <row r="50" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="92" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="B50" s="21">
-        <v>73.77</v>
+        <v>88.39</v>
       </c>
       <c r="C50" s="21">
-        <v>83.15</v>
+        <v>94.64</v>
       </c>
       <c r="D50" s="24">
-        <v>0.14368968143919861</v>
+        <v>0.15642251267709925</v>
       </c>
       <c r="E50" s="24">
-        <v>12.715195879083652</v>
+        <v>7.0709356262020586</v>
       </c>
       <c r="F50" s="21">
-        <v>34.58</v>
+        <v>25.95</v>
       </c>
       <c r="G50" s="21">
-        <v>36.01</v>
+        <v>21.88</v>
       </c>
       <c r="H50" s="24">
-        <v>0.1396632335858855</v>
+        <v>7.9963891990271305E-2</v>
       </c>
       <c r="I50" s="24">
-        <v>4.1353383458646604</v>
+        <v>-15.684007707129096</v>
       </c>
       <c r="J50" s="21">
-        <v>39.19</v>
+        <v>62.44</v>
       </c>
       <c r="K50" s="21">
-        <v>47.140000000000008</v>
+        <v>72.760000000000005</v>
       </c>
     </row>
     <row r="51" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="92" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B51" s="21">
-        <v>36.229999999999997</v>
+        <v>92.56</v>
       </c>
       <c r="C51" s="21">
-        <v>73.209999999999994</v>
+        <v>94.38</v>
       </c>
       <c r="D51" s="24">
-        <v>0.12651258662854756</v>
+        <v>0.1559927804994149</v>
       </c>
       <c r="E51" s="24">
-        <v>102.07010764559756</v>
+        <v>1.9662921348314533</v>
       </c>
       <c r="F51" s="21">
-        <v>74.55</v>
+        <v>35.520000000000003</v>
       </c>
       <c r="G51" s="21">
-        <v>73.92</v>
+        <v>37.46</v>
       </c>
       <c r="H51" s="24">
-        <v>0.28669553531431985</v>
+        <v>0.13690344579321587</v>
       </c>
       <c r="I51" s="24">
-        <v>-0.84507042253520526</v>
+        <v>5.4617117117117049</v>
       </c>
       <c r="J51" s="21">
-        <v>-38.32</v>
+        <v>57.04</v>
       </c>
       <c r="K51" s="21">
-        <v>-0.71000000000000796</v>
+        <v>56.919999999999995</v>
       </c>
     </row>
     <row r="52" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="92" t="s">
-        <v>108</v>
+        <v>89</v>
       </c>
       <c r="B52" s="21">
-        <v>65.16</v>
+        <v>69.97</v>
       </c>
       <c r="C52" s="21">
-        <v>71.5</v>
+        <v>74.02</v>
       </c>
       <c r="D52" s="24">
-        <v>0.123557573336172</v>
+        <v>0.12234144535459514</v>
       </c>
       <c r="E52" s="24">
-        <v>9.7298956414978566</v>
+        <v>5.7881949406888626</v>
       </c>
       <c r="F52" s="21">
-        <v>167.56</v>
+        <v>24.76</v>
       </c>
       <c r="G52" s="21">
-        <v>201.77</v>
+        <v>24.15</v>
       </c>
       <c r="H52" s="24">
-        <v>0.78255625216951186</v>
+        <v>8.8259963051419199E-2</v>
       </c>
       <c r="I52" s="24">
-        <v>20.416567199809027</v>
+        <v>-2.4636510500807876</v>
       </c>
       <c r="J52" s="21">
-        <v>-102.4</v>
+        <v>45.209999999999994</v>
       </c>
       <c r="K52" s="21">
-        <v>-130.27000000000001</v>
+        <v>49.87</v>
       </c>
     </row>
     <row r="53" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="92" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="B53" s="21">
-        <v>57.25</v>
+        <v>49.24</v>
       </c>
       <c r="C53" s="21">
-        <v>70.83</v>
+        <v>67.37</v>
       </c>
       <c r="D53" s="24">
-        <v>0.12239976111050437</v>
+        <v>0.1113502185022842</v>
       </c>
       <c r="E53" s="24">
-        <v>23.720524017467245</v>
+        <v>36.819658813972381</v>
       </c>
       <c r="F53" s="21">
-        <v>19.62</v>
+        <v>11.27</v>
       </c>
       <c r="G53" s="21">
-        <v>24.77</v>
+        <v>15.27</v>
       </c>
       <c r="H53" s="24">
-        <v>9.606937783733363E-2</v>
+        <v>5.5806610177853877E-2</v>
       </c>
       <c r="I53" s="24">
-        <v>26.248725790010184</v>
+        <v>35.492457852706302</v>
       </c>
       <c r="J53" s="21">
-        <v>37.629999999999995</v>
+        <v>37.97</v>
       </c>
       <c r="K53" s="21">
-        <v>46.06</v>
+        <v>52.100000000000009</v>
       </c>
     </row>
     <row r="54" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="92" t="s">
-        <v>118</v>
+        <v>103</v>
       </c>
       <c r="B54" s="21">
-        <v>65.98</v>
+        <v>49.44</v>
       </c>
       <c r="C54" s="21">
-        <v>56.32</v>
+        <v>67.28</v>
       </c>
       <c r="D54" s="24">
-        <v>9.7325350074030856E-2</v>
+        <v>0.11120146505616268</v>
       </c>
       <c r="E54" s="24">
-        <v>-14.640800242497731</v>
+        <v>36.084142394822017</v>
       </c>
       <c r="F54" s="21">
-        <v>20.68</v>
+        <v>19.829999999999998</v>
       </c>
       <c r="G54" s="21">
-        <v>11.23</v>
+        <v>23.89</v>
       </c>
       <c r="H54" s="24">
-        <v>4.3555071179380574E-2</v>
+        <v>8.7309752269085092E-2</v>
       </c>
       <c r="I54" s="24">
-        <v>-45.696324951644094</v>
+        <v>20.474029248613228</v>
       </c>
       <c r="J54" s="21">
-        <v>45.300000000000004</v>
+        <v>29.61</v>
       </c>
       <c r="K54" s="21">
-        <v>45.09</v>
+        <v>43.39</v>
       </c>
     </row>
     <row r="55" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="92" t="s">
         <v>27</v>
       </c>
       <c r="B55" s="21">
-        <v>54.05</v>
+        <v>46.89</v>
       </c>
       <c r="C55" s="21">
-        <v>49.55</v>
+        <v>63.52</v>
       </c>
       <c r="D55" s="24">
-        <v>8.5626262360941563E-2</v>
+        <v>0.10498687664041995</v>
       </c>
       <c r="E55" s="24">
-        <v>-8.3256244218316375</v>
+        <v>35.465984218383454</v>
       </c>
       <c r="F55" s="21">
-        <v>44.64</v>
+        <v>40.81</v>
       </c>
       <c r="G55" s="21">
-        <v>40.81</v>
+        <v>45.78</v>
       </c>
       <c r="H55" s="24">
-        <v>0.15827982678811409</v>
+        <v>0.16731019082790771</v>
       </c>
       <c r="I55" s="24">
-        <v>-8.5797491039426479</v>
+        <v>12.17838765008576</v>
       </c>
       <c r="J55" s="21">
-        <v>9.4099999999999966</v>
+        <v>6.0799999999999983</v>
       </c>
       <c r="K55" s="21">
-        <v>8.7399999999999949</v>
+        <v>17.740000000000002</v>
       </c>
     </row>
     <row r="56" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="92" t="s">
-        <v>103</v>
+        <v>118</v>
       </c>
       <c r="B56" s="21">
-        <v>41.96</v>
+        <v>56.81</v>
       </c>
       <c r="C56" s="21">
-        <v>49.3</v>
+        <v>54.24</v>
       </c>
       <c r="D56" s="24">
-        <v>8.5194242873752143E-2</v>
+        <v>8.9648743529225083E-2</v>
       </c>
       <c r="E56" s="24">
-        <v>17.492850333651084</v>
+        <v>-4.5238514346065832</v>
       </c>
       <c r="F56" s="21">
-        <v>21.84</v>
+        <v>11.23</v>
       </c>
       <c r="G56" s="21">
-        <v>19.82</v>
+        <v>9.0500000000000007</v>
       </c>
       <c r="H56" s="24">
-        <v>7.6871016097535438E-2</v>
+        <v>3.3074644538937638E-2</v>
       </c>
       <c r="I56" s="24">
-        <v>-9.2490842490842464</v>
+        <v>-19.412288512911839</v>
       </c>
       <c r="J56" s="21">
-        <v>20.12</v>
+        <v>45.58</v>
       </c>
       <c r="K56" s="21">
-        <v>29.479999999999997</v>
+        <v>45.19</v>
       </c>
     </row>
     <row r="57" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="92" t="s">
-        <v>105</v>
+        <v>90</v>
       </c>
       <c r="B57" s="21">
-        <v>46.06</v>
+        <v>37.299999999999997</v>
       </c>
       <c r="C57" s="21">
-        <v>49</v>
+        <v>48.13</v>
       </c>
       <c r="D57" s="24">
-        <v>8.4675819489124865E-2</v>
+        <v>7.9550037353643133E-2</v>
       </c>
       <c r="E57" s="24">
-        <v>6.3829787234042508</v>
+        <v>29.034852546916905</v>
       </c>
       <c r="F57" s="21">
-        <v>7</v>
+        <v>31.85</v>
       </c>
       <c r="G57" s="21">
-        <v>11.24</v>
+        <v>26.4</v>
       </c>
       <c r="H57" s="24">
-        <v>4.3593855748551881E-2</v>
+        <v>9.6482940975464462E-2</v>
       </c>
       <c r="I57" s="24">
-        <v>60.571428571428577</v>
+        <v>-17.111459968602833</v>
       </c>
       <c r="J57" s="21">
-        <v>39.06</v>
+        <v>5.4499999999999957</v>
       </c>
       <c r="K57" s="21">
-        <v>37.76</v>
+        <v>21.730000000000004</v>
       </c>
     </row>
     <row r="58" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="92" t="s">
-        <v>95</v>
+        <v>119</v>
       </c>
       <c r="B58" s="21">
-        <v>33.799999999999997</v>
+        <v>39.18</v>
       </c>
       <c r="C58" s="21">
-        <v>37.159999999999997</v>
+        <v>42.25</v>
       </c>
       <c r="D58" s="24">
-        <v>6.4215376575834274E-2</v>
+        <v>6.9831478873705013E-2</v>
       </c>
       <c r="E58" s="24">
-        <v>9.9408284023668632</v>
+        <v>7.8356304236855552</v>
       </c>
       <c r="F58" s="21">
-        <v>16.399999999999999</v>
+        <v>23.59</v>
       </c>
       <c r="G58" s="21">
-        <v>10.36</v>
+        <v>26.01</v>
       </c>
       <c r="H58" s="24">
-        <v>4.018081366147664E-2</v>
+        <v>9.5057624801963295E-2</v>
       </c>
       <c r="I58" s="24">
-        <v>-36.829268292682926</v>
+        <v>10.258584145824509</v>
       </c>
       <c r="J58" s="21">
-        <v>17.399999999999999</v>
+        <v>15.59</v>
       </c>
       <c r="K58" s="21">
-        <v>26.799999999999997</v>
+        <v>16.239999999999998</v>
       </c>
     </row>
     <row r="59" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="92" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B59" s="21">
-        <v>25.44</v>
+        <v>37.36</v>
       </c>
       <c r="C59" s="21">
-        <v>37.090000000000003</v>
+        <v>38.909999999999997</v>
       </c>
       <c r="D59" s="24">
-        <v>6.4094411119421255E-2</v>
+        <v>6.4311073206529276E-2</v>
       </c>
       <c r="E59" s="24">
-        <v>45.79402515723271</v>
+        <v>4.1488222698072725</v>
       </c>
       <c r="F59" s="21">
-        <v>22.83</v>
+        <v>10.37</v>
       </c>
       <c r="G59" s="21">
-        <v>31.86</v>
+        <v>14.76</v>
       </c>
       <c r="H59" s="24">
-        <v>0.12356763737979208</v>
+        <v>5.394273518173695E-2</v>
       </c>
       <c r="I59" s="24">
-        <v>39.553219448094616</v>
+        <v>42.333654773384772</v>
       </c>
       <c r="J59" s="21">
-        <v>2.610000000000003</v>
+        <v>26.990000000000002</v>
       </c>
       <c r="K59" s="21">
-        <v>5.230000000000004</v>
+        <v>24.15</v>
       </c>
     </row>
     <row r="60" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="92" t="s">
         <v>113</v>
       </c>
       <c r="B60" s="21">
-        <v>32.659999999999997</v>
+        <v>36.299999999999997</v>
       </c>
       <c r="C60" s="21">
-        <v>35.869999999999997</v>
+        <v>35.75</v>
       </c>
       <c r="D60" s="24">
-        <v>6.1986156021936904E-2</v>
+        <v>5.9088174431596557E-2</v>
       </c>
       <c r="E60" s="24">
-        <v>9.8285364360073526</v>
+        <v>-1.5151515151515074</v>
       </c>
       <c r="F60" s="21">
-        <v>10.38</v>
+        <v>9.1199999999999992</v>
       </c>
       <c r="G60" s="21">
-        <v>9.1199999999999992</v>
+        <v>11.13</v>
       </c>
       <c r="H60" s="24">
-        <v>3.5371527084234265E-2</v>
+        <v>4.0676330797610592E-2</v>
       </c>
       <c r="I60" s="24">
-        <v>-12.138728323699437</v>
+        <v>22.039473684210545</v>
       </c>
       <c r="J60" s="21">
-        <v>22.279999999999994</v>
+        <v>27.18</v>
       </c>
       <c r="K60" s="21">
-        <v>26.75</v>
+        <v>24.619999999999997</v>
       </c>
     </row>
     <row r="61" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="92" t="s">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="B61" s="21">
-        <v>29.2</v>
+        <v>49.16</v>
       </c>
       <c r="C61" s="21">
-        <v>30.87</v>
+        <v>34.54</v>
       </c>
       <c r="D61" s="24">
-        <v>5.334576627814866E-2</v>
+        <v>5.7088266989296359E-2</v>
       </c>
       <c r="E61" s="24">
-        <v>5.7191780821917861</v>
+        <v>-29.739625711960944</v>
       </c>
       <c r="F61" s="21">
-        <v>7.7</v>
+        <v>11.17</v>
       </c>
       <c r="G61" s="21">
-        <v>7.28</v>
+        <v>8.67</v>
       </c>
       <c r="H61" s="24">
-        <v>2.8235166356713318E-2</v>
+        <v>3.1685874933987765E-2</v>
       </c>
       <c r="I61" s="24">
-        <v>-5.4545454545454533</v>
+        <v>-22.381378692927484</v>
       </c>
       <c r="J61" s="21">
-        <v>21.5</v>
+        <v>37.989999999999995</v>
       </c>
       <c r="K61" s="21">
-        <v>23.59</v>
+        <v>25.869999999999997</v>
       </c>
     </row>
     <row r="62" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="92" t="s">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="B62" s="21">
-        <v>9.6199999999999992</v>
+        <v>28.03</v>
       </c>
       <c r="C62" s="21">
-        <v>26.39</v>
+        <v>28.94</v>
       </c>
       <c r="D62" s="24">
-        <v>4.5603977067714387E-2</v>
+        <v>4.7832497008402919E-2</v>
       </c>
       <c r="E62" s="24">
-        <v>174.32432432432435</v>
+        <v>3.2465215840171249</v>
       </c>
       <c r="F62" s="21">
-        <v>12.3</v>
+        <v>7.28</v>
       </c>
       <c r="G62" s="21">
-        <v>11.19</v>
+        <v>7.86</v>
       </c>
       <c r="H62" s="24">
-        <v>4.339993290269533E-2</v>
+        <v>2.8725602881331469E-2</v>
       </c>
       <c r="I62" s="24">
-        <v>-9.0243902439024488</v>
+        <v>7.967032967032968</v>
       </c>
       <c r="J62" s="21">
-        <v>-2.6800000000000015</v>
+        <v>20.75</v>
       </c>
       <c r="K62" s="21">
-        <v>15.200000000000001</v>
+        <v>21.080000000000002</v>
       </c>
     </row>
     <row r="63" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="92" t="s">
         <v>107</v>
       </c>
       <c r="B63" s="21">
-        <v>25.56</v>
+        <v>25.57</v>
       </c>
       <c r="C63" s="21">
-        <v>25.87</v>
+        <v>24.97</v>
       </c>
       <c r="D63" s="24">
-        <v>4.4705376534360415E-2</v>
+        <v>4.1270817218376665E-2</v>
       </c>
       <c r="E63" s="24">
-        <v>1.2128325508607289</v>
+        <v>-2.3464998044583552</v>
       </c>
       <c r="F63" s="21">
-        <v>23.15</v>
+        <v>11.02</v>
       </c>
       <c r="G63" s="21">
-        <v>10.88</v>
+        <v>18.05</v>
       </c>
       <c r="H63" s="24">
-        <v>4.219761125838474E-2</v>
+        <v>6.5966556235118698E-2</v>
       </c>
       <c r="I63" s="24">
-        <v>-53.002159827213816</v>
+        <v>63.793103448275879</v>
       </c>
       <c r="J63" s="21">
-        <v>2.41</v>
+        <v>14.55</v>
       </c>
       <c r="K63" s="21">
-        <v>14.99</v>
+        <v>6.9199999999999982</v>
       </c>
     </row>
     <row r="64" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="92" t="s">
-        <v>119</v>
+        <v>92</v>
       </c>
       <c r="B64" s="21">
-        <v>12</v>
+        <v>18.829999999999998</v>
       </c>
       <c r="C64" s="21">
-        <v>15.35</v>
+        <v>14.85</v>
       </c>
       <c r="D64" s="24">
-        <v>2.652599651342993E-2</v>
+        <v>2.4544318610047799E-2</v>
       </c>
       <c r="E64" s="24">
-        <v>27.916666666666661</v>
+        <v>-21.136484333510349</v>
       </c>
       <c r="F64" s="21">
-        <v>23.51</v>
+        <v>75.790000000000006</v>
       </c>
       <c r="G64" s="21">
-        <v>24.06</v>
+        <v>86.18</v>
       </c>
       <c r="H64" s="24">
-        <v>9.3315673426170656E-2</v>
+        <v>0.31495832777520938</v>
       </c>
       <c r="I64" s="24">
-        <v>2.3394300297745518</v>
+        <v>13.708932576857105</v>
       </c>
       <c r="J64" s="21">
-        <v>-11.510000000000002</v>
+        <v>-56.960000000000008</v>
       </c>
       <c r="K64" s="21">
-        <v>-8.7099999999999991</v>
+        <v>-71.330000000000013</v>
       </c>
     </row>
     <row r="65" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="92" t="s">
-        <v>122</v>
+        <v>82</v>
       </c>
       <c r="B65" s="21">
-        <v>14.24</v>
+        <v>12.23</v>
       </c>
       <c r="C65" s="21">
-        <v>15.13</v>
+        <v>14.14</v>
       </c>
       <c r="D65" s="24">
-        <v>2.6145819364703251E-2</v>
+        <v>2.3370819201755953E-2</v>
       </c>
       <c r="E65" s="24">
-        <v>6.2500000000000044</v>
+        <v>15.617334423548652</v>
       </c>
       <c r="F65" s="21">
-        <v>73.62</v>
+        <v>65.05</v>
       </c>
       <c r="G65" s="21">
-        <v>100.24</v>
+        <v>51.71</v>
       </c>
       <c r="H65" s="24">
-        <v>0.3887765213732064</v>
+        <v>0.18898230597883592</v>
       </c>
       <c r="I65" s="24">
-        <v>36.158652540070619</v>
+        <v>-20.507302075326667</v>
       </c>
       <c r="J65" s="21">
-        <v>-59.38</v>
+        <v>-52.819999999999993</v>
       </c>
       <c r="K65" s="21">
-        <v>-85.11</v>
+        <v>-37.57</v>
       </c>
     </row>
     <row r="66" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="92" t="s">
-        <v>82</v>
+        <v>111</v>
       </c>
       <c r="B66" s="21">
-        <v>11.3</v>
+        <v>7.74</v>
       </c>
       <c r="C66" s="21">
-        <v>12.31</v>
+        <v>11.06</v>
       </c>
       <c r="D66" s="24">
-        <v>2.1272639549206676E-2</v>
+        <v>1.8280145712264554E-2</v>
       </c>
       <c r="E66" s="24">
-        <v>8.9380530973451311</v>
+        <v>42.894056847545222</v>
       </c>
       <c r="F66" s="21">
-        <v>52.5</v>
+        <v>84.58</v>
       </c>
       <c r="G66" s="21">
-        <v>66.91</v>
+        <v>74.61</v>
       </c>
       <c r="H66" s="24">
-        <v>0.25950755232523187</v>
+        <v>0.27267394796134103</v>
       </c>
       <c r="I66" s="24">
-        <v>27.447619047619042</v>
+        <v>-11.787656656419957</v>
       </c>
       <c r="J66" s="21">
-        <v>-41.2</v>
+        <v>-76.84</v>
       </c>
       <c r="K66" s="21">
-        <v>-54.599999999999994</v>
+        <v>-63.55</v>
       </c>
     </row>
     <row r="67" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="92" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
       <c r="B67" s="21">
-        <v>9.36</v>
+        <v>15.03</v>
       </c>
       <c r="C67" s="21">
-        <v>7.86</v>
+        <v>10.65</v>
       </c>
       <c r="D67" s="24">
-        <v>1.3582692677235129E-2</v>
+        <v>1.7602491124377714E-2</v>
       </c>
       <c r="E67" s="24">
-        <v>-16.025641025641015</v>
+        <v>-29.141716566866261</v>
       </c>
       <c r="F67" s="21">
-        <v>103.43</v>
+        <v>100.78</v>
       </c>
       <c r="G67" s="21">
-        <v>82.67</v>
+        <v>107.09</v>
       </c>
       <c r="H67" s="24">
-        <v>0.32063203333921569</v>
+        <v>0.39137720261600345</v>
       </c>
       <c r="I67" s="24">
-        <v>-20.071545973121921</v>
+        <v>6.2611629291526123</v>
       </c>
       <c r="J67" s="21">
-        <v>-94.070000000000007</v>
+        <v>-85.75</v>
       </c>
       <c r="K67" s="21">
-        <v>-74.81</v>
+        <v>-96.44</v>
       </c>
     </row>
     <row r="68" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="92" t="s">
         <v>121</v>
       </c>
       <c r="B68" s="21">
-        <v>5.0999999999999996</v>
+        <v>7.04</v>
       </c>
       <c r="C68" s="21">
-        <v>7.19</v>
+        <v>6.84</v>
       </c>
       <c r="D68" s="24">
-        <v>1.2424880451567507E-2</v>
+        <v>1.1305261905234136E-2</v>
       </c>
       <c r="E68" s="24">
-        <v>40.980392156862763</v>
+        <v>-2.8409090909090935</v>
       </c>
       <c r="F68" s="21">
-        <v>3.02</v>
+        <v>1.9</v>
       </c>
       <c r="G68" s="21">
-        <v>1.9</v>
+        <v>1.19</v>
       </c>
       <c r="H68" s="24">
-        <v>7.3690681425488055E-3</v>
+        <v>4.3490416576061636E-3</v>
       </c>
       <c r="I68" s="24">
-        <v>-37.086092715231786</v>
+        <v>-37.368421052631575</v>
       </c>
       <c r="J68" s="21">
-        <v>2.0799999999999996</v>
+        <v>5.1400000000000006</v>
       </c>
       <c r="K68" s="21">
-        <v>5.2900000000000009</v>
+        <v>5.65</v>
       </c>
     </row>
     <row r="69" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="92" t="s">
         <v>99</v>
       </c>
       <c r="B69" s="21">
-        <v>4.5</v>
+        <v>5.85</v>
       </c>
       <c r="C69" s="21">
-        <v>5.61</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="D69" s="24">
-        <v>9.694517292530418E-3</v>
+        <v>3.8014769564383797E-3</v>
       </c>
       <c r="E69" s="24">
-        <v>24.666666666666671</v>
+        <v>-60.683760683760681</v>
       </c>
       <c r="F69" s="21">
-        <v>1.17</v>
+        <v>1.52</v>
       </c>
       <c r="G69" s="21">
-        <v>1.53</v>
+        <v>0.67</v>
       </c>
       <c r="H69" s="24">
-        <v>5.9340390832103539E-3</v>
+        <v>2.4486200929379242E-3</v>
       </c>
       <c r="I69" s="24">
-        <v>30.769230769230781</v>
+        <v>-55.921052631578952</v>
       </c>
       <c r="J69" s="21">
-        <v>3.33</v>
+        <v>4.33</v>
       </c>
       <c r="K69" s="21">
-        <v>4.08</v>
+        <v>1.63</v>
       </c>
     </row>
     <row r="70" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="106" t="s">
         <v>31</v>
       </c>
       <c r="B70" s="107">
-        <v>2162.2499999999854</v>
+        <v>2236.2099999999991</v>
       </c>
       <c r="C70" s="107">
-        <v>2240.1399999999776</v>
+        <v>2247.3700000000026</v>
       </c>
       <c r="D70" s="50">
-        <v>3.8711365361299239</v>
+        <v>3.7144892467786654</v>
       </c>
       <c r="E70" s="50">
-        <v>3.6022661579369943</v>
+        <v>0.49905867516930419</v>
       </c>
       <c r="F70" s="107">
-        <v>1658.7000000000007</v>
+        <v>1692.96000000001</v>
       </c>
       <c r="G70" s="107">
-        <v>1701.1200000000063</v>
+        <v>1769.6300000000083</v>
       </c>
       <c r="H70" s="50">
-        <v>6.5977206308698255</v>
+        <v>6.4673904105459092</v>
       </c>
       <c r="I70" s="50">
-        <v>2.557424489058028</v>
+        <v>4.5287543710423046</v>
       </c>
       <c r="J70" s="85">
-        <v>503.54999999998472</v>
+        <v>543.24999999998909</v>
       </c>
       <c r="K70" s="85">
-        <v>539.01999999997133</v>
+        <v>477.73999999999432</v>
       </c>
     </row>
     <row r="71" spans="1:11" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="95"/>
       <c r="B71" s="96"/>
       <c r="C71" s="96"/>
       <c r="D71" s="97"/>
       <c r="E71" s="97"/>
       <c r="F71" s="96"/>
       <c r="G71" s="96"/>
       <c r="H71" s="97"/>
       <c r="I71" s="97"/>
       <c r="J71" s="69"/>
       <c r="K71" s="69"/>
     </row>
     <row r="72" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A72" s="36" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B72" s="43"/>
       <c r="C72" s="43"/>
       <c r="D72" s="43"/>
       <c r="E72" s="43"/>
       <c r="F72" s="43"/>
       <c r="G72" s="43"/>
       <c r="H72" s="43"/>
       <c r="I72" s="43"/>
       <c r="J72" s="43"/>
       <c r="K72" s="43"/>
     </row>
     <row r="73" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="74" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="61"/>
       <c r="B74" s="61"/>
       <c r="C74" s="61"/>
       <c r="D74" s="61"/>
       <c r="E74" s="61"/>
       <c r="F74" s="61"/>
       <c r="G74" s="61"/>
       <c r="H74" s="61"/>
       <c r="I74" s="61"/>
       <c r="J74" s="61"/>
       <c r="K74" s="61"/>
     </row>
     <row r="75" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="76" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A76" s="14" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="77" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A77" s="60" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="78" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A78" s="44"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A7:K69">
     <sortCondition descending="1" ref="C7:C69"/>
   </sortState>
   <mergeCells count="3">
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="J4:K4"/>
   </mergeCells>
   <conditionalFormatting sqref="B7:K70">
     <cfRule type="cellIs" dxfId="4" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="3" priority="2" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A77" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{0CF4B038-2FD3-4F80-83EE-5EF6A77C3402}"/>
   </hyperlinks>
@@ -7766,51 +7771,51 @@
       <c r="A1" s="36"/>
       <c r="C1" s="36"/>
       <c r="E1" s="36"/>
       <c r="F1" s="36"/>
       <c r="G1" s="36"/>
       <c r="H1" s="36"/>
       <c r="I1" s="36"/>
       <c r="K1" s="36"/>
       <c r="L1" s="36"/>
       <c r="M1" s="36"/>
       <c r="N1" s="36"/>
       <c r="O1" s="36"/>
       <c r="P1" s="36"/>
       <c r="Q1" s="36"/>
       <c r="R1" s="36"/>
       <c r="S1" s="36"/>
       <c r="T1" s="36"/>
       <c r="U1" s="36"/>
       <c r="V1" s="36"/>
       <c r="W1" s="36"/>
       <c r="X1" s="36"/>
       <c r="Y1" s="36"/>
     </row>
     <row r="2" spans="1:25" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="45" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B2" s="37"/>
       <c r="C2" s="38"/>
       <c r="D2" s="38"/>
       <c r="E2" s="38"/>
       <c r="F2" s="38"/>
       <c r="G2" s="38"/>
       <c r="H2" s="38"/>
       <c r="I2" s="38"/>
       <c r="J2" s="38"/>
       <c r="K2" s="36"/>
       <c r="L2" s="36"/>
       <c r="M2" s="36"/>
       <c r="N2" s="36"/>
       <c r="O2" s="36"/>
       <c r="P2" s="36"/>
       <c r="Q2" s="36"/>
       <c r="R2" s="36"/>
       <c r="S2" s="36"/>
       <c r="T2" s="36"/>
       <c r="U2" s="36"/>
       <c r="V2" s="36"/>
       <c r="W2" s="36"/>
       <c r="X2" s="36"/>
       <c r="Y2" s="36"/>
@@ -7822,526 +7827,526 @@
       <c r="D3" s="38"/>
       <c r="E3" s="38"/>
       <c r="F3" s="38"/>
       <c r="G3" s="38"/>
       <c r="H3" s="38"/>
       <c r="I3" s="38"/>
       <c r="J3" s="38"/>
       <c r="K3" s="36"/>
       <c r="L3" s="36"/>
       <c r="M3" s="36"/>
       <c r="N3" s="36"/>
       <c r="O3" s="36"/>
       <c r="P3" s="36"/>
       <c r="Q3" s="36"/>
       <c r="R3" s="36"/>
       <c r="S3" s="36"/>
       <c r="T3" s="36"/>
       <c r="U3" s="36"/>
       <c r="V3" s="36"/>
       <c r="W3" s="36"/>
       <c r="X3" s="36"/>
       <c r="Y3" s="36"/>
     </row>
     <row r="4" spans="1:25" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="80" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B4" s="81" t="s">
         <v>54</v>
       </c>
       <c r="C4" s="82" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="D4" s="81" t="s">
         <v>55</v>
       </c>
       <c r="E4" s="82" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F4" s="82" t="s">
         <v>32</v>
       </c>
       <c r="G4" s="82" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H4" s="82" t="s">
         <v>1</v>
       </c>
       <c r="I4" s="83" t="s">
         <v>2</v>
       </c>
       <c r="K4" s="62"/>
       <c r="L4" s="62"/>
       <c r="M4" s="62"/>
       <c r="N4" s="62"/>
       <c r="O4" s="62"/>
       <c r="P4" s="62"/>
       <c r="Q4" s="62"/>
       <c r="R4" s="62"/>
       <c r="S4" s="62"/>
       <c r="T4" s="62"/>
       <c r="U4" s="62"/>
       <c r="V4" s="62"/>
       <c r="W4" s="62"/>
       <c r="X4" s="62"/>
       <c r="Y4" s="62"/>
     </row>
     <row r="5" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="63" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="64">
-        <v>5311.68</v>
+        <v>606.75</v>
       </c>
       <c r="C5" s="65">
         <v>100</v>
       </c>
       <c r="D5" s="64">
-        <v>5534.4900000000007</v>
+        <v>577.38</v>
       </c>
       <c r="E5" s="65">
         <v>100</v>
       </c>
       <c r="F5" s="64">
-        <v>222.8100000000004</v>
+        <v>-29.370000000000005</v>
       </c>
       <c r="G5" s="66">
-        <v>4.194718055304544</v>
+        <v>-4.8405438813349821</v>
       </c>
       <c r="H5" s="65">
-        <v>4.194718055304544</v>
+        <v>-4.8405438813349821</v>
       </c>
       <c r="I5" s="65">
         <v>100</v>
       </c>
       <c r="J5" s="59"/>
       <c r="K5" s="59"/>
       <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="67" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B6" s="21">
-        <v>15.260000000000002</v>
+        <v>2.02</v>
       </c>
       <c r="C6" s="68">
-        <v>0.28729140309657214</v>
+        <v>0.33292130201895348</v>
       </c>
       <c r="D6" s="21">
-        <v>25.79</v>
+        <v>3.25</v>
       </c>
       <c r="E6" s="68">
-        <v>0.46598692923828561</v>
+        <v>0.56288752641241468</v>
       </c>
       <c r="F6" s="21">
-        <v>10.529999999999998</v>
+        <v>1.23</v>
       </c>
       <c r="G6" s="24">
-        <v>69.003931847968531</v>
+        <v>60.89108910891089</v>
       </c>
       <c r="H6" s="68">
-        <v>0.19824236399783113</v>
+        <v>0.20271940667490729</v>
       </c>
       <c r="I6" s="68">
-        <v>4.7259997307122559</v>
+        <v>-4.187946884576097</v>
       </c>
       <c r="J6" s="59"/>
       <c r="K6" s="59"/>
     </row>
     <row r="7" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="67" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B7" s="21">
-        <v>3999.8700000000003</v>
+        <v>452.38</v>
       </c>
       <c r="C7" s="68">
-        <v>75.303293873124886</v>
+        <v>74.557890399670384</v>
       </c>
       <c r="D7" s="21">
-        <v>4291.2700000000004</v>
+        <v>442.01</v>
       </c>
       <c r="E7" s="68">
-        <v>77.536864281984435</v>
+        <v>76.554435553708132</v>
       </c>
       <c r="F7" s="21">
-        <v>291.40000000000009</v>
+        <v>-10.370000000000005</v>
       </c>
       <c r="G7" s="24">
-        <v>7.2852367701950334</v>
+        <v>-2.292320615411823</v>
       </c>
       <c r="H7" s="68">
-        <v>5.4860232544129186</v>
+        <v>-1.7091058920477964</v>
       </c>
       <c r="I7" s="68">
-        <v>130.78407611866595</v>
+        <v>35.308137555328578</v>
       </c>
       <c r="J7" s="59"/>
       <c r="K7" s="59"/>
     </row>
     <row r="8" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="67" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B8" s="21">
-        <v>774.29000000000008</v>
+        <v>97.04</v>
       </c>
       <c r="C8" s="68">
-        <v>14.577120609675282</v>
+        <v>15.993407498969923</v>
       </c>
       <c r="D8" s="21">
-        <v>753.33</v>
+        <v>80.709999999999994</v>
       </c>
       <c r="E8" s="68">
-        <v>13.611552283950282</v>
+        <v>13.978662232844918</v>
       </c>
       <c r="F8" s="21">
-        <v>-20.960000000000036</v>
+        <v>-16.330000000000013</v>
       </c>
       <c r="G8" s="24">
-        <v>-2.706996086737532</v>
+        <v>-16.828112118713946</v>
       </c>
       <c r="H8" s="68">
-        <v>-0.39460208446292017</v>
+        <v>-2.6913885455294619</v>
       </c>
       <c r="I8" s="68">
-        <v>-9.4071181724339112</v>
+        <v>55.600953353762371</v>
       </c>
       <c r="J8" s="59"/>
       <c r="K8" s="59"/>
     </row>
     <row r="9" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="84" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B9" s="85">
-        <v>522.2600000000001</v>
+        <v>55.310000000000059</v>
       </c>
       <c r="C9" s="86">
-        <v>9.8322941141032612</v>
+        <v>9.1157807993407598</v>
       </c>
       <c r="D9" s="85">
-        <v>464.09999999999997</v>
+        <v>51.409999999999968</v>
       </c>
       <c r="E9" s="86">
-        <v>8.3855965048270011</v>
+        <v>8.9040146870345289</v>
       </c>
       <c r="F9" s="85">
-        <v>-58.160000000000139</v>
+        <v>-3.9000000000000909</v>
       </c>
       <c r="G9" s="50">
-        <v>-11.136215678014807</v>
+        <v>-7.0511661544026163</v>
       </c>
       <c r="H9" s="86">
-        <v>-1.0949454786432944</v>
+        <v>-0.64276885043264786</v>
       </c>
       <c r="I9" s="86">
-        <v>-26.102957676944499</v>
+        <v>13.278855975485495</v>
       </c>
       <c r="J9" s="59"/>
       <c r="K9" s="59"/>
       <c r="L9" s="26"/>
     </row>
     <row r="10" spans="1:25" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="59"/>
       <c r="B10" s="69"/>
       <c r="C10" s="70"/>
       <c r="D10" s="69"/>
       <c r="E10" s="70"/>
       <c r="F10" s="70"/>
       <c r="G10" s="25"/>
       <c r="H10" s="70"/>
       <c r="I10" s="70"/>
       <c r="J10" s="59"/>
       <c r="K10" s="59"/>
     </row>
     <row r="11" spans="1:25" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="71"/>
       <c r="B11" s="69"/>
       <c r="C11" s="69"/>
       <c r="D11" s="69"/>
       <c r="E11" s="69"/>
       <c r="F11" s="69"/>
       <c r="G11" s="72"/>
       <c r="H11" s="70"/>
       <c r="I11" s="70"/>
       <c r="J11" s="59"/>
     </row>
     <row r="12" spans="1:25" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="80" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="81" t="s">
         <v>54</v>
       </c>
       <c r="C12" s="82" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="D12" s="81" t="s">
         <v>55</v>
       </c>
       <c r="E12" s="82" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F12" s="82" t="s">
         <v>32</v>
       </c>
       <c r="G12" s="82" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H12" s="82" t="s">
         <v>1</v>
       </c>
       <c r="I12" s="83" t="s">
         <v>2</v>
       </c>
       <c r="K12" s="62"/>
       <c r="L12" s="62"/>
       <c r="M12" s="62"/>
       <c r="N12" s="62"/>
       <c r="O12" s="62"/>
       <c r="P12" s="62"/>
       <c r="Q12" s="62"/>
       <c r="R12" s="62"/>
       <c r="S12" s="62"/>
       <c r="T12" s="62"/>
       <c r="U12" s="62"/>
       <c r="V12" s="62"/>
       <c r="W12" s="62"/>
       <c r="X12" s="62"/>
       <c r="Y12" s="62"/>
     </row>
     <row r="13" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="63" t="s">
         <v>0</v>
       </c>
       <c r="B13" s="64">
-        <v>3165.84</v>
+        <v>360.26</v>
       </c>
       <c r="C13" s="65">
         <v>100</v>
       </c>
       <c r="D13" s="64">
-        <v>3385.71</v>
+        <v>338.21</v>
       </c>
       <c r="E13" s="65">
         <v>100</v>
       </c>
       <c r="F13" s="64">
-        <v>219.86999999999989</v>
+        <v>-22.050000000000011</v>
       </c>
       <c r="G13" s="66">
-        <v>6.9450761883102077</v>
+        <v>-6.120579581413427</v>
       </c>
       <c r="H13" s="65">
-        <v>6.9450761883102077</v>
+        <v>-6.120579581413427</v>
       </c>
       <c r="I13" s="65">
         <v>100</v>
       </c>
       <c r="J13" s="59"/>
     </row>
     <row r="14" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="67" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B14" s="21">
-        <v>562.79999999999995</v>
+        <v>84.34</v>
       </c>
       <c r="C14" s="68">
-        <v>17.777272382685162</v>
+        <v>23.410869927274746</v>
       </c>
       <c r="D14" s="21">
-        <v>598.45000000000005</v>
+        <v>44.66</v>
       </c>
       <c r="E14" s="68">
-        <v>17.675760771005198</v>
+        <v>13.204813577363176</v>
       </c>
       <c r="F14" s="21">
-        <v>35.650000000000091</v>
+        <v>-39.680000000000007</v>
       </c>
       <c r="G14" s="24">
-        <v>6.3343994314143739</v>
+        <v>-47.047664216267492</v>
       </c>
       <c r="H14" s="68">
-        <v>1.1260834407297933</v>
+        <v>-11.014267473491369</v>
       </c>
       <c r="I14" s="68">
-        <v>16.214126529312825</v>
+        <v>179.95464852607702</v>
       </c>
       <c r="J14" s="59"/>
     </row>
     <row r="15" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="67" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B15" s="21">
-        <v>1762.97</v>
+        <v>195.05</v>
       </c>
       <c r="C15" s="68">
-        <v>55.687274151567991</v>
+        <v>54.141453394770444</v>
       </c>
       <c r="D15" s="21">
-        <v>1971.01</v>
+        <v>203.46</v>
       </c>
       <c r="E15" s="68">
-        <v>58.215558922648427</v>
+        <v>60.157890068300766</v>
       </c>
       <c r="F15" s="21">
-        <v>208.03999999999996</v>
+        <v>8.4099999999999966</v>
       </c>
       <c r="G15" s="24">
-        <v>11.800541132293798</v>
+        <v>4.3117149448859244</v>
       </c>
       <c r="H15" s="68">
-        <v>6.5713996917089919</v>
+        <v>2.3344251374007654</v>
       </c>
       <c r="I15" s="68">
-        <v>94.619547914676886</v>
+        <v>-38.140589569160966</v>
       </c>
       <c r="J15" s="59"/>
     </row>
     <row r="16" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="67" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B16" s="21">
-        <v>571.21999999999991</v>
+        <v>71.11</v>
       </c>
       <c r="C16" s="68">
-        <v>18.043236550173095</v>
+        <v>19.738522178426692</v>
       </c>
       <c r="D16" s="21">
-        <v>602.14</v>
+        <v>81.55</v>
       </c>
       <c r="E16" s="68">
-        <v>17.784748250736182</v>
+        <v>24.112237958664736</v>
       </c>
       <c r="F16" s="21">
-        <v>30.920000000000073</v>
+        <v>10.439999999999998</v>
       </c>
       <c r="G16" s="24">
-        <v>5.4129757361437063</v>
+        <v>14.681479398115593</v>
       </c>
       <c r="H16" s="68">
-        <v>0.9766760164758822</v>
+        <v>2.8979070671181919</v>
       </c>
       <c r="I16" s="68">
-        <v>14.062855323600349</v>
+        <v>-47.346938775510175</v>
       </c>
       <c r="J16" s="59"/>
     </row>
     <row r="17" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="84" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B17" s="85">
-        <v>268.84999999999991</v>
+        <v>9.7599999999999909</v>
       </c>
       <c r="C17" s="86">
-        <v>8.4922169155737475</v>
+        <v>2.709154499528116</v>
       </c>
       <c r="D17" s="85">
-        <v>214.10999999999979</v>
+        <v>8.5399999999999636</v>
       </c>
       <c r="E17" s="86">
-        <v>6.3239320556101903</v>
+        <v>2.525058395671318</v>
       </c>
       <c r="F17" s="85">
-        <v>-54.740000000000123</v>
+        <v>-1.2200000000000273</v>
       </c>
       <c r="G17" s="50">
-        <v>-20.360795982890139</v>
+        <v>-12.500000000000291</v>
       </c>
       <c r="H17" s="86">
-        <v>-1.7290829606044564</v>
+        <v>-0.33864431244102239</v>
       </c>
       <c r="I17" s="86">
-        <v>-24.89652976759001</v>
+        <v>5.5328798185942247</v>
       </c>
       <c r="J17" s="59"/>
       <c r="K17" s="59"/>
     </row>
     <row r="18" spans="1:13" s="39" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="59"/>
       <c r="B18" s="69"/>
       <c r="C18" s="70"/>
       <c r="D18" s="69"/>
       <c r="E18" s="70"/>
       <c r="F18" s="70"/>
       <c r="G18" s="25"/>
       <c r="H18" s="70"/>
       <c r="I18" s="70"/>
       <c r="J18" s="59"/>
     </row>
     <row r="19" spans="1:13" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A19" s="59" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="36"/>
       <c r="D19" s="59"/>
       <c r="E19" s="36"/>
       <c r="F19" s="36"/>
       <c r="G19" s="110"/>
       <c r="H19" s="76"/>
       <c r="I19" s="76"/>
       <c r="J19" s="36"/>
     </row>
     <row r="20" spans="1:13" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A20" s="59" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B20" s="36"/>
       <c r="C20" s="76"/>
       <c r="D20" s="36"/>
       <c r="E20" s="76"/>
       <c r="F20" s="76"/>
       <c r="G20" s="110"/>
       <c r="H20" s="76"/>
       <c r="I20" s="76"/>
       <c r="J20" s="36"/>
     </row>
     <row r="21" spans="1:13" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A21" s="59" t="s">
         <v>3</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="76"/>
       <c r="D21" s="36"/>
       <c r="E21" s="76"/>
       <c r="F21" s="76"/>
       <c r="G21" s="110"/>
       <c r="H21" s="76"/>
       <c r="I21" s="76"/>
       <c r="J21" s="36"/>
     </row>
     <row r="22" spans="1:13" s="39" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="115" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B22" s="115"/>
       <c r="C22" s="115"/>
       <c r="D22" s="115"/>
       <c r="E22" s="115"/>
       <c r="F22" s="115"/>
       <c r="G22" s="115"/>
       <c r="H22" s="115"/>
       <c r="I22" s="115"/>
       <c r="J22" s="36"/>
     </row>
     <row r="23" spans="1:13" s="39" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="14"/>
       <c r="B23" s="36"/>
       <c r="C23" s="76"/>
       <c r="D23" s="36"/>
       <c r="E23" s="76"/>
       <c r="F23" s="76"/>
       <c r="G23" s="110"/>
       <c r="H23" s="76"/>
       <c r="I23" s="78"/>
       <c r="J23" s="36"/>
       <c r="K23" s="79"/>
       <c r="L23" s="79"/>
       <c r="M23" s="79"/>
@@ -8356,68 +8361,68 @@
       <c r="G24" s="88"/>
       <c r="H24" s="88"/>
       <c r="I24" s="88"/>
       <c r="J24" s="36"/>
       <c r="K24" s="79"/>
       <c r="L24" s="79"/>
       <c r="M24" s="79"/>
     </row>
     <row r="25" spans="1:13" s="39" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="36"/>
       <c r="B25" s="36"/>
       <c r="C25" s="76"/>
       <c r="D25" s="36"/>
       <c r="E25" s="76"/>
       <c r="F25" s="76"/>
       <c r="G25" s="110"/>
       <c r="H25" s="76"/>
       <c r="I25" s="78"/>
       <c r="J25" s="36"/>
       <c r="K25" s="79"/>
       <c r="L25" s="79"/>
       <c r="M25" s="79"/>
     </row>
     <row r="26" spans="1:13" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A26" s="14" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B26" s="36"/>
       <c r="C26" s="76"/>
       <c r="D26" s="36"/>
       <c r="E26" s="76"/>
       <c r="F26" s="76"/>
       <c r="G26" s="110"/>
       <c r="H26" s="76"/>
       <c r="I26" s="78"/>
       <c r="J26" s="36"/>
       <c r="K26" s="79"/>
       <c r="L26" s="79"/>
       <c r="M26" s="79"/>
     </row>
     <row r="27" spans="1:13" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A27" s="60" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="76"/>
       <c r="D27" s="36"/>
       <c r="E27" s="76"/>
       <c r="F27" s="76"/>
       <c r="G27" s="110"/>
       <c r="H27" s="76"/>
       <c r="I27" s="78"/>
       <c r="J27" s="36"/>
       <c r="K27" s="79"/>
       <c r="L27" s="79"/>
       <c r="M27" s="79"/>
     </row>
     <row r="28" spans="1:13" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A28" s="44"/>
       <c r="B28" s="36"/>
       <c r="C28" s="76"/>
       <c r="D28" s="36"/>
       <c r="E28" s="76"/>
       <c r="F28" s="76"/>
       <c r="G28" s="77"/>
       <c r="H28" s="76"/>
       <c r="I28" s="78"/>
       <c r="J28" s="36"/>
@@ -8978,65 +8983,65 @@
       <c r="A37" s="2"/>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
       <c r="J37" s="2"/>
     </row>
     <row r="38" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A38" s="2"/>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
       <c r="J38" s="2"/>
     </row>
     <row r="39" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A39" s="33" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
       <c r="J39" s="2"/>
     </row>
     <row r="40" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A40" s="34" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
       <c r="J40" s="2"/>
     </row>
     <row r="41" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
       <c r="J41" s="2"/>
     </row>
   </sheetData>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.78740157480314965" bottom="0.78740157480314965" header="0.78740157480314965" footer="0.78740157480314965"/>