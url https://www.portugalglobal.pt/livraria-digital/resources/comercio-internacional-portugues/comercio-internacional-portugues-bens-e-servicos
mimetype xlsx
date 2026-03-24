--- v1 (2026-01-06)
+++ v2 (2026-03-24)
@@ -14,58 +14,58 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://portugalglobal-my.sharepoint.com/personal/joao_santos_portugalglobal_pt/Documents/Documentos/JMS/AICEP/Intelligence Externa/CIP/CIP Observatório/Bens+Serviços Finais/2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://portugalglobal-my.sharepoint.com/personal/joao_santos_portugalglobal_pt/Documents/Documentos/JMS/AICEP/Intelligence Externa/CIP/CIP Observatório/Bens+Serviços Finais/2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="8_{A91DDEAC-7900-4207-ADC7-105DFCA0B7C3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A3A61EDF-A385-4962-82F9-65DE285A2D28}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{66C48CF7-66ED-4A14-AACE-16317387EAC5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{58FFF84B-2458-4510-8963-CF171BDB534C}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="956" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Capa" sheetId="40" r:id="rId1"/>
     <sheet name="Índice" sheetId="41" r:id="rId2"/>
     <sheet name="1 Balança Comercial" sheetId="27" r:id="rId3"/>
     <sheet name="2 Exportações por Componentes" sheetId="25" r:id="rId4"/>
     <sheet name="3 Importações por Componentes" sheetId="36" r:id="rId5"/>
     <sheet name="4 Saldos por Componentes" sheetId="39" r:id="rId6"/>
     <sheet name="5Países Mensal" sheetId="32" r:id="rId7"/>
     <sheet name="5Países Anual" sheetId="51" r:id="rId8"/>
     <sheet name=" " sheetId="42" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'1 Balança Comercial'!$A$1:$H$49</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'2 Exportações por Componentes'!$A$1:$I$48</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'3 Importações por Componentes'!$A$1:$I$48</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'4 Saldos por Componentes'!$A$1:$G$47</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'5Países Anual'!$A$1:$O$76</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'5Países Mensal'!$A$1:$S$30</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="7">'5Países Anual'!$2:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="6">'5Países Mensal'!$2:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
@@ -252,56 +252,50 @@
   <si>
     <t>Internacional</t>
   </si>
   <si>
     <t>Português</t>
   </si>
   <si>
     <t>Anexos</t>
   </si>
   <si>
     <t>de Bens e Serviços</t>
   </si>
   <si>
     <t>Dif Apuramento</t>
   </si>
   <si>
     <t>Dif. Apuramento</t>
   </si>
   <si>
     <t>Resto do Mundo</t>
   </si>
   <si>
     <t>Var. Valor</t>
   </si>
   <si>
-    <t>% Total 2024</t>
-[...4 lines deleted...]
-  <si>
     <t>Agência para o Investimento e Comércio Externo de Portugal, E.P.E.</t>
   </si>
   <si>
     <t>Contact Centre: 808 214 214  email: aicep@portugalglobal.pt  www.portugalglobal.pt</t>
   </si>
   <si>
     <t>Balança Comercial de Bens e Serviços</t>
   </si>
   <si>
     <t>Exportações por Tipos de Bens e de Serviços</t>
   </si>
   <si>
     <t>Importações por Tipos de Bens e de Serviços</t>
   </si>
   <si>
     <t>Saldo Comercial por Tipos de Bens e de Serviços</t>
   </si>
   <si>
     <t>Principais Países Clientes e Fornecedores</t>
   </si>
   <si>
     <t>Fontes: INE - Instituto Nacional de Estatística; Banco de Portugal</t>
   </si>
   <si>
     <t>Unidade: Milhões de Euros, exceto quando indicado.</t>
@@ -312,66 +306,207 @@
   <si>
     <t>Fonte: Banco de Portugal</t>
   </si>
   <si>
     <t>Unidade: Milhões de euros, exceto quando indicado.</t>
   </si>
   <si>
     <t>Fonte: Banco de Portugal; Unidade: Milhões de euros, exceto quando indicado.</t>
   </si>
   <si>
     <t>% Total 2025</t>
   </si>
   <si>
     <t>Tx. Cob. % 2025</t>
   </si>
   <si>
     <t>Var. %</t>
   </si>
   <si>
     <t>Bens % Total 25</t>
   </si>
   <si>
     <t>Serv  % Total 25</t>
   </si>
   <si>
-    <t>Bens % Total 24</t>
-[...14 lines deleted...]
-    <t>2025 jan/out</t>
+    <t>% Total 2026</t>
+  </si>
+  <si>
+    <t>Tx. Cob. % 2026</t>
+  </si>
+  <si>
+    <t>2026 (janeiro)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Março de 2026</t>
+  </si>
+  <si>
+    <t>Bens % Total 26</t>
+  </si>
+  <si>
+    <t>Serv  % Total 26</t>
+  </si>
+  <si>
+    <t>2025 jan</t>
+  </si>
+  <si>
+    <t>2026 jan</t>
+  </si>
+  <si>
+    <t>África do Sul</t>
+  </si>
+  <si>
+    <t>Arábia Saudita</t>
+  </si>
+  <si>
+    <t>Argélia</t>
+  </si>
+  <si>
+    <t>Austrália</t>
+  </si>
+  <si>
+    <t>Áustria</t>
+  </si>
+  <si>
+    <t>Bulgária</t>
+  </si>
+  <si>
+    <t>Cabo Verde</t>
+  </si>
+  <si>
+    <t>Canadá</t>
+  </si>
+  <si>
+    <t>Chipre</t>
+  </si>
+  <si>
+    <t>Colômbia</t>
+  </si>
+  <si>
+    <t>Croácia</t>
+  </si>
+  <si>
+    <t>Dinamarca</t>
+  </si>
+  <si>
+    <t>Egito</t>
+  </si>
+  <si>
+    <t>EAU</t>
+  </si>
+  <si>
+    <t>Eslováquia</t>
+  </si>
+  <si>
+    <t>Eslovénia</t>
+  </si>
+  <si>
+    <t>Estónia</t>
+  </si>
+  <si>
+    <t>Finlândia</t>
+  </si>
+  <si>
+    <t>Grécia</t>
+  </si>
+  <si>
+    <t>Guiné Equatorial</t>
+  </si>
+  <si>
+    <t>Guiné-Bissau</t>
+  </si>
+  <si>
+    <t>Hungria</t>
+  </si>
+  <si>
+    <t>Índia</t>
+  </si>
+  <si>
+    <t>Islândia</t>
+  </si>
+  <si>
+    <t>Japão</t>
+  </si>
+  <si>
+    <t>Letónia</t>
+  </si>
+  <si>
+    <t>Lituânia</t>
+  </si>
+  <si>
+    <t>Macau</t>
+  </si>
+  <si>
+    <t>Marrocos</t>
+  </si>
+  <si>
+    <t>México</t>
+  </si>
+  <si>
+    <t>Moçambique</t>
+  </si>
+  <si>
+    <t>Nigéria</t>
+  </si>
+  <si>
+    <t>Noruega</t>
+  </si>
+  <si>
+    <t>Nova Zelândia</t>
+  </si>
+  <si>
+    <t>Polónia</t>
+  </si>
+  <si>
+    <t>Chéquia</t>
+  </si>
+  <si>
+    <t>Coreia do Sul</t>
+  </si>
+  <si>
+    <t>Roménia</t>
+  </si>
+  <si>
+    <t>Rússia</t>
+  </si>
+  <si>
+    <t>São Tomé e Príncipe</t>
+  </si>
+  <si>
+    <t>Suécia</t>
+  </si>
+  <si>
+    <t>Timor-Leste</t>
+  </si>
+  <si>
+    <t>Tunísia</t>
+  </si>
+  <si>
+    <t>Turquia</t>
+  </si>
+  <si>
+    <t>Ucrânia</t>
   </si>
   <si>
     <t>Agrícolas</t>
   </si>
   <si>
     <t>Alimentares</t>
   </si>
   <si>
     <t>Combustíveis Minerais</t>
   </si>
   <si>
     <t>Químicos</t>
   </si>
   <si>
     <t>Plásticos, Borracha</t>
   </si>
   <si>
     <t>Peles, Couros</t>
   </si>
   <si>
     <t>Madeira, Cortiça</t>
   </si>
   <si>
     <t>Pastas Celulósicas, Papel</t>
   </si>
@@ -379,185 +514,50 @@
     <t>Matérias Têxteis</t>
   </si>
   <si>
     <t>Vestuário</t>
   </si>
   <si>
     <t>Calçado</t>
   </si>
   <si>
     <t>Minerais, Minérios</t>
   </si>
   <si>
     <t>Metais Comuns</t>
   </si>
   <si>
     <t>Máquinas, Aparelhos</t>
   </si>
   <si>
     <t>Veículos, Outro Mat. Transporte</t>
   </si>
   <si>
     <t>Ótica e Precisão</t>
   </si>
   <si>
     <t>Outros Produtos</t>
-  </si>
-[...133 lines deleted...]
-    <t>Ucrânia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="36" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
@@ -2649,51 +2649,51 @@
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
       <c r="J18" s="2"/>
     </row>
     <row r="19" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="4"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
     </row>
     <row r="20" spans="1:10" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="5" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
     </row>
     <row r="21" spans="1:10" ht="19.5" x14ac:dyDescent="0.2">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="6"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
     </row>
     <row r="22" spans="1:10" ht="19.5" x14ac:dyDescent="0.2">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="6"/>
@@ -2912,51 +2912,51 @@
       <c r="A40" s="2"/>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
       <c r="J40" s="2"/>
     </row>
     <row r="41" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
       <c r="J41" s="2"/>
     </row>
     <row r="42" spans="1:10" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A42" s="9" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
       <c r="J42" s="2"/>
     </row>
     <row r="43" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
       <c r="J43" s="2"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
@@ -2966,861 +2966,861 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A2:A13"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="14"/>
     <col min="2" max="16384" width="9.140625" style="11"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A2" s="10" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="4" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="12" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
     </row>
     <row r="5" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="12"/>
     </row>
     <row r="6" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="12" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="12"/>
     </row>
     <row r="8" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="12"/>
     </row>
     <row r="10" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
     <row r="11" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="12"/>
     </row>
     <row r="12" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="12" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
     </row>
     <row r="13" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" location="'1 Balança Comercial'!A2" display="Balança Comercial de Bens e Serviços" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
     <hyperlink ref="A6" location="'2 Exportações por Componentes'!A1" display="Exportações por Tipos de Bens e de Serviços" xr:uid="{00000000-0004-0000-0200-000001000000}"/>
     <hyperlink ref="A8" location="'3 Importações por Componentes'!A1" display="Importações por Tipos de Bens e de Serviços" xr:uid="{00000000-0004-0000-0200-000002000000}"/>
     <hyperlink ref="A10" location="'4 Saldos por Componentes'!A1" display="Saldo Comercial por Tipos de Bens e de Serviços" xr:uid="{00000000-0004-0000-0200-000003000000}"/>
     <hyperlink ref="A12" location="Índice!A1" display="Principais Países Clientes e Fornecedores" xr:uid="{00000000-0004-0000-0200-000004000000}"/>
   </hyperlinks>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.78740157480314965" bottom="0.78740157480314965" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="B1:H48"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B44" sqref="B44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="13.5" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="33.7109375" style="1" customWidth="1"/>
     <col min="3" max="6" width="9.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="10.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="8.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="2:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="61" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C2" s="15"/>
       <c r="D2" s="15"/>
       <c r="E2" s="15"/>
       <c r="F2" s="15"/>
       <c r="G2" s="15"/>
       <c r="H2" s="15"/>
     </row>
     <row r="3" spans="2:8" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="4" spans="2:8" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="41"/>
       <c r="C4" s="42" t="s">
         <v>87</v>
       </c>
       <c r="D4" s="43" t="s">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="E4" s="42" t="s">
         <v>88</v>
       </c>
       <c r="F4" s="43" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G4" s="43" t="s">
         <v>62</v>
       </c>
       <c r="H4" s="44" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="5" spans="2:8" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="16"/>
       <c r="C5" s="17"/>
       <c r="D5" s="18"/>
       <c r="E5" s="17"/>
       <c r="F5" s="18"/>
       <c r="G5" s="19"/>
       <c r="H5" s="19"/>
     </row>
     <row r="6" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C6" s="21"/>
       <c r="D6" s="21"/>
       <c r="E6" s="21"/>
       <c r="F6" s="21"/>
       <c r="G6" s="21"/>
       <c r="H6" s="21"/>
     </row>
     <row r="7" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="22" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="23">
-        <v>112487.05999999998</v>
+        <v>10381.299999999999</v>
       </c>
       <c r="D7" s="24">
         <v>100</v>
       </c>
       <c r="E7" s="23">
-        <v>114484.53</v>
+        <v>9983.4</v>
       </c>
       <c r="F7" s="24">
         <v>100</v>
       </c>
       <c r="G7" s="25">
-        <v>1997.4700000000157</v>
+        <v>-397.89999999999964</v>
       </c>
       <c r="H7" s="26">
-        <v>1.7757331376604704</v>
+        <v>-3.8328533035361629</v>
       </c>
     </row>
     <row r="8" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="22" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="23">
-        <v>105387.35999999999</v>
+        <v>10081.879999999999</v>
       </c>
       <c r="D8" s="24">
         <v>100</v>
       </c>
       <c r="E8" s="23">
-        <v>109114.79</v>
+        <v>10086.719999999999</v>
       </c>
       <c r="F8" s="24">
         <v>100</v>
       </c>
       <c r="G8" s="25">
-        <v>3727.4300000000076</v>
+        <v>4.8400000000001455</v>
       </c>
       <c r="H8" s="26">
-        <v>3.53688525834598</v>
+        <v>4.8006919344409434E-2</v>
       </c>
     </row>
     <row r="9" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="22" t="s">
         <v>41</v>
       </c>
       <c r="C9" s="23">
-        <v>7099.6999999999971</v>
+        <v>299.42000000000007</v>
       </c>
       <c r="D9" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="23">
-        <v>5369.7400000000052</v>
+        <v>-103.31999999999971</v>
       </c>
       <c r="F9" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G9" s="25">
-        <v>-1729.9599999999919</v>
+        <v>-402.73999999999978</v>
       </c>
       <c r="H9" s="26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="45" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="46">
-        <v>106.73676615487852</v>
+        <v>102.96988260126088</v>
       </c>
       <c r="D10" s="47" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="46">
-        <v>104.92118437839638</v>
+        <v>98.975682878081287</v>
       </c>
       <c r="F10" s="47" t="s">
         <v>9</v>
       </c>
       <c r="G10" s="47">
-        <v>-1.8155817764821478</v>
+        <v>-3.9941997231795909</v>
       </c>
       <c r="H10" s="46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="2:8" ht="0.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="49"/>
       <c r="C11" s="48"/>
       <c r="D11" s="48"/>
       <c r="E11" s="48"/>
       <c r="F11" s="48"/>
       <c r="G11" s="48"/>
       <c r="H11" s="48"/>
     </row>
     <row r="12" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="20" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="21"/>
       <c r="D12" s="21"/>
       <c r="E12" s="21"/>
       <c r="F12" s="21"/>
       <c r="G12" s="21"/>
       <c r="H12" s="21"/>
     </row>
     <row r="13" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="23">
-        <v>72526.39</v>
+        <v>6819.18</v>
       </c>
       <c r="D13" s="24">
-        <v>64.475318316613496</v>
+        <v>65.687149008313028</v>
       </c>
       <c r="E13" s="23">
-        <v>74701.69</v>
+        <v>6679.95</v>
       </c>
       <c r="F13" s="24">
-        <v>65.250466591425067</v>
+        <v>66.91057154877096</v>
       </c>
       <c r="G13" s="25">
-        <v>2175.3000000000029</v>
+        <v>-139.23000000000047</v>
       </c>
       <c r="H13" s="26">
-        <v>2.9993220398809357</v>
+        <v>-2.041741089104562</v>
       </c>
     </row>
     <row r="14" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="23">
-        <v>76651.22</v>
+        <v>7464.09</v>
       </c>
       <c r="D14" s="24">
-        <v>72.732840067347752</v>
+        <v>74.034703844917814</v>
       </c>
       <c r="E14" s="23">
-        <v>80980.150000000009</v>
+        <v>7522.23</v>
       </c>
       <c r="F14" s="24">
-        <v>74.215557762609464</v>
+        <v>74.57558056533739</v>
       </c>
       <c r="G14" s="25">
-        <v>4328.9300000000076</v>
+        <v>58.139999999999418</v>
       </c>
       <c r="H14" s="26">
-        <v>5.6475682970212446</v>
+        <v>0.77892951451549242</v>
       </c>
     </row>
     <row r="15" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="23">
-        <v>-4124.8300000000017</v>
+        <v>-644.90999999999985</v>
       </c>
       <c r="D15" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E15" s="23">
-        <v>-6278.4600000000064</v>
+        <v>-842.27999999999975</v>
       </c>
       <c r="F15" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G15" s="25">
-        <v>-2153.6300000000047</v>
+        <v>-197.36999999999989</v>
       </c>
       <c r="H15" s="26">
-        <v>52.211363862268357</v>
+        <v>30.604270363306497</v>
       </c>
     </row>
     <row r="16" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="26">
-        <v>94.618702742108994</v>
+        <v>91.359830870206551</v>
       </c>
       <c r="D16" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="26">
-        <v>92.246914830362741</v>
+        <v>88.802788534782906</v>
       </c>
       <c r="F16" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G16" s="24">
-        <v>-2.371787911746253</v>
+        <v>-2.5570423354236453</v>
       </c>
       <c r="H16" s="26"/>
     </row>
     <row r="17" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="45" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="46" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="47" t="s">
         <v>9</v>
       </c>
       <c r="E17" s="46" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="47" t="s">
         <v>9</v>
       </c>
       <c r="G17" s="47" t="s">
         <v>9</v>
       </c>
       <c r="H17" s="46">
-        <v>1.9338224325535782</v>
+        <v>-1.3411615115640669</v>
       </c>
     </row>
     <row r="18" spans="2:8" ht="0.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="49"/>
       <c r="C18" s="48"/>
       <c r="D18" s="48"/>
       <c r="E18" s="48"/>
       <c r="F18" s="48"/>
       <c r="G18" s="48"/>
       <c r="H18" s="48"/>
     </row>
     <row r="19" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="20" t="s">
         <v>35</v>
       </c>
       <c r="C19" s="21"/>
       <c r="D19" s="21"/>
       <c r="E19" s="21"/>
       <c r="F19" s="21"/>
       <c r="G19" s="21"/>
       <c r="H19" s="21"/>
     </row>
     <row r="20" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="23">
-        <v>39960.669999999984</v>
+        <v>3562.119999999999</v>
       </c>
       <c r="D20" s="24">
-        <v>35.524681683386504</v>
+        <v>34.312850991686965</v>
       </c>
       <c r="E20" s="23">
-        <v>39782.839999999997</v>
+        <v>3303.45</v>
       </c>
       <c r="F20" s="24">
-        <v>34.749533408574941</v>
+        <v>33.08942845122904</v>
       </c>
       <c r="G20" s="25">
-        <v>-177.82999999998719</v>
+        <v>-258.66999999999916</v>
       </c>
       <c r="H20" s="26">
-        <v>-0.44501255859820987</v>
+        <v>-7.2616868606335343</v>
       </c>
     </row>
     <row r="21" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="23">
-        <v>28736.139999999985</v>
+        <v>2617.7899999999991</v>
       </c>
       <c r="D21" s="24">
-        <v>27.267159932652252</v>
+        <v>25.965296155082179</v>
       </c>
       <c r="E21" s="23">
-        <v>28134.639999999985</v>
+        <v>2564.4899999999998</v>
       </c>
       <c r="F21" s="24">
-        <v>25.784442237390536</v>
+        <v>25.424419434662603</v>
       </c>
       <c r="G21" s="25">
-        <v>-601.5</v>
+        <v>-53.299999999999272</v>
       </c>
       <c r="H21" s="26">
-        <v>-2.0931830092698611</v>
+        <v>-2.0360685922094319</v>
       </c>
     </row>
     <row r="22" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C22" s="23">
-        <v>11224.529999999999</v>
+        <v>944.32999999999993</v>
       </c>
       <c r="D22" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E22" s="23">
-        <v>11648.200000000012</v>
+        <v>738.96</v>
       </c>
       <c r="F22" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G22" s="25">
-        <v>423.67000000001281</v>
+        <v>-205.36999999999989</v>
       </c>
       <c r="H22" s="26">
-        <v>3.7745010258782581</v>
+        <v>-21.747694132347792</v>
       </c>
     </row>
     <row r="23" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="26">
-        <v>139.06067411976696</v>
+        <v>136.07355823041573</v>
       </c>
       <c r="D23" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E23" s="26">
-        <v>141.40163158298816</v>
+        <v>128.8150860404993</v>
       </c>
       <c r="F23" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G23" s="24">
-        <v>2.3409574632212014</v>
+        <v>-7.2584721899164322</v>
       </c>
       <c r="H23" s="26"/>
     </row>
     <row r="24" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="45" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="46" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="47" t="s">
         <v>9</v>
       </c>
       <c r="E24" s="46" t="s">
         <v>9</v>
       </c>
       <c r="F24" s="47" t="s">
         <v>9</v>
       </c>
       <c r="G24" s="47" t="s">
         <v>9</v>
       </c>
       <c r="H24" s="46">
-        <v>-0.15808929489310788</v>
+        <v>-2.4916917919720962</v>
       </c>
     </row>
     <row r="25" spans="2:8" ht="0.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="49"/>
       <c r="C25" s="48"/>
       <c r="D25" s="48"/>
       <c r="E25" s="48"/>
       <c r="F25" s="48"/>
       <c r="G25" s="48"/>
       <c r="H25" s="48"/>
     </row>
     <row r="26" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="20" t="s">
         <v>36</v>
       </c>
       <c r="C26" s="21"/>
       <c r="D26" s="21"/>
       <c r="E26" s="21"/>
       <c r="F26" s="21"/>
       <c r="G26" s="21"/>
       <c r="H26" s="21"/>
     </row>
     <row r="27" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="23">
-        <v>63261.729999999996</v>
+        <v>6182.82</v>
       </c>
       <c r="D27" s="24">
-        <v>56.23911763717534</v>
+        <v>59.557280880043926</v>
       </c>
       <c r="E27" s="23">
-        <v>62722.329999999994</v>
+        <v>5841.25</v>
       </c>
       <c r="F27" s="24">
-        <v>54.786729700510627</v>
+        <v>58.509625979125346</v>
       </c>
       <c r="G27" s="25">
-        <v>-539.40000000000146</v>
+        <v>-341.56999999999971</v>
       </c>
       <c r="H27" s="26">
-        <v>-0.85264819662693625</v>
+        <v>-5.5245017645669732</v>
       </c>
     </row>
     <row r="28" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="23">
-        <v>83884.11</v>
+        <v>8090.47</v>
       </c>
       <c r="D28" s="24">
-        <v>79.595987602308298</v>
+        <v>80.247632386023255</v>
       </c>
       <c r="E28" s="23">
-        <v>86816.73</v>
+        <v>7979.38</v>
       </c>
       <c r="F28" s="24">
-        <v>79.564585149272617</v>
+        <v>79.107777354779358</v>
       </c>
       <c r="G28" s="25">
-        <v>2932.6199999999953</v>
+        <v>-111.09000000000015</v>
       </c>
       <c r="H28" s="26">
-        <v>3.4960375689746193</v>
+        <v>-1.3730969894208882</v>
       </c>
     </row>
     <row r="29" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="23">
-        <v>-20622.380000000005</v>
+        <v>-1907.6500000000005</v>
       </c>
       <c r="D29" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E29" s="23">
-        <v>-24094.400000000001</v>
+        <v>-2138.13</v>
       </c>
       <c r="F29" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G29" s="25">
-        <v>-3472.0199999999968</v>
+        <v>-230.47999999999956</v>
       </c>
       <c r="H29" s="26">
-        <v>-16.836175068057109</v>
+        <v>-12.081880848163944</v>
       </c>
     </row>
     <row r="30" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="26">
-        <v>75.415629968536351</v>
+        <v>76.421023747693269</v>
       </c>
       <c r="D30" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E30" s="26">
-        <v>72.246823855263841</v>
+        <v>73.204309106722576</v>
       </c>
       <c r="F30" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G30" s="24">
-        <v>-3.1688061132725096</v>
+        <v>-3.216714640970693</v>
       </c>
       <c r="H30" s="26"/>
     </row>
     <row r="31" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="45" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="46" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="47" t="s">
         <v>9</v>
       </c>
       <c r="E31" s="46" t="s">
         <v>9</v>
       </c>
       <c r="F31" s="47" t="s">
         <v>9</v>
       </c>
       <c r="G31" s="47" t="s">
         <v>9</v>
       </c>
       <c r="H31" s="46">
-        <v>-0.47952182233227675</v>
+        <v>-3.290243033146135</v>
       </c>
     </row>
     <row r="32" spans="2:8" ht="0.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="49"/>
       <c r="C32" s="48"/>
       <c r="D32" s="48"/>
       <c r="E32" s="48"/>
       <c r="F32" s="48"/>
       <c r="G32" s="48"/>
       <c r="H32" s="48"/>
     </row>
     <row r="33" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="20" t="s">
         <v>37</v>
       </c>
       <c r="C33" s="21"/>
       <c r="D33" s="21"/>
       <c r="E33" s="21"/>
       <c r="F33" s="21"/>
       <c r="G33" s="21"/>
       <c r="H33" s="21"/>
     </row>
     <row r="34" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="23">
-        <v>49225.35</v>
+        <v>4198.49</v>
       </c>
       <c r="D34" s="24">
-        <v>43.760900142647522</v>
+        <v>40.442815447005678</v>
       </c>
       <c r="E34" s="23">
-        <v>51762.189999999995</v>
+        <v>4142.1499999999996</v>
       </c>
       <c r="F34" s="24">
-        <v>45.213261564684757</v>
+        <v>41.490374020874647</v>
       </c>
       <c r="G34" s="25">
-        <v>2536.8399999999965</v>
+        <v>-56.340000000000146</v>
       </c>
       <c r="H34" s="26">
-        <v>5.1535235402084423</v>
+        <v>-1.3419110203906677</v>
       </c>
     </row>
     <row r="35" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="23">
-        <v>21503.249999999996</v>
+        <v>1991.4</v>
       </c>
       <c r="D35" s="24">
-        <v>20.404012397691716</v>
+        <v>19.752268426126875</v>
       </c>
       <c r="E35" s="23">
-        <v>22298.06</v>
+        <v>2107.34</v>
       </c>
       <c r="F35" s="24">
-        <v>20.435414850727387</v>
+        <v>20.892222645220649</v>
       </c>
       <c r="G35" s="25">
-        <v>794.81000000000495</v>
+        <v>115.94000000000005</v>
       </c>
       <c r="H35" s="26">
-        <v>3.6962319649355568</v>
+        <v>5.8220347494225191</v>
       </c>
     </row>
     <row r="36" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C36" s="23">
-        <v>27722.100000000002</v>
+        <v>2207.0899999999997</v>
       </c>
       <c r="D36" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E36" s="23">
-        <v>29464.129999999994</v>
+        <v>2034.8099999999995</v>
       </c>
       <c r="F36" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G36" s="25">
-        <v>1742.0299999999916</v>
+        <v>-172.2800000000002</v>
       </c>
       <c r="H36" s="26">
-        <v>6.2839034560873506</v>
+        <v>-7.8057532769393285</v>
       </c>
     </row>
     <row r="37" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C37" s="26">
-        <v>228.9205120156256</v>
+        <v>210.83107361655115</v>
       </c>
       <c r="D37" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E37" s="26">
-        <v>232.13763887979488</v>
+        <v>196.55822031565856</v>
       </c>
       <c r="F37" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G37" s="24">
-        <v>3.2171268641692734</v>
+        <v>-14.272853300892592</v>
       </c>
       <c r="H37" s="26"/>
     </row>
     <row r="38" spans="2:8" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B38" s="50" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="51" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="52" t="s">
         <v>9</v>
       </c>
       <c r="E38" s="51" t="s">
         <v>9</v>
       </c>
       <c r="F38" s="52" t="s">
         <v>9</v>
       </c>
       <c r="G38" s="52" t="s">
         <v>9</v>
       </c>
       <c r="H38" s="51">
-        <v>2.25522829025845</v>
+        <v>-0.54270659743962857</v>
       </c>
     </row>
     <row r="39" spans="2:8" s="31" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="28"/>
       <c r="C39" s="29"/>
       <c r="D39" s="29"/>
       <c r="E39" s="29"/>
       <c r="F39" s="29"/>
       <c r="G39" s="29"/>
       <c r="H39" s="30"/>
     </row>
     <row r="40" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B40" s="53" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C40" s="32"/>
       <c r="D40" s="32"/>
       <c r="E40" s="32"/>
       <c r="F40" s="32"/>
       <c r="G40" s="32"/>
       <c r="H40" s="33"/>
     </row>
     <row r="41" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B41" s="53" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C41" s="32"/>
       <c r="D41" s="32"/>
       <c r="E41" s="32"/>
       <c r="F41" s="32"/>
       <c r="G41" s="32"/>
       <c r="H41" s="33"/>
     </row>
     <row r="42" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B42" s="53" t="s">
         <v>38</v>
       </c>
       <c r="C42" s="32"/>
       <c r="D42" s="32"/>
       <c r="E42" s="32"/>
       <c r="F42" s="32"/>
       <c r="G42" s="32"/>
       <c r="H42" s="33"/>
     </row>
     <row r="43" spans="2:8" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="53"/>
     </row>
     <row r="44" spans="2:8" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="54"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
     <row r="45" spans="2:8" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="53"/>
     </row>
     <row r="46" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B46" s="16" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="47" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B47" s="55" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
     </row>
     <row r="48" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B48" s="34"/>
     </row>
   </sheetData>
   <phoneticPr fontId="2" type="noConversion"/>
   <conditionalFormatting sqref="B11:H11">
     <cfRule type="cellIs" dxfId="27" priority="24" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B18:H18">
     <cfRule type="cellIs" dxfId="26" priority="8" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B25:H25">
     <cfRule type="cellIs" dxfId="25" priority="5" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B32:H32">
     <cfRule type="cellIs" dxfId="24" priority="2" operator="lessThan">
       <formula>0</formula>
@@ -3900,1116 +3900,1116 @@
     <col min="5" max="6" width="7.7109375" style="64" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="67" customWidth="1"/>
     <col min="8" max="9" width="7.7109375" style="64" customWidth="1"/>
     <col min="10" max="16" width="9.140625" style="80"/>
     <col min="17" max="16384" width="9.140625" style="53"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="53"/>
       <c r="C1" s="53"/>
       <c r="E1" s="53"/>
       <c r="F1" s="53"/>
       <c r="G1" s="53"/>
       <c r="H1" s="53"/>
       <c r="I1" s="53"/>
       <c r="J1" s="53"/>
       <c r="K1" s="53"/>
       <c r="L1" s="53"/>
       <c r="M1" s="53"/>
       <c r="N1" s="53"/>
       <c r="O1" s="53"/>
       <c r="P1" s="53"/>
     </row>
     <row r="2" spans="1:16" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="61" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B2" s="71"/>
       <c r="C2" s="72"/>
       <c r="D2" s="72"/>
       <c r="E2" s="72"/>
       <c r="F2" s="72"/>
       <c r="G2" s="72"/>
       <c r="H2" s="72"/>
       <c r="I2" s="72"/>
       <c r="J2" s="53"/>
       <c r="K2" s="53"/>
       <c r="L2" s="53"/>
       <c r="M2" s="53"/>
       <c r="N2" s="53"/>
       <c r="O2" s="53"/>
       <c r="P2" s="53"/>
     </row>
     <row r="3" spans="1:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="71"/>
       <c r="B3" s="71"/>
       <c r="C3" s="72"/>
       <c r="D3" s="72"/>
       <c r="E3" s="72"/>
       <c r="F3" s="72"/>
       <c r="G3" s="72"/>
       <c r="H3" s="72"/>
       <c r="I3" s="72"/>
       <c r="J3" s="53"/>
       <c r="K3" s="53"/>
       <c r="L3" s="53"/>
       <c r="M3" s="53"/>
       <c r="N3" s="53"/>
       <c r="O3" s="53"/>
       <c r="P3" s="53"/>
     </row>
     <row r="4" spans="1:16" s="16" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="56" t="s">
         <v>53</v>
       </c>
       <c r="B4" s="73" t="s">
         <v>87</v>
       </c>
       <c r="C4" s="74" t="s">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="D4" s="73" t="s">
         <v>88</v>
       </c>
       <c r="E4" s="74" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F4" s="74" t="s">
         <v>62</v>
       </c>
       <c r="G4" s="74" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="H4" s="74" t="s">
         <v>3</v>
       </c>
       <c r="I4" s="75" t="s">
         <v>4</v>
       </c>
       <c r="J4" s="76"/>
       <c r="K4" s="76"/>
       <c r="L4" s="76"/>
       <c r="M4" s="76"/>
       <c r="N4" s="76"/>
       <c r="O4" s="76"/>
       <c r="P4" s="76"/>
     </row>
     <row r="5" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="57" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="77">
-        <v>112487.05999999998</v>
+        <v>10381.299999999999</v>
       </c>
       <c r="C5" s="78">
         <v>100</v>
       </c>
       <c r="D5" s="77">
-        <v>114484.53</v>
+        <v>9983.4</v>
       </c>
       <c r="E5" s="78">
         <v>100</v>
       </c>
       <c r="F5" s="77">
-        <v>1997.4700000000157</v>
+        <v>-397.89999999999964</v>
       </c>
       <c r="G5" s="79">
-        <v>1.7757331376604704</v>
+        <v>-3.8328533035361629</v>
       </c>
       <c r="H5" s="78">
-        <v>1.7757331376604704</v>
+        <v>-3.8328533035361629</v>
       </c>
       <c r="I5" s="78">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="58" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="70">
-        <v>24671.629999999997</v>
+        <v>1549.84</v>
       </c>
       <c r="C6" s="81">
-        <v>21.932860544137256</v>
+        <v>14.929151455020085</v>
       </c>
       <c r="D6" s="70">
-        <v>25985.21</v>
+        <v>1596.42</v>
       </c>
       <c r="E6" s="81">
-        <v>22.697573200501413</v>
+        <v>15.990744636095922</v>
       </c>
       <c r="F6" s="70">
-        <v>1313.5800000000017</v>
+        <v>46.580000000000155</v>
       </c>
       <c r="G6" s="82">
-        <v>5.3242529982818398</v>
+        <v>3.0054715325453052</v>
       </c>
       <c r="H6" s="81">
-        <v>1.1677609851302024</v>
+        <v>0.44869139703120192</v>
       </c>
       <c r="I6" s="81">
-        <v>65.762189169298736</v>
+        <v>-11.706458909273737</v>
       </c>
     </row>
     <row r="7" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="58" t="s">
-        <v>102</v>
+        <v>147</v>
       </c>
       <c r="B7" s="70">
-        <v>9794.6569539999982</v>
+        <v>1003.9437550000004</v>
       </c>
       <c r="C7" s="81">
-        <v>8.7073632771627238</v>
+        <v>9.6706939882288392</v>
       </c>
       <c r="D7" s="70">
-        <v>10411.490634000002</v>
+        <v>1032.6739550000002</v>
       </c>
       <c r="E7" s="81">
-        <v>9.0942336348849953</v>
+        <v>10.343910441332614</v>
       </c>
       <c r="F7" s="70">
-        <v>616.83368000000337</v>
+        <v>28.730199999999854</v>
       </c>
       <c r="G7" s="82">
-        <v>6.2976547611307332</v>
+        <v>2.8617340221414937</v>
       </c>
       <c r="H7" s="81">
-        <v>0.5483596779931873</v>
+        <v>0.27674954003833679</v>
       </c>
       <c r="I7" s="81">
-        <v>30.880748146405129</v>
+        <v>-7.2204574013570948</v>
       </c>
     </row>
     <row r="8" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="58" t="s">
         <v>1</v>
       </c>
       <c r="B8" s="70">
-        <v>8709.93</v>
+        <v>840.82</v>
       </c>
       <c r="C8" s="81">
-        <v>7.7430506228894247</v>
+        <v>8.0993709843661215</v>
       </c>
       <c r="D8" s="70">
-        <v>9035.1299999999992</v>
+        <v>836.24</v>
       </c>
       <c r="E8" s="81">
-        <v>7.8920095142985689</v>
+        <v>8.3763046657451383</v>
       </c>
       <c r="F8" s="70">
-        <v>325.19999999999891</v>
+        <v>-4.5800000000000409</v>
       </c>
       <c r="G8" s="82">
-        <v>3.7336695013622259</v>
+        <v>-0.5447063580790229</v>
       </c>
       <c r="H8" s="81">
-        <v>0.28909991958186027</v>
+        <v>-4.4117788716249808E-2</v>
       </c>
       <c r="I8" s="81">
-        <v>16.280594952614873</v>
+        <v>1.1510429756220271</v>
       </c>
     </row>
     <row r="9" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="58" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="B9" s="70">
-        <v>8397.2105770000016</v>
+        <v>939.43</v>
       </c>
       <c r="C9" s="81">
-        <v>7.4650458257154231</v>
+        <v>9.0492520204598659</v>
       </c>
       <c r="D9" s="70">
-        <v>8741.5281549999982</v>
+        <v>831.35</v>
       </c>
       <c r="E9" s="81">
-        <v>7.6355540394846351</v>
+        <v>8.3273233567722436</v>
       </c>
       <c r="F9" s="70">
-        <v>344.3175779999965</v>
+        <v>-108.07999999999993</v>
       </c>
       <c r="G9" s="82">
-        <v>4.1003804161239437</v>
+        <v>-11.5048486848408</v>
       </c>
       <c r="H9" s="81">
-        <v>0.30609527709231316</v>
+        <v>-1.0411027520638065</v>
       </c>
       <c r="I9" s="81">
-        <v>17.237684570981983</v>
+        <v>27.162603669263639</v>
       </c>
     </row>
     <row r="10" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="58" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="B10" s="70">
-        <v>8079.56</v>
+        <v>747.02420799999993</v>
       </c>
       <c r="C10" s="81">
-        <v>7.1826572763124945</v>
+        <v>7.195863793551867</v>
       </c>
       <c r="D10" s="70">
-        <v>8675.82</v>
+        <v>748.06589500000007</v>
       </c>
       <c r="E10" s="81">
-        <v>7.5781592499877499</v>
+        <v>7.4930974918364495</v>
       </c>
       <c r="F10" s="70">
-        <v>596.25999999999931</v>
+        <v>1.0416870000001381</v>
       </c>
       <c r="G10" s="82">
-        <v>7.3798573189629053</v>
+        <v>0.1394448786056125</v>
       </c>
       <c r="H10" s="81">
-        <v>0.53006985870196921</v>
+        <v>1.0034263531543625E-2</v>
       </c>
       <c r="I10" s="81">
-        <v>29.850761212934092</v>
+        <v>-0.26179617994474469</v>
       </c>
     </row>
     <row r="11" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="58" t="s">
-        <v>92</v>
+        <v>146</v>
       </c>
       <c r="B11" s="70">
-        <v>5131.3923540000014</v>
+        <v>529.70482100000004</v>
       </c>
       <c r="C11" s="81">
-        <v>4.5617623520429831</v>
+        <v>5.1024902565189336</v>
       </c>
       <c r="D11" s="70">
-        <v>6343.1768640000009</v>
+        <v>490.42511899999994</v>
       </c>
       <c r="E11" s="81">
-        <v>5.5406410490570224</v>
+        <v>4.9124057836007768</v>
       </c>
       <c r="F11" s="70">
-        <v>1211.7845099999995</v>
+        <v>-39.2797020000001</v>
       </c>
       <c r="G11" s="82">
-        <v>23.615120934094904</v>
+        <v>-7.4153944692906801</v>
       </c>
       <c r="H11" s="81">
-        <v>1.0772656961609626</v>
+        <v>-0.37836978027800083</v>
       </c>
       <c r="I11" s="81">
-        <v>60.665967949455556</v>
+        <v>9.8717521990450194</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="58" t="s">
-        <v>89</v>
+        <v>134</v>
       </c>
       <c r="B12" s="70">
-        <v>5385.289847</v>
+        <v>535.00370400000008</v>
       </c>
       <c r="C12" s="81">
-        <v>4.7874749744548399</v>
+        <v>5.1535328330748573</v>
       </c>
       <c r="D12" s="70">
-        <v>5307.0816460000005</v>
+        <v>460.47510399999993</v>
       </c>
       <c r="E12" s="81">
-        <v>4.635632120776493</v>
+        <v>4.6124076366768829</v>
       </c>
       <c r="F12" s="70">
-        <v>-78.208200999999463</v>
+        <v>-74.528600000000154</v>
       </c>
       <c r="G12" s="82">
-        <v>-1.4522561128918092</v>
+        <v>-13.930482993441135</v>
       </c>
       <c r="H12" s="81">
-        <v>-6.9526397969686002E-2</v>
+        <v>-0.71791201487289802</v>
       </c>
       <c r="I12" s="81">
-        <v>-3.9153629841749242</v>
+        <v>18.730485046494149</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="58" t="s">
-        <v>101</v>
+        <v>48</v>
       </c>
       <c r="B13" s="70">
-        <v>5465.7334080000001</v>
+        <v>447.69</v>
       </c>
       <c r="C13" s="81">
-        <v>4.858988587665106</v>
+        <v>4.3124656834885799</v>
       </c>
       <c r="D13" s="70">
-        <v>5251.7440720000004</v>
+        <v>450.15</v>
       </c>
       <c r="E13" s="81">
-        <v>4.5872958311485403</v>
+        <v>4.5089849149588312</v>
       </c>
       <c r="F13" s="70">
-        <v>-213.98933599999964</v>
+        <v>2.4599999999999795</v>
       </c>
       <c r="G13" s="82">
-        <v>-3.9151074526758118</v>
+        <v>0.54948736849158553</v>
       </c>
       <c r="H13" s="81">
-        <v>-0.19023462432034374</v>
+        <v>2.3696454201304076E-2</v>
       </c>
       <c r="I13" s="81">
-        <v>-10.713018768742357</v>
+        <v>-0.61824579039959338</v>
       </c>
     </row>
     <row r="14" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="58" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="B14" s="70">
-        <v>4616.2628589999995</v>
+        <v>467.66155299999997</v>
       </c>
       <c r="C14" s="81">
-        <v>4.1038167936827579</v>
+        <v>4.5048457611281822</v>
       </c>
       <c r="D14" s="70">
-        <v>4558.6310290000001</v>
+        <v>413.35280099999989</v>
       </c>
       <c r="E14" s="81">
-        <v>3.981875131076662</v>
+        <v>4.1404010757858032</v>
       </c>
       <c r="F14" s="70">
-        <v>-57.631829999999354</v>
+        <v>-54.308752000000084</v>
       </c>
       <c r="G14" s="82">
-        <v>-1.2484520869005253</v>
+        <v>-11.612832325346208</v>
       </c>
       <c r="H14" s="81">
-        <v>-5.1234186403306618E-2</v>
+        <v>-0.52314018475528201</v>
       </c>
       <c r="I14" s="81">
-        <v>-2.8852413302827529</v>
+        <v>13.648844433274727</v>
       </c>
     </row>
     <row r="15" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="58" t="s">
-        <v>48</v>
+        <v>137</v>
       </c>
       <c r="B15" s="70">
-        <v>4019.67</v>
+        <v>1081.4169540000003</v>
       </c>
       <c r="C15" s="81">
-        <v>3.5734510262780455</v>
+        <v>10.416970456493893</v>
       </c>
       <c r="D15" s="70">
-        <v>4323.6799999999994</v>
+        <v>392.46369199999998</v>
       </c>
       <c r="E15" s="81">
-        <v>3.7766499980390362</v>
+        <v>3.9311626499989982</v>
       </c>
       <c r="F15" s="70">
-        <v>304.00999999999931</v>
+        <v>-688.95326200000022</v>
       </c>
       <c r="G15" s="82">
-        <v>7.5630586590441338</v>
+        <v>-63.708383658279509</v>
       </c>
       <c r="H15" s="81">
-        <v>0.27026219726962314</v>
+        <v>-6.6364835039927588</v>
       </c>
       <c r="I15" s="81">
-        <v>15.21975298752907</v>
+        <v>173.14733902990722</v>
       </c>
     </row>
     <row r="16" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="58" t="s">
-        <v>91</v>
+        <v>135</v>
       </c>
       <c r="B16" s="70">
-        <v>4723.7678820000001</v>
+        <v>330.04657700000001</v>
       </c>
       <c r="C16" s="81">
-        <v>4.1993878069175254</v>
+        <v>3.1792412992592451</v>
       </c>
       <c r="D16" s="70">
-        <v>3636.6738719999998</v>
+        <v>322.59767499999992</v>
       </c>
       <c r="E16" s="81">
-        <v>3.1765635688944172</v>
+        <v>3.2313407756876411</v>
       </c>
       <c r="F16" s="70">
-        <v>-1087.0940100000003</v>
+        <v>-7.4489020000000892</v>
       </c>
       <c r="G16" s="82">
-        <v>-23.013281709763746</v>
+        <v>-2.2569244825102639</v>
       </c>
       <c r="H16" s="81">
-        <v>-0.96641694609139961</v>
+        <v>-7.1753075241059311E-2</v>
       </c>
       <c r="I16" s="81">
-        <v>-54.42354628605144</v>
+        <v>1.8720537823574004</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="58" t="s">
-        <v>90</v>
+        <v>145</v>
       </c>
       <c r="B17" s="70">
-        <v>3436.5686199999991</v>
+        <v>270.61521900000002</v>
       </c>
       <c r="C17" s="81">
-        <v>3.0550790642052514</v>
+        <v>2.6067565622802542</v>
       </c>
       <c r="D17" s="70">
-        <v>3471.8232739999999</v>
+        <v>317.74969499999997</v>
       </c>
       <c r="E17" s="81">
-        <v>3.0325697926173953</v>
+        <v>3.1827803654065749</v>
       </c>
       <c r="F17" s="70">
-        <v>35.254654000000755</v>
+        <v>47.13447599999995</v>
       </c>
       <c r="G17" s="82">
-        <v>1.0258678902794836</v>
+        <v>17.417525952226637</v>
       </c>
       <c r="H17" s="81">
-        <v>3.13410751423326E-2</v>
+        <v>0.45403250074653417</v>
       </c>
       <c r="I17" s="81">
-        <v>1.7649653812072512</v>
+        <v>-11.845809499874338</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="58" t="s">
-        <v>100</v>
+        <v>136</v>
       </c>
       <c r="B18" s="70">
-        <v>2711.5709219999999</v>
+        <v>429.42503099999999</v>
       </c>
       <c r="C18" s="81">
-        <v>2.4105625322592661</v>
+        <v>4.13652462601023</v>
       </c>
       <c r="D18" s="70">
-        <v>2764.5215359999997</v>
+        <v>290.89907900000003</v>
       </c>
       <c r="E18" s="81">
-        <v>2.4147555447011047</v>
+        <v>2.9138277440551317</v>
       </c>
       <c r="F18" s="70">
-        <v>52.95061399999986</v>
+        <v>-138.52595199999996</v>
       </c>
       <c r="G18" s="82">
-        <v>1.9527652244089029</v>
+        <v>-32.258471677213421</v>
       </c>
       <c r="H18" s="81">
-        <v>4.7072626842589595E-2</v>
+        <v>-1.3343796249024686</v>
       </c>
       <c r="I18" s="81">
-        <v>2.6508840683464303</v>
+        <v>34.814262880120658</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="58" t="s">
-        <v>96</v>
+        <v>143</v>
       </c>
       <c r="B19" s="70">
-        <v>2824.3956880000001</v>
+        <v>279.04647800000009</v>
       </c>
       <c r="C19" s="81">
-        <v>2.5108627499020781</v>
+        <v>2.6879723926675863</v>
       </c>
       <c r="D19" s="70">
-        <v>2672.6659969999996</v>
+        <v>276.456594</v>
       </c>
       <c r="E19" s="81">
-        <v>2.3345215261834933</v>
+        <v>2.7691627501652745</v>
       </c>
       <c r="F19" s="70">
-        <v>-151.72969100000046</v>
+        <v>-2.5898840000000973</v>
       </c>
       <c r="G19" s="82">
-        <v>-5.3721116925880414</v>
+        <v>-0.92811922177354866</v>
       </c>
       <c r="H19" s="81">
-        <v>-0.13488635137232716</v>
+        <v>-2.4947588452314234E-2</v>
       </c>
       <c r="I19" s="81">
-        <v>-7.5960936084146073</v>
+        <v>0.65088816285501372</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="58" t="s">
-        <v>98</v>
+        <v>141</v>
       </c>
       <c r="B20" s="70">
-        <v>2669.520587</v>
+        <v>263.02334500000001</v>
       </c>
       <c r="C20" s="81">
-        <v>2.3731801568998252</v>
+        <v>2.5336262799456719</v>
       </c>
       <c r="D20" s="70">
-        <v>2664.1988300000003</v>
+        <v>232.99528600000002</v>
       </c>
       <c r="E20" s="81">
-        <v>2.3271256212520597</v>
+        <v>2.3338270128413172</v>
       </c>
       <c r="F20" s="70">
-        <v>-5.3217569999997067</v>
+        <v>-30.028058999999985</v>
       </c>
       <c r="G20" s="82">
-        <v>-0.1993525364035601</v>
+        <v>-11.416499550638742</v>
       </c>
       <c r="H20" s="81">
-        <v>-4.7309948362057892E-3</v>
+        <v>-0.28925143286486271</v>
       </c>
       <c r="I20" s="81">
-        <v>-0.26642487746998278</v>
+        <v>7.5466345815531577</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="58" t="s">
-        <v>97</v>
+        <v>149</v>
       </c>
       <c r="B21" s="70">
-        <v>1996.135182</v>
+        <v>204.021829</v>
       </c>
       <c r="C21" s="81">
-        <v>1.7745464962814392</v>
+        <v>1.9652820841320453</v>
       </c>
       <c r="D21" s="70">
-        <v>1993.7517550000002</v>
+        <v>203.38685900000002</v>
       </c>
       <c r="E21" s="81">
-        <v>1.7415032013495626</v>
+        <v>2.0372504257066733</v>
       </c>
       <c r="F21" s="70">
-        <v>-2.3834269999997559</v>
+        <v>-0.63496999999998138</v>
       </c>
       <c r="G21" s="82">
-        <v>-0.11940208366107322</v>
+        <v>-0.31122650116031525</v>
       </c>
       <c r="H21" s="81">
-        <v>-2.1188454920946071E-3</v>
+        <v>-6.116478668374687E-3</v>
       </c>
       <c r="I21" s="81">
-        <v>-0.11932229270025267</v>
+        <v>0.1595802965569193</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="58" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="B22" s="70">
-        <v>2107.284032</v>
+        <v>196.64358399999998</v>
       </c>
       <c r="C22" s="81">
-        <v>1.8733568394444664</v>
+        <v>1.8942096269253368</v>
       </c>
       <c r="D22" s="70">
-        <v>1951.866972</v>
+        <v>189.314256</v>
       </c>
       <c r="E22" s="81">
-        <v>1.7049176618011186</v>
+        <v>1.8962904020674318</v>
       </c>
       <c r="F22" s="70">
-        <v>-155.41705999999999</v>
+        <v>-7.3293279999999754</v>
       </c>
       <c r="G22" s="82">
-        <v>-7.3752307538958268</v>
+        <v>-3.7272144104126865</v>
       </c>
       <c r="H22" s="81">
-        <v>-0.13816438975291914</v>
+        <v>-7.0601254178185552E-2</v>
       </c>
       <c r="I22" s="81">
-        <v>-7.7806955799085227</v>
+        <v>1.8420025131942654</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="58" t="s">
-        <v>95</v>
+        <v>140</v>
       </c>
       <c r="B23" s="70">
-        <v>1704.7042079999999</v>
+        <v>159.06296600000002</v>
       </c>
       <c r="C23" s="81">
-        <v>1.515466941708673</v>
+        <v>1.5322066215213899</v>
       </c>
       <c r="D23" s="70">
-        <v>1706.8333340000001</v>
+        <v>159.501015</v>
       </c>
       <c r="E23" s="81">
-        <v>1.4908855668097691</v>
+        <v>1.5976622693671494</v>
       </c>
       <c r="F23" s="70">
-        <v>2.1291260000002694</v>
+        <v>0.43804899999997815</v>
       </c>
       <c r="G23" s="82">
-        <v>0.12489709299762985</v>
+        <v>0.27539345645043367</v>
       </c>
       <c r="H23" s="81">
-        <v>1.8927741555342184E-3</v>
+        <v>4.2195967749701696E-3</v>
       </c>
       <c r="I23" s="81">
-        <v>0.10659113778931611</v>
+        <v>-0.11009022367428464</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="58" t="s">
-        <v>99</v>
+        <v>144</v>
       </c>
       <c r="B24" s="70">
-        <v>1512.799951</v>
+        <v>165.27363099999999</v>
       </c>
       <c r="C24" s="81">
-        <v>1.3448657570035167</v>
+        <v>1.5920321250710412</v>
       </c>
       <c r="D24" s="70">
-        <v>1533.4296570000001</v>
+        <v>156.71397599999997</v>
       </c>
       <c r="E24" s="81">
-        <v>1.3394208431479784</v>
+        <v>1.569745537592403</v>
       </c>
       <c r="F24" s="70">
-        <v>20.629706000000169</v>
+        <v>-8.5596550000000207</v>
       </c>
       <c r="G24" s="82">
-        <v>1.3636770669091705</v>
+        <v>-5.1790808662030434</v>
       </c>
       <c r="H24" s="81">
-        <v>1.8339625908971372E-2</v>
+        <v>-8.2452631173359991E-2</v>
       </c>
       <c r="I24" s="81">
-        <v>1.0327917816037293</v>
+        <v>2.151207589846702</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="58" t="s">
         <v>44</v>
       </c>
       <c r="B25" s="70">
-        <v>1006.5300000000001</v>
+        <v>114.98</v>
       </c>
       <c r="C25" s="81">
-        <v>0.89479625478699532</v>
+        <v>1.1075684162869777</v>
       </c>
       <c r="D25" s="70">
-        <v>919.02</v>
+        <v>93.84</v>
       </c>
       <c r="E25" s="81">
-        <v>0.80274601293292647</v>
+        <v>0.93996033415469693</v>
       </c>
       <c r="F25" s="70">
-        <v>-87.510000000000105</v>
+        <v>-21.14</v>
       </c>
       <c r="G25" s="82">
-        <v>-8.6942266996512867</v>
+        <v>-18.385806227169944</v>
       </c>
       <c r="H25" s="81">
-        <v>-7.7795614891170692E-2</v>
+        <v>-0.20363538285185867</v>
       </c>
       <c r="I25" s="81">
-        <v>-4.3810420181529341</v>
+        <v>5.3128926866046795</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="58" t="s">
         <v>43</v>
       </c>
       <c r="B26" s="70">
-        <v>790.93000000000006</v>
+        <v>59.32</v>
       </c>
       <c r="C26" s="81">
-        <v>0.70312976443690522</v>
+        <v>0.5714120582200688</v>
       </c>
       <c r="D26" s="70">
-        <v>812.93000000000006</v>
+        <v>77.94</v>
       </c>
       <c r="E26" s="81">
-        <v>0.71007847086414211</v>
+        <v>0.7806959552857744</v>
       </c>
       <c r="F26" s="70">
-        <v>22</v>
+        <v>18.619999999999997</v>
       </c>
       <c r="G26" s="82">
-        <v>2.7815356605515023</v>
+        <v>31.389076196898174</v>
       </c>
       <c r="H26" s="81">
-        <v>1.9557805137764294E-2</v>
+        <v>0.17936096635296156</v>
       </c>
       <c r="I26" s="81">
-        <v>1.1013932624770248</v>
+        <v>-4.6795677305855783</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="58" t="s">
         <v>49</v>
       </c>
       <c r="B27" s="70">
-        <v>577.68000000000006</v>
+        <v>66.069999999999993</v>
       </c>
       <c r="C27" s="81">
-        <v>0.51355240327198537</v>
+        <v>0.63643281669925733</v>
       </c>
       <c r="D27" s="70">
-        <v>612.45000000000005</v>
+        <v>69.52</v>
       </c>
       <c r="E27" s="81">
-        <v>0.53496310811600489</v>
+        <v>0.69635595087845825</v>
       </c>
       <c r="F27" s="70">
-        <v>34.769999999999982</v>
+        <v>3.4500000000000028</v>
       </c>
       <c r="G27" s="82">
-        <v>6.0189031990029038</v>
+        <v>5.2217345239897126</v>
       </c>
       <c r="H27" s="81">
-        <v>3.0910222029093822E-2</v>
+        <v>3.3232832111585286E-2</v>
       </c>
       <c r="I27" s="81">
-        <v>1.7407019880148242</v>
+        <v>-0.86705202312138874</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="58" t="s">
         <v>46</v>
       </c>
       <c r="B28" s="70">
-        <v>616.93999999999994</v>
+        <v>60.51</v>
       </c>
       <c r="C28" s="81">
-        <v>0.54845419553146824</v>
+        <v>0.58287497712232572</v>
       </c>
       <c r="D28" s="70">
-        <v>599.78000000000009</v>
+        <v>63.98</v>
       </c>
       <c r="E28" s="81">
-        <v>0.5238961106797575</v>
+        <v>0.64086383396438085</v>
       </c>
       <c r="F28" s="70">
-        <v>-17.159999999999854</v>
+        <v>3.4699999999999989</v>
       </c>
       <c r="G28" s="82">
-        <v>-2.7814698349920342</v>
+        <v>5.7345893240786632</v>
       </c>
       <c r="H28" s="81">
-        <v>-1.5255088007456018E-2</v>
+        <v>3.342548621078284E-2</v>
       </c>
       <c r="I28" s="81">
-        <v>-0.85908674473207203</v>
+        <v>-0.87207841166122191</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="58" t="s">
-        <v>94</v>
+        <v>42</v>
       </c>
       <c r="B29" s="70">
-        <v>389.30000399999994</v>
+        <v>61.79</v>
       </c>
       <c r="C29" s="81">
-        <v>0.34608425538012993</v>
+        <v>0.59520483947097191</v>
       </c>
       <c r="D29" s="70">
-        <v>384.36957200000001</v>
+        <v>63.68</v>
       </c>
       <c r="E29" s="81">
-        <v>0.33573931080469999</v>
+        <v>0.63785884568383522</v>
       </c>
       <c r="F29" s="70">
-        <v>-4.9304319999999393</v>
+        <v>1.8900000000000006</v>
       </c>
       <c r="G29" s="82">
-        <v>-1.2664865012433806</v>
+        <v>3.0587473701246166</v>
       </c>
       <c r="H29" s="81">
-        <v>-4.3831103773180127E-3</v>
+        <v>1.8205812374172799E-2</v>
       </c>
       <c r="I29" s="81">
-        <v>-0.24683384481368431</v>
+        <v>-0.4749937170143258</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="58" t="s">
-        <v>42</v>
+        <v>139</v>
       </c>
       <c r="B30" s="70">
-        <v>220.05</v>
+        <v>39.480228000000004</v>
       </c>
       <c r="C30" s="81">
-        <v>0.19562250093477423</v>
+        <v>0.3803013880727848</v>
       </c>
       <c r="D30" s="70">
-        <v>238.79</v>
+        <v>37.408562000000003</v>
       </c>
       <c r="E30" s="81">
-        <v>0.20857839919507029</v>
+        <v>0.37470763467355817</v>
       </c>
       <c r="F30" s="70">
-        <v>18.739999999999981</v>
+        <v>-2.0716660000000005</v>
       </c>
       <c r="G30" s="82">
-        <v>8.5162463076573403</v>
+        <v>-5.2473506485322226</v>
       </c>
       <c r="H30" s="81">
-        <v>1.6659694012804656E-2</v>
+        <v>-1.9955747353414318E-2</v>
       </c>
       <c r="I30" s="81">
-        <v>0.93818680630997375</v>
+        <v>0.5206499120382011</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="58" t="s">
         <v>45</v>
       </c>
       <c r="B31" s="70">
-        <v>207.50999999999996</v>
+        <v>23.58</v>
       </c>
       <c r="C31" s="81">
-        <v>0.18447455200624854</v>
+        <v>0.22713918295396529</v>
       </c>
       <c r="D31" s="70">
-        <v>222.78</v>
+        <v>22.07</v>
       </c>
       <c r="E31" s="81">
-        <v>0.19459397702030135</v>
+        <v>0.22106697117214574</v>
       </c>
       <c r="F31" s="70">
-        <v>15.270000000000039</v>
+        <v>-1.509999999999998</v>
       </c>
       <c r="G31" s="82">
-        <v>7.358681509324871</v>
+        <v>-6.4037319762510521</v>
       </c>
       <c r="H31" s="81">
-        <v>1.3574894747893704E-2</v>
+        <v>-1.4545384489418455E-2</v>
       </c>
       <c r="I31" s="81">
-        <v>0.76446705081928235</v>
+        <v>0.37949233475747657</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B32" s="70">
-        <v>174.51</v>
+        <v>17.760000000000002</v>
       </c>
       <c r="C32" s="81">
-        <v>0.15513784429960212</v>
+        <v>0.17107684008746499</v>
       </c>
       <c r="D32" s="70">
-        <v>177.74</v>
+        <v>18.989999999999998</v>
       </c>
       <c r="E32" s="81">
-        <v>0.15525241707329368</v>
+        <v>0.19021575815854316</v>
       </c>
       <c r="F32" s="70">
-        <v>3.2300000000000182</v>
+        <v>1.2299999999999969</v>
       </c>
       <c r="G32" s="82">
-        <v>1.8508967967451828</v>
+        <v>6.9256756756756577</v>
       </c>
       <c r="H32" s="81">
-        <v>2.8714413906808646E-3</v>
+        <v>1.1848227100652106E-2</v>
       </c>
       <c r="I32" s="81">
-        <v>0.16170455626367319</v>
+        <v>-0.30912289519979846</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="58" t="s">
         <v>47</v>
       </c>
       <c r="B33" s="70">
-        <v>150.37</v>
+        <v>16.7</v>
       </c>
       <c r="C33" s="81">
-        <v>0.13367759811661895</v>
+        <v>0.16086617282999241</v>
       </c>
       <c r="D33" s="70">
-        <v>158.82</v>
+        <v>17.96</v>
       </c>
       <c r="E33" s="81">
-        <v>0.13872616675807639</v>
+        <v>0.1798986317286696</v>
       </c>
       <c r="F33" s="70">
-        <v>8.4499999999999886</v>
+        <v>1.2600000000000016</v>
       </c>
       <c r="G33" s="82">
-        <v>5.619471969142773</v>
+        <v>7.5449101796407279</v>
       </c>
       <c r="H33" s="81">
-        <v>7.5119751551867295E-3</v>
+        <v>1.2137208249448545E-2</v>
       </c>
       <c r="I33" s="81">
-        <v>0.42303513945140214</v>
+        <v>-0.31666247800955083</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="58" t="s">
-        <v>105</v>
+        <v>150</v>
       </c>
       <c r="B34" s="70">
-        <v>3601.1691209999999</v>
+        <v>349.728925</v>
       </c>
       <c r="C34" s="81">
-        <v>3.2014074516659963</v>
+        <v>3.3688355504609255</v>
       </c>
       <c r="D34" s="70">
-        <v>3739.8077049999993</v>
+        <v>331.65184799999997</v>
       </c>
       <c r="E34" s="81">
-        <v>3.2666489568503265</v>
+        <v>3.3220330548710861</v>
       </c>
       <c r="F34" s="70">
-        <v>138.63858399999936</v>
+        <v>-18.077077000000031</v>
       </c>
       <c r="G34" s="82">
-        <v>3.8498215257799706</v>
+        <v>-5.1688824423087194</v>
       </c>
       <c r="H34" s="81">
-        <v>0.12324847320216155</v>
+        <v>-0.17413114927802908</v>
       </c>
       <c r="I34" s="81">
-        <v>6.9407091971342885</v>
+        <v>4.5431206333249676</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="58"/>
       <c r="B35" s="70">
         <v>0</v>
       </c>
       <c r="C35" s="81"/>
       <c r="D35" s="70">
         <v>0</v>
       </c>
       <c r="E35" s="81"/>
       <c r="F35" s="70"/>
       <c r="G35" s="82"/>
       <c r="H35" s="81"/>
       <c r="I35" s="81"/>
     </row>
     <row r="36" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="62" t="s">
         <v>59</v>
       </c>
       <c r="B36" s="83">
-        <v>-3206.0121960000106</v>
+        <v>-868.31280800000059</v>
       </c>
       <c r="C36" s="84">
-        <v>-2.8501164453938177</v>
+        <v>-8.3642010923487486</v>
       </c>
       <c r="D36" s="83">
-        <v>-4411.2149039999786</v>
+        <v>-214.87141100000008</v>
       </c>
       <c r="E36" s="84">
-        <v>-3.8531100263065921</v>
+        <v>-2.1522869062643997</v>
       </c>
       <c r="F36" s="83">
-        <v>-1205.202707999968</v>
+        <v>653.44139700000051</v>
       </c>
       <c r="G36" s="85">
-        <v>37.591956434340524</v>
+        <v>-75.254147005510958</v>
       </c>
       <c r="H36" s="84">
-        <v>-1.0714145324804187</v>
+        <v>6.2944081858726806</v>
       </c>
       <c r="I36" s="84">
-        <v>-60.336461023192264</v>
+        <v>-164.22251746670045</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="86"/>
       <c r="B37" s="87"/>
       <c r="C37" s="88"/>
       <c r="D37" s="87"/>
       <c r="E37" s="88"/>
       <c r="F37" s="88"/>
       <c r="G37" s="27"/>
       <c r="H37" s="88"/>
       <c r="I37" s="88"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A38" s="60" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B38" s="63"/>
       <c r="C38" s="63"/>
       <c r="D38" s="63"/>
       <c r="E38" s="63"/>
       <c r="F38" s="63"/>
       <c r="G38" s="63"/>
       <c r="H38" s="63"/>
       <c r="I38" s="63"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A39" s="60" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="G39" s="65"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A40" s="60" t="s">
         <v>5</v>
       </c>
       <c r="G40" s="65"/>
     </row>
     <row r="41" spans="1:9" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="60"/>
       <c r="G41" s="65"/>
     </row>
     <row r="42" spans="1:9" ht="105" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="114" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B42" s="115"/>
       <c r="C42" s="115"/>
       <c r="D42" s="115"/>
       <c r="E42" s="115"/>
       <c r="F42" s="115"/>
       <c r="G42" s="115"/>
       <c r="H42" s="115"/>
       <c r="I42" s="115"/>
     </row>
     <row r="43" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I43" s="66"/>
     </row>
     <row r="44" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="54"/>
       <c r="B44" s="54"/>
       <c r="C44" s="68"/>
       <c r="D44" s="54"/>
       <c r="E44" s="68"/>
       <c r="F44" s="68"/>
       <c r="G44" s="69"/>
       <c r="H44" s="69"/>
       <c r="I44" s="69"/>
     </row>
     <row r="45" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="53"/>
       <c r="I45" s="66"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A46" s="16" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="I46" s="66"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A47" s="55" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="I47" s="66"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A48" s="90"/>
       <c r="I48" s="66"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A49" s="53"/>
       <c r="I49" s="66"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A50" s="53"/>
       <c r="I50" s="66"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I51" s="66"/>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I52" s="66"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A42:I42"/>
   </mergeCells>
@@ -5056,1112 +5056,1112 @@
     <col min="5" max="6" width="7.7109375" style="64" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="67" customWidth="1"/>
     <col min="8" max="9" width="7.7109375" style="64" customWidth="1"/>
     <col min="10" max="16" width="9.140625" style="80"/>
     <col min="17" max="16384" width="9.140625" style="53"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="53"/>
       <c r="C1" s="53"/>
       <c r="E1" s="53"/>
       <c r="F1" s="53"/>
       <c r="G1" s="53"/>
       <c r="H1" s="53"/>
       <c r="I1" s="53"/>
       <c r="J1" s="53"/>
       <c r="K1" s="53"/>
       <c r="L1" s="53"/>
       <c r="M1" s="53"/>
       <c r="N1" s="53"/>
       <c r="O1" s="53"/>
       <c r="P1" s="53"/>
     </row>
     <row r="2" spans="1:16" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="61" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B2" s="71"/>
       <c r="C2" s="72"/>
       <c r="D2" s="72"/>
       <c r="E2" s="72"/>
       <c r="F2" s="72"/>
       <c r="G2" s="72"/>
       <c r="H2" s="72"/>
       <c r="I2" s="72"/>
       <c r="J2" s="53"/>
       <c r="K2" s="53"/>
       <c r="L2" s="53"/>
       <c r="M2" s="53"/>
       <c r="N2" s="53"/>
       <c r="O2" s="53"/>
       <c r="P2" s="53"/>
     </row>
     <row r="3" spans="1:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="71"/>
       <c r="B3" s="71"/>
       <c r="C3" s="72"/>
       <c r="D3" s="72"/>
       <c r="E3" s="72"/>
       <c r="F3" s="72"/>
       <c r="G3" s="72"/>
       <c r="H3" s="72"/>
       <c r="I3" s="72"/>
       <c r="J3" s="53"/>
       <c r="K3" s="53"/>
       <c r="L3" s="53"/>
       <c r="M3" s="53"/>
       <c r="N3" s="53"/>
       <c r="O3" s="53"/>
       <c r="P3" s="53"/>
     </row>
     <row r="4" spans="1:16" s="16" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="56" t="s">
         <v>52</v>
       </c>
       <c r="B4" s="73" t="s">
         <v>87</v>
       </c>
       <c r="C4" s="74" t="s">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="D4" s="73" t="s">
         <v>88</v>
       </c>
       <c r="E4" s="74" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F4" s="74" t="s">
         <v>62</v>
       </c>
       <c r="G4" s="74" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="H4" s="74" t="s">
         <v>3</v>
       </c>
       <c r="I4" s="75" t="s">
         <v>4</v>
       </c>
       <c r="J4" s="76"/>
       <c r="K4" s="76"/>
       <c r="L4" s="76"/>
       <c r="M4" s="76"/>
       <c r="N4" s="76"/>
       <c r="O4" s="76"/>
       <c r="P4" s="76"/>
     </row>
     <row r="5" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="57" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="77">
-        <v>105387.35999999999</v>
+        <v>10081.879999999999</v>
       </c>
       <c r="C5" s="78">
         <v>100</v>
       </c>
       <c r="D5" s="77">
-        <v>109114.79</v>
+        <v>10086.719999999999</v>
       </c>
       <c r="E5" s="78">
         <v>100</v>
       </c>
       <c r="F5" s="77">
-        <v>3727.4300000000076</v>
+        <v>4.8400000000001455</v>
       </c>
       <c r="G5" s="79">
-        <v>3.53688525834598</v>
+        <v>4.8006919344409434E-2</v>
       </c>
       <c r="H5" s="78">
-        <v>3.53688525834598</v>
+        <v>4.8006919344409434E-2</v>
       </c>
       <c r="I5" s="78">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="58" t="s">
-        <v>102</v>
+        <v>147</v>
       </c>
       <c r="B6" s="70">
-        <v>16386.100581999999</v>
+        <v>1583.1305990000005</v>
       </c>
       <c r="C6" s="81">
-        <v>15.548449626217034</v>
+        <v>15.702732020218457</v>
       </c>
       <c r="D6" s="70">
-        <v>16583.943966999996</v>
+        <v>1617.0282119999997</v>
       </c>
       <c r="E6" s="81">
-        <v>15.198621531508236</v>
+        <v>16.031259041591316</v>
       </c>
       <c r="F6" s="70">
-        <v>197.84338499999649</v>
+        <v>33.897612999999183</v>
       </c>
       <c r="G6" s="82">
-        <v>1.2073853935531549</v>
+        <v>2.141176035723833</v>
       </c>
       <c r="H6" s="81">
-        <v>0.18772970971091457</v>
+        <v>0.33622313497085055</v>
       </c>
       <c r="I6" s="81">
-        <v>5.3077692941248014</v>
+        <v>700.36390495863975</v>
       </c>
     </row>
     <row r="7" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="58" t="s">
-        <v>92</v>
+        <v>148</v>
       </c>
       <c r="B7" s="70">
-        <v>10447.383153999999</v>
+        <v>1074.7826839999998</v>
       </c>
       <c r="C7" s="81">
-        <v>9.9133170752166109</v>
+        <v>10.660538351974036</v>
       </c>
       <c r="D7" s="70">
-        <v>13110.290904000005</v>
+        <v>1143.7211000000002</v>
       </c>
       <c r="E7" s="81">
-        <v>12.01513644850529</v>
+        <v>11.338880230639893</v>
       </c>
       <c r="F7" s="70">
-        <v>2662.9077500000058</v>
+        <v>68.938416000000416</v>
       </c>
       <c r="G7" s="82">
-        <v>25.488753602192293</v>
+        <v>6.4141725603015409</v>
       </c>
       <c r="H7" s="81">
-        <v>2.5267809631060176</v>
+        <v>0.68378532575274076</v>
       </c>
       <c r="I7" s="81">
-        <v>71.440852007951875</v>
+        <v>1424.3474380164948</v>
       </c>
     </row>
     <row r="8" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="58" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="B8" s="70">
-        <v>11537.288248999999</v>
+        <v>1298.3035120000002</v>
       </c>
       <c r="C8" s="81">
-        <v>10.947506654498225</v>
+        <v>12.877593385360669</v>
       </c>
       <c r="D8" s="70">
-        <v>12739.172910999998</v>
+        <v>1116.8783940000001</v>
       </c>
       <c r="E8" s="81">
-        <v>11.675019409376125</v>
+        <v>11.072760956981062</v>
       </c>
       <c r="F8" s="70">
-        <v>1201.8846619999986</v>
+        <v>-181.42511800000011</v>
       </c>
       <c r="G8" s="82">
-        <v>10.417393030846505</v>
+        <v>-13.974014267320268</v>
       </c>
       <c r="H8" s="81">
-        <v>1.1404447952771553</v>
+        <v>-1.7995167369577909</v>
       </c>
       <c r="I8" s="81">
-        <v>32.244325500411705</v>
+        <v>-3748.4528512395591</v>
       </c>
     </row>
     <row r="9" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="58" t="s">
-        <v>89</v>
+        <v>134</v>
       </c>
       <c r="B9" s="70">
-        <v>9328.1338449999985</v>
+        <v>901.16867000000002</v>
       </c>
       <c r="C9" s="81">
-        <v>8.8512833465037932</v>
+        <v>8.938498276115169</v>
       </c>
       <c r="D9" s="70">
-        <v>10144.075071000001</v>
+        <v>880.109464</v>
       </c>
       <c r="E9" s="81">
-        <v>9.2967003565694455</v>
+        <v>8.7254277307192041</v>
       </c>
       <c r="F9" s="70">
-        <v>815.94122600000264</v>
+        <v>-21.059206000000017</v>
       </c>
       <c r="G9" s="82">
-        <v>8.7471003263676135</v>
+        <v>-2.3368772906852184</v>
       </c>
       <c r="H9" s="81">
-        <v>0.77423063448975538</v>
+        <v>-0.20888173634282514</v>
       </c>
       <c r="I9" s="81">
-        <v>21.890182404498567</v>
+        <v>-435.10756198345837</v>
       </c>
     </row>
     <row r="10" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="58" t="s">
-        <v>91</v>
+        <v>136</v>
       </c>
       <c r="B10" s="70">
-        <v>9686.986359999999</v>
+        <v>766.77226699999994</v>
       </c>
       <c r="C10" s="81">
-        <v>9.1917914634164859</v>
+        <v>7.6054492515284844</v>
       </c>
       <c r="D10" s="70">
-        <v>8380.3675200000016</v>
+        <v>749.44504999999981</v>
       </c>
       <c r="E10" s="81">
-        <v>7.6803222734516581</v>
+        <v>7.4300173892008488</v>
       </c>
       <c r="F10" s="70">
-        <v>-1306.6188399999974</v>
+        <v>-17.327217000000132</v>
       </c>
       <c r="G10" s="82">
-        <v>-13.488393515194311</v>
+        <v>-2.2597605241766177</v>
       </c>
       <c r="H10" s="81">
-        <v>-1.2398250036816536</v>
+        <v>-0.17186493987232673</v>
       </c>
       <c r="I10" s="81">
-        <v>-35.054148300571562</v>
+        <v>-358.00035123966143</v>
       </c>
     </row>
     <row r="11" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="58" t="s">
-        <v>101</v>
+        <v>146</v>
       </c>
       <c r="B11" s="70">
-        <v>7420.3858580000006</v>
+        <v>734.86517900000013</v>
       </c>
       <c r="C11" s="81">
-        <v>7.0410586791433065</v>
+        <v>7.2889697060468901</v>
       </c>
       <c r="D11" s="70">
-        <v>7512.346493</v>
+        <v>697.16715899999997</v>
       </c>
       <c r="E11" s="81">
-        <v>6.8848104761966731</v>
+        <v>6.9117330410678592</v>
       </c>
       <c r="F11" s="70">
-        <v>91.960634999999456</v>
+        <v>-37.698020000000156</v>
       </c>
       <c r="G11" s="82">
-        <v>1.2392972112205685</v>
+        <v>-5.1299232944061091</v>
       </c>
       <c r="H11" s="81">
-        <v>8.7259643851026789E-2</v>
+        <v>-0.37391855487270387</v>
       </c>
       <c r="I11" s="81">
-        <v>2.4671324478259624</v>
+        <v>-778.8847107437814</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="58" t="s">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="B12" s="70">
-        <v>5805.61</v>
+        <v>661.26</v>
       </c>
       <c r="C12" s="81">
-        <v>5.5088295218705552</v>
+        <v>6.5588957615047985</v>
       </c>
       <c r="D12" s="70">
-        <v>6001.21</v>
+        <v>665.06</v>
       </c>
       <c r="E12" s="81">
-        <v>5.4999051915876853</v>
+        <v>6.5934218457536247</v>
       </c>
       <c r="F12" s="70">
-        <v>195.60000000000036</v>
+        <v>3.7999999999999545</v>
       </c>
       <c r="G12" s="82">
-        <v>3.369155006967405</v>
+        <v>0.5746604966276434</v>
       </c>
       <c r="H12" s="81">
-        <v>0.18560100566140036</v>
+        <v>3.769138295635293E-2</v>
       </c>
       <c r="I12" s="81">
-        <v>5.2475834556249206</v>
+        <v>78.512396694211574</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="58" t="s">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="B13" s="70">
-        <v>5591.2199999999993</v>
+        <v>393.09</v>
       </c>
       <c r="C13" s="81">
-        <v>5.3053990535487374</v>
+        <v>3.8989751911349866</v>
       </c>
       <c r="D13" s="70">
-        <v>5803.119999999999</v>
+        <v>496.21</v>
       </c>
       <c r="E13" s="81">
-        <v>5.3183624328104369</v>
+        <v>4.9194386282161098</v>
       </c>
       <c r="F13" s="70">
-        <v>211.89999999999964</v>
+        <v>103.12</v>
       </c>
       <c r="G13" s="82">
-        <v>3.7898705470362399</v>
+        <v>26.233178152585921</v>
       </c>
       <c r="H13" s="81">
-        <v>0.20106775613318301</v>
+        <v>1.0228251080155686</v>
       </c>
       <c r="I13" s="81">
-        <v>5.6848820769269768</v>
+        <v>2130.5785123966302</v>
       </c>
     </row>
     <row r="14" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="58" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="B14" s="70">
-        <v>5028.0539680000002</v>
+        <v>473.7462359999999</v>
       </c>
       <c r="C14" s="81">
-        <v>4.7710218455040536</v>
+        <v>4.6989870540018321</v>
       </c>
       <c r="D14" s="70">
-        <v>5172.8169100000005</v>
+        <v>447.10771100000011</v>
       </c>
       <c r="E14" s="81">
-        <v>4.7407110530112382</v>
+        <v>4.4326372795120728</v>
       </c>
       <c r="F14" s="70">
-        <v>144.76294200000029</v>
+        <v>-26.638524999999788</v>
       </c>
       <c r="G14" s="82">
-        <v>2.8791047773415683</v>
+        <v>-5.622952326738865</v>
       </c>
       <c r="H14" s="81">
-        <v>0.13736271788191706</v>
+        <v>-0.26422180188615407</v>
       </c>
       <c r="I14" s="81">
-        <v>3.8837199357197858</v>
+        <v>-550.38274793386336</v>
       </c>
     </row>
     <row r="15" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="58" t="s">
-        <v>1</v>
+        <v>135</v>
       </c>
       <c r="B15" s="70">
-        <v>4688.34</v>
+        <v>408.77234999999996</v>
       </c>
       <c r="C15" s="81">
-        <v>4.4486739206675265</v>
+        <v>4.0545250488996096</v>
       </c>
       <c r="D15" s="70">
-        <v>4828</v>
+        <v>426.17973199999994</v>
       </c>
       <c r="E15" s="81">
-        <v>4.4246980633881074</v>
+        <v>4.2251567605723164</v>
       </c>
       <c r="F15" s="70">
-        <v>139.65999999999985</v>
+        <v>17.407381999999984</v>
       </c>
       <c r="G15" s="82">
-        <v>2.9788795181236822</v>
+        <v>4.2584538802587764</v>
       </c>
       <c r="H15" s="81">
-        <v>0.13252063625087473</v>
+        <v>0.1726600792709295</v>
       </c>
       <c r="I15" s="81">
-        <v>3.746817512334224</v>
+        <v>359.65665289255088</v>
       </c>
     </row>
     <row r="16" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="58" t="s">
-        <v>90</v>
+        <v>2</v>
       </c>
       <c r="B16" s="70">
-        <v>4279.186479</v>
+        <v>356.82</v>
       </c>
       <c r="C16" s="81">
-        <v>4.0604361652099463</v>
+        <v>3.5392208596015822</v>
       </c>
       <c r="D16" s="70">
-        <v>4558.8007610000004</v>
+        <v>377.28</v>
       </c>
       <c r="E16" s="81">
-        <v>4.1779861016091404</v>
+        <v>3.7403635671457125</v>
       </c>
       <c r="F16" s="70">
-        <v>279.61428200000046</v>
+        <v>20.45999999999998</v>
       </c>
       <c r="G16" s="82">
-        <v>6.5342859763695857</v>
+        <v>5.7339835211030712</v>
       </c>
       <c r="H16" s="81">
-        <v>0.26532051092275249</v>
+        <v>0.20293834086499721</v>
       </c>
       <c r="I16" s="81">
-        <v>7.5015300622681007</v>
+        <v>422.72727272725962</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="58" t="s">
-        <v>98</v>
+        <v>143</v>
       </c>
       <c r="B17" s="70">
-        <v>2467.1986269999998</v>
+        <v>284.004636</v>
       </c>
       <c r="C17" s="81">
-        <v>2.3410764127690458</v>
+        <v>2.8169809202251961</v>
       </c>
       <c r="D17" s="70">
-        <v>2605.9455969999999</v>
+        <v>274.91253900000004</v>
       </c>
       <c r="E17" s="81">
-        <v>2.3882606537573872</v>
+        <v>2.7254899412296569</v>
       </c>
       <c r="F17" s="70">
-        <v>138.74697000000015</v>
+        <v>-9.092096999999967</v>
       </c>
       <c r="G17" s="82">
-        <v>5.6236643649850802</v>
+        <v>-3.2013903463181377</v>
       </c>
       <c r="H17" s="81">
-        <v>0.13165427998196386</v>
+        <v>-9.0182555237713277E-2</v>
       </c>
       <c r="I17" s="81">
-        <v>3.7223226190699723</v>
+        <v>-187.85324380164656</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="58" t="s">
-        <v>104</v>
+        <v>149</v>
       </c>
       <c r="B18" s="70">
-        <v>2184.2118959999998</v>
+        <v>228.69341900000001</v>
       </c>
       <c r="C18" s="81">
-        <v>2.0725558511001703</v>
+        <v>2.2683608513491533</v>
       </c>
       <c r="D18" s="70">
-        <v>2417.726545</v>
+        <v>231.44041700000008</v>
       </c>
       <c r="E18" s="81">
-        <v>2.2157642836502731</v>
+        <v>2.294506212128423</v>
       </c>
       <c r="F18" s="70">
-        <v>233.51464900000019</v>
+        <v>2.746998000000076</v>
       </c>
       <c r="G18" s="82">
-        <v>10.691025418716986</v>
+        <v>1.201170550517711</v>
       </c>
       <c r="H18" s="81">
-        <v>0.22157747285822529</v>
+        <v>2.7246882525878865E-2</v>
       </c>
       <c r="I18" s="81">
-        <v>6.2647628258612418</v>
+        <v>56.756157024793254</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="58" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="B19" s="70">
-        <v>1854.6409480000002</v>
+        <v>164.99</v>
       </c>
       <c r="C19" s="81">
-        <v>1.7598324391084477</v>
+        <v>1.636500335254933</v>
       </c>
       <c r="D19" s="70">
-        <v>1849.541062</v>
+        <v>179.09</v>
       </c>
       <c r="E19" s="81">
-        <v>1.6950415814391433</v>
+        <v>1.7755028393769234</v>
       </c>
       <c r="F19" s="70">
-        <v>-5.0998860000001969</v>
+        <v>14.099999999999994</v>
       </c>
       <c r="G19" s="82">
-        <v>-0.27497969380541232</v>
+        <v>8.5459724831807939</v>
       </c>
       <c r="H19" s="81">
-        <v>-4.8391818525487284E-3</v>
+        <v>0.139854868338048</v>
       </c>
       <c r="I19" s="81">
-        <v>-0.13682043660109477</v>
+        <v>291.32231404957787</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="58" t="s">
-        <v>48</v>
+        <v>142</v>
       </c>
       <c r="B20" s="70">
-        <v>1654.35</v>
+        <v>177.39549100000002</v>
       </c>
       <c r="C20" s="81">
-        <v>1.5697802848463043</v>
+        <v>1.7595477331608791</v>
       </c>
       <c r="D20" s="70">
-        <v>1844.2500000000002</v>
+        <v>155.82351400000005</v>
       </c>
       <c r="E20" s="81">
-        <v>1.690192502776205</v>
+        <v>1.5448383022429497</v>
       </c>
       <c r="F20" s="70">
-        <v>189.90000000000032</v>
+        <v>-21.571976999999976</v>
       </c>
       <c r="G20" s="82">
-        <v>11.478828542932289</v>
+        <v>-12.160386308804192</v>
       </c>
       <c r="H20" s="81">
-        <v>0.18019238739826135</v>
+        <v>-0.21396780164017007</v>
       </c>
       <c r="I20" s="81">
-        <v>5.0946630788505729</v>
+        <v>-445.7020041322175</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="58" t="s">
-        <v>96</v>
+        <v>141</v>
       </c>
       <c r="B21" s="70">
-        <v>1415.290735</v>
+        <v>135.62514700000003</v>
       </c>
       <c r="C21" s="81">
-        <v>1.3429416345565544</v>
+        <v>1.3452366721286113</v>
       </c>
       <c r="D21" s="70">
-        <v>1463.8644720000002</v>
+        <v>132.77324100000001</v>
       </c>
       <c r="E21" s="81">
-        <v>1.3415820825022899</v>
+        <v>1.3163173063195965</v>
       </c>
       <c r="F21" s="70">
-        <v>48.573737000000165</v>
+        <v>-2.8519060000000138</v>
       </c>
       <c r="G21" s="82">
-        <v>3.4320677581486581</v>
+        <v>-2.102785554953178</v>
       </c>
       <c r="H21" s="81">
-        <v>4.6090666850370075E-2</v>
+        <v>-2.8287442421453281E-2</v>
       </c>
       <c r="I21" s="81">
-        <v>1.3031428356803498</v>
+        <v>-58.923677685948931</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="58" t="s">
-        <v>100</v>
+        <v>145</v>
       </c>
       <c r="B22" s="70">
-        <v>1363.1346859999999</v>
+        <v>127.004639</v>
       </c>
       <c r="C22" s="81">
-        <v>1.2934517820732963</v>
+        <v>1.2597317067848457</v>
       </c>
       <c r="D22" s="70">
-        <v>1385.5451330000001</v>
+        <v>125.28939000000001</v>
       </c>
       <c r="E22" s="81">
-        <v>1.2698050676723112</v>
+        <v>1.2421222161416201</v>
       </c>
       <c r="F22" s="70">
-        <v>22.410447000000204</v>
+        <v>-1.7152489999999858</v>
       </c>
       <c r="G22" s="82">
-        <v>1.6440376163973722</v>
+        <v>-1.3505404318341363</v>
       </c>
       <c r="H22" s="81">
-        <v>2.1264833847247151E-2</v>
+        <v>-1.701318603276359E-2</v>
       </c>
       <c r="I22" s="81">
-        <v>0.60123052612658479</v>
+        <v>-35.439028925618473</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="58" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="B23" s="70">
-        <v>1168.8352110000001</v>
+        <v>80.599999999999994</v>
       </c>
       <c r="C23" s="81">
-        <v>1.1090848190902594</v>
+        <v>0.79945407007423219</v>
       </c>
       <c r="D23" s="70">
-        <v>1160.6361040000002</v>
+        <v>105.63</v>
       </c>
       <c r="E23" s="81">
-        <v>1.0636835794670916</v>
+        <v>1.0472185209860092</v>
       </c>
       <c r="F23" s="70">
-        <v>-8.1991069999999127</v>
+        <v>25.03</v>
       </c>
       <c r="G23" s="82">
-        <v>-0.70147672852746668</v>
+        <v>31.054590570719608</v>
       </c>
       <c r="H23" s="81">
-        <v>-7.7799719055491228E-3</v>
+        <v>0.24826718826250666</v>
       </c>
       <c r="I23" s="81">
-        <v>-0.21996675993915102</v>
+        <v>517.14876033056305</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="58" t="s">
-        <v>99</v>
+        <v>140</v>
       </c>
       <c r="B24" s="70">
-        <v>827.10384600000009</v>
+        <v>102.900144</v>
       </c>
       <c r="C24" s="81">
-        <v>0.78482262578738105</v>
+        <v>1.0206444036231337</v>
       </c>
       <c r="D24" s="70">
-        <v>892.22553099999993</v>
+        <v>103.386376</v>
       </c>
       <c r="E24" s="81">
-        <v>0.81769440329766474</v>
+        <v>1.0249751752799721</v>
       </c>
       <c r="F24" s="70">
-        <v>65.121684999999843</v>
+        <v>0.48623200000000111</v>
       </c>
       <c r="G24" s="82">
-        <v>7.8734593382606315</v>
+        <v>0.47252800734661865</v>
       </c>
       <c r="H24" s="81">
-        <v>6.1792690318838855E-2</v>
+        <v>4.8228306625351736E-3</v>
       </c>
       <c r="I24" s="81">
-        <v>1.7470934397158286</v>
+        <v>10.04611570247906</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="58" t="s">
-        <v>47</v>
+        <v>144</v>
       </c>
       <c r="B25" s="70">
-        <v>786.69</v>
+        <v>94.087267000000011</v>
       </c>
       <c r="C25" s="81">
-        <v>0.74647471954890998</v>
+        <v>0.9332313715299132</v>
       </c>
       <c r="D25" s="70">
-        <v>828.32999999999993</v>
+        <v>92.235409000000018</v>
       </c>
       <c r="E25" s="81">
-        <v>0.75913631873369314</v>
+        <v>0.91442420330890539</v>
       </c>
       <c r="F25" s="70">
-        <v>41.639999999999873</v>
+        <v>-1.8518579999999929</v>
       </c>
       <c r="G25" s="82">
-        <v>5.2930633413415533</v>
+        <v>-1.968234447706928</v>
       </c>
       <c r="H25" s="81">
-        <v>3.9511379732825529E-2</v>
+        <v>-1.8368181331259576E-2</v>
       </c>
       <c r="I25" s="81">
-        <v>1.1171235945410052</v>
+        <v>-38.261528925618535</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="58" t="s">
-        <v>94</v>
+        <v>139</v>
       </c>
       <c r="B26" s="70">
-        <v>779.81441100000006</v>
+        <v>78.69398000000001</v>
       </c>
       <c r="C26" s="81">
-        <v>0.73995060792869294</v>
+        <v>0.78054866751042484</v>
       </c>
       <c r="D26" s="70">
-        <v>772.55208500000003</v>
+        <v>77.815100000000029</v>
       </c>
       <c r="E26" s="81">
-        <v>0.70801775359692309</v>
+        <v>0.77146089115193084</v>
       </c>
       <c r="F26" s="70">
-        <v>-7.26232600000003</v>
+        <v>-0.87887999999998101</v>
       </c>
       <c r="G26" s="82">
-        <v>-0.93128902179265183</v>
+        <v>-1.1168325709285272</v>
       </c>
       <c r="H26" s="81">
-        <v>-6.8910787783279049E-3</v>
+        <v>-8.7174217507050376E-3</v>
       </c>
       <c r="I26" s="81">
-        <v>-0.19483467161019835</v>
+        <v>-18.158677685949478</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="58" t="s">
         <v>45</v>
       </c>
       <c r="B27" s="70">
-        <v>681.65000000000009</v>
+        <v>68.22</v>
       </c>
       <c r="C27" s="81">
-        <v>0.64680432264362653</v>
+        <v>0.67665951191642826</v>
       </c>
       <c r="D27" s="70">
-        <v>696.63999999999987</v>
+        <v>66.459999999999994</v>
       </c>
       <c r="E27" s="81">
-        <v>0.63844690531870141</v>
+        <v>0.65888613939913077</v>
       </c>
       <c r="F27" s="70">
-        <v>14.989999999999782</v>
+        <v>-1.7600000000000051</v>
       </c>
       <c r="G27" s="82">
-        <v>2.1990757720237335</v>
+        <v>-2.5798885957197379</v>
       </c>
       <c r="H27" s="81">
-        <v>1.4223717151658211E-2</v>
+        <v>-1.7457061579784775E-2</v>
       </c>
       <c r="I27" s="81">
-        <v>0.40215376278024673</v>
+        <v>-36.363636363635379</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="58" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B28" s="70">
-        <v>797.74</v>
+        <v>45.92</v>
       </c>
       <c r="C28" s="81">
-        <v>0.75695984793622317</v>
+        <v>0.45547060667256506</v>
       </c>
       <c r="D28" s="70">
-        <v>659.29000000000008</v>
+        <v>60.49</v>
       </c>
       <c r="E28" s="81">
-        <v>0.60421689855243288</v>
+        <v>0.5996994067447099</v>
       </c>
       <c r="F28" s="70">
-        <v>-138.44999999999993</v>
+        <v>14.57</v>
       </c>
       <c r="G28" s="82">
-        <v>-17.355278662220766</v>
+        <v>31.729094076655052</v>
       </c>
       <c r="H28" s="81">
-        <v>-0.13137249097045409</v>
+        <v>0.14451669728264968</v>
       </c>
       <c r="I28" s="81">
-        <v>-3.7143554674400234</v>
+        <v>301.03305785123064</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="58" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B29" s="70">
-        <v>571.76</v>
+        <v>104.3</v>
       </c>
       <c r="C29" s="81">
-        <v>0.54253185581268959</v>
+        <v>1.0345292743020151</v>
       </c>
       <c r="D29" s="70">
-        <v>562.80000000000007</v>
+        <v>60.13</v>
       </c>
       <c r="E29" s="81">
-        <v>0.51578708990779354</v>
+        <v>0.59613035753941823</v>
       </c>
       <c r="F29" s="70">
-        <v>-8.9599999999999227</v>
+        <v>-44.169999999999995</v>
       </c>
       <c r="G29" s="82">
-        <v>-1.5670910871694281</v>
+        <v>-42.348993288590599</v>
       </c>
       <c r="H29" s="81">
-        <v>-8.5019683574955509E-3</v>
+        <v>-0.43811273294266545</v>
       </c>
       <c r="I29" s="81">
-        <v>-0.24038010103475865</v>
+        <v>-912.6033057850965</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="58" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B30" s="70">
-        <v>461.17</v>
+        <v>50.23</v>
       </c>
       <c r="C30" s="81">
-        <v>0.43759517270382337</v>
+        <v>0.49822056997306058</v>
       </c>
       <c r="D30" s="70">
-        <v>526.12</v>
+        <v>54.78</v>
       </c>
       <c r="E30" s="81">
-        <v>0.48217111539141488</v>
+        <v>0.54309032073855534</v>
       </c>
       <c r="F30" s="70">
-        <v>64.949999999999989</v>
+        <v>4.5500000000000043</v>
       </c>
       <c r="G30" s="82">
-        <v>14.083743521911657</v>
+        <v>9.0583316742982376</v>
       </c>
       <c r="H30" s="81">
-        <v>6.1629781787872845E-2</v>
+        <v>4.5130471697738955E-2</v>
       </c>
       <c r="I30" s="81">
-        <v>1.742487451139253</v>
+        <v>94.008264462807162</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="58" t="s">
         <v>44</v>
       </c>
       <c r="B31" s="70">
-        <v>344.33000000000004</v>
+        <v>56.48</v>
       </c>
       <c r="C31" s="81">
-        <v>0.3267279871134452</v>
+        <v>0.56021297615127341</v>
       </c>
       <c r="D31" s="70">
-        <v>433.17</v>
+        <v>35.44</v>
       </c>
       <c r="E31" s="81">
-        <v>0.39698559654470311</v>
+        <v>0.35135306620982837</v>
       </c>
       <c r="F31" s="70">
-        <v>88.839999999999975</v>
+        <v>-21.04</v>
       </c>
       <c r="G31" s="82">
-        <v>25.800830598553702</v>
+        <v>-37.252124645892351</v>
       </c>
       <c r="H31" s="81">
-        <v>8.4298534473204359E-2</v>
+        <v>-0.20869123615833554</v>
       </c>
       <c r="I31" s="81">
-        <v>2.3834116267776939</v>
+        <v>-434.71074380163975</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B32" s="70">
-        <v>47.46</v>
+        <v>7.62</v>
       </c>
       <c r="C32" s="81">
-        <v>4.5033863643609638E-2</v>
+        <v>7.5581141612477046E-2</v>
       </c>
       <c r="D32" s="70">
-        <v>60.560000000000009</v>
+        <v>5.54</v>
       </c>
       <c r="E32" s="81">
-        <v>5.5501183661719938E-2</v>
+        <v>5.492370165921133E-2</v>
       </c>
       <c r="F32" s="70">
-        <v>13.100000000000009</v>
+        <v>-2.08</v>
       </c>
       <c r="G32" s="82">
-        <v>27.602191319005499</v>
+        <v>-27.296587926509186</v>
       </c>
       <c r="H32" s="81">
-        <v>1.2430333201249191E-2</v>
+        <v>-2.0631072776109219E-2</v>
       </c>
       <c r="I32" s="81">
-        <v>0.35144858521823297</v>
+        <v>-42.975206611568957</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="58" t="s">
         <v>42</v>
       </c>
       <c r="B33" s="70">
-        <v>72.939999999999984</v>
+        <v>1.89</v>
       </c>
       <c r="C33" s="81">
-        <v>6.9211336160237807E-2</v>
+        <v>1.8746503628291548E-2</v>
       </c>
       <c r="D33" s="70">
-        <v>54.62</v>
+        <v>1.23</v>
       </c>
       <c r="E33" s="81">
-        <v>5.0057375356722951E-2</v>
+        <v>1.2194251451413344E-2</v>
       </c>
       <c r="F33" s="70">
-        <v>-18.319999999999986</v>
+        <v>-0.65999999999999992</v>
       </c>
       <c r="G33" s="82">
-        <v>-25.116534137647367</v>
+        <v>-34.920634920634917</v>
       </c>
       <c r="H33" s="81">
-        <v>-1.7383488873808004E-2</v>
+        <v>-6.5463980924192703E-3</v>
       </c>
       <c r="I33" s="81">
-        <v>-0.49149145658000148</v>
+        <v>-13.636363636363225</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="58" t="s">
-        <v>105</v>
+        <v>150</v>
       </c>
       <c r="B34" s="70">
-        <v>2960.9421680000005</v>
+        <v>313.12287799999996</v>
       </c>
       <c r="C34" s="81">
-        <v>2.8095799799900107</v>
+        <v>3.1057985018667149</v>
       </c>
       <c r="D34" s="70">
-        <v>3280.5838130000002</v>
+        <v>294.46344699999997</v>
       </c>
       <c r="E34" s="81">
-        <v>3.0065436711191951</v>
+        <v>2.9193181430633546</v>
       </c>
       <c r="F34" s="70">
-        <v>319.6416449999997</v>
+        <v>-18.659430999999984</v>
       </c>
       <c r="G34" s="82">
-        <v>10.795268089140189</v>
+        <v>-5.9591401047354919</v>
       </c>
       <c r="H34" s="81">
-        <v>0.30330169101873289</v>
+        <v>-0.18507888409701351</v>
       </c>
       <c r="I34" s="81">
-        <v>8.5753896116090456</v>
+        <v>-385.52543388428558</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="58"/>
       <c r="B35" s="70"/>
       <c r="C35" s="81"/>
       <c r="D35" s="70"/>
       <c r="E35" s="81"/>
       <c r="F35" s="70"/>
       <c r="G35" s="82"/>
       <c r="H35" s="81"/>
       <c r="I35" s="81"/>
     </row>
     <row r="36" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="62" t="s">
         <v>59</v>
       </c>
       <c r="B36" s="83">
-        <v>-5250.5910229999863</v>
+        <v>-692.60909800000081</v>
       </c>
       <c r="C36" s="84">
-        <v>-4.9821828946089806</v>
+        <v>-6.8698407241506638</v>
       </c>
       <c r="D36" s="83">
-        <v>-7213.7548790000292</v>
+        <v>-586.39625499999966</v>
       </c>
       <c r="E36" s="84">
-        <v>-6.6111614007597224</v>
+        <v>-5.813547466371622</v>
       </c>
       <c r="F36" s="83">
-        <v>-1963.1638560000429</v>
+        <v>106.21284300000116</v>
       </c>
       <c r="G36" s="85">
-        <v>37.389388116508954</v>
+        <v>-15.335178718660297</v>
       </c>
       <c r="H36" s="84">
-        <v>-1.8628076991396718</v>
+        <v>1.0535023527358109</v>
       </c>
       <c r="I36" s="84">
-        <v>-52.668027461281334</v>
+        <v>2194.4802272726852</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="86"/>
       <c r="B37" s="87"/>
       <c r="C37" s="88"/>
       <c r="D37" s="87"/>
       <c r="E37" s="88"/>
       <c r="F37" s="88"/>
       <c r="G37" s="27"/>
       <c r="H37" s="88"/>
       <c r="I37" s="88"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A38" s="60" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B38" s="63"/>
       <c r="C38" s="63"/>
       <c r="D38" s="63"/>
       <c r="E38" s="63"/>
       <c r="F38" s="63"/>
       <c r="G38" s="63"/>
       <c r="H38" s="63"/>
       <c r="I38" s="63"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A39" s="60" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="G39" s="65"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A40" s="60" t="s">
         <v>5</v>
       </c>
       <c r="G40" s="65"/>
     </row>
     <row r="41" spans="1:9" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="60"/>
       <c r="G41" s="65"/>
     </row>
     <row r="42" spans="1:9" ht="105" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="114" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B42" s="115"/>
       <c r="C42" s="115"/>
       <c r="D42" s="115"/>
       <c r="E42" s="115"/>
       <c r="F42" s="115"/>
       <c r="G42" s="115"/>
       <c r="H42" s="115"/>
       <c r="I42" s="115"/>
     </row>
     <row r="43" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I43" s="66"/>
     </row>
     <row r="44" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="54"/>
       <c r="B44" s="54"/>
       <c r="C44" s="68"/>
       <c r="D44" s="54"/>
       <c r="E44" s="68"/>
       <c r="F44" s="68"/>
       <c r="G44" s="69"/>
       <c r="H44" s="69"/>
       <c r="I44" s="69"/>
     </row>
     <row r="45" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="53"/>
       <c r="I45" s="66"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A46" s="16" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="I46" s="66"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A47" s="55" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="I47" s="66"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A48" s="90"/>
       <c r="I48" s="66"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A49" s="53"/>
       <c r="I49" s="66"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A50" s="53"/>
       <c r="I50" s="66"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I51" s="66"/>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I52" s="66"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A42:I42"/>
   </mergeCells>
@@ -6212,51 +6212,51 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:23" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="53"/>
       <c r="E1" s="53"/>
       <c r="F1" s="53"/>
       <c r="G1" s="53"/>
       <c r="I1" s="53"/>
       <c r="J1" s="53"/>
       <c r="K1" s="53"/>
       <c r="L1" s="53"/>
       <c r="M1" s="53"/>
       <c r="N1" s="53"/>
       <c r="O1" s="53"/>
       <c r="P1" s="53"/>
       <c r="Q1" s="53"/>
       <c r="R1" s="53"/>
       <c r="S1" s="53"/>
       <c r="T1" s="53"/>
       <c r="U1" s="53"/>
       <c r="V1" s="53"/>
       <c r="W1" s="53"/>
     </row>
     <row r="2" spans="1:23" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="61" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B2" s="71"/>
       <c r="C2" s="72"/>
       <c r="D2" s="72"/>
       <c r="E2" s="72"/>
       <c r="F2" s="72"/>
       <c r="G2" s="72"/>
       <c r="H2" s="72"/>
       <c r="I2" s="53"/>
       <c r="J2" s="53"/>
       <c r="K2" s="53"/>
       <c r="L2" s="53"/>
       <c r="M2" s="53"/>
       <c r="N2" s="53"/>
       <c r="O2" s="53"/>
       <c r="P2" s="53"/>
       <c r="Q2" s="53"/>
       <c r="R2" s="53"/>
       <c r="S2" s="53"/>
       <c r="T2" s="53"/>
       <c r="U2" s="53"/>
       <c r="V2" s="53"/>
       <c r="W2" s="53"/>
     </row>
     <row r="3" spans="1:23" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
@@ -6270,947 +6270,947 @@
       <c r="H3" s="72"/>
       <c r="I3" s="53"/>
       <c r="J3" s="53"/>
       <c r="K3" s="53"/>
       <c r="L3" s="53"/>
       <c r="M3" s="53"/>
       <c r="N3" s="53"/>
       <c r="O3" s="53"/>
       <c r="P3" s="53"/>
       <c r="Q3" s="53"/>
       <c r="R3" s="53"/>
       <c r="S3" s="53"/>
       <c r="T3" s="53"/>
       <c r="U3" s="53"/>
       <c r="V3" s="53"/>
       <c r="W3" s="53"/>
     </row>
     <row r="4" spans="1:23" s="16" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="56" t="s">
         <v>29</v>
       </c>
       <c r="B4" s="73" t="s">
         <v>87</v>
       </c>
       <c r="C4" s="73" t="s">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="D4" s="74" t="s">
         <v>88</v>
       </c>
       <c r="E4" s="74" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="F4" s="74" t="s">
         <v>62</v>
       </c>
       <c r="G4" s="75" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="I4" s="76"/>
       <c r="J4" s="76"/>
       <c r="K4" s="76"/>
       <c r="L4" s="76"/>
       <c r="M4" s="76"/>
       <c r="N4" s="76"/>
       <c r="O4" s="76"/>
       <c r="P4" s="76"/>
       <c r="Q4" s="76"/>
       <c r="R4" s="76"/>
       <c r="S4" s="76"/>
       <c r="T4" s="76"/>
       <c r="U4" s="76"/>
       <c r="V4" s="76"/>
       <c r="W4" s="76"/>
     </row>
     <row r="5" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="57" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="77">
-        <v>7099.6999999999971</v>
+        <v>299.42000000000007</v>
       </c>
       <c r="C5" s="77">
-        <v>106.73676615487852</v>
+        <v>102.96988260126088</v>
       </c>
       <c r="D5" s="77">
-        <v>5369.7400000000052</v>
+        <v>-103.31999999999971</v>
       </c>
       <c r="E5" s="79">
-        <v>104.92118437839638</v>
+        <v>98.975682878081287</v>
       </c>
       <c r="F5" s="77">
-        <v>-1729.9599999999919</v>
+        <v>-402.73999999999978</v>
       </c>
       <c r="G5" s="78">
-        <v>-24.366663380142718</v>
+        <v>-134.50671297842484</v>
       </c>
       <c r="H5" s="60"/>
       <c r="I5" s="60"/>
       <c r="J5" s="60"/>
     </row>
     <row r="6" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="58" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="70">
-        <v>18866.019999999997</v>
+        <v>1193.02</v>
       </c>
       <c r="C6" s="70">
-        <v>424.96189030954542</v>
+        <v>434.34785045681298</v>
       </c>
       <c r="D6" s="70">
-        <v>19984</v>
+        <v>1219.1400000000001</v>
       </c>
       <c r="E6" s="82">
-        <v>432.99951176512741</v>
+        <v>423.13931297709928</v>
       </c>
       <c r="F6" s="70">
-        <v>1117.9800000000032</v>
+        <v>26.120000000000118</v>
       </c>
       <c r="G6" s="81">
-        <v>5.9258921595546035</v>
+        <v>2.189401686476347</v>
       </c>
       <c r="H6" s="60"/>
       <c r="I6" s="60"/>
     </row>
     <row r="7" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="58" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="70">
-        <v>4021.59</v>
+        <v>447.73000000000008</v>
       </c>
       <c r="C7" s="70">
-        <v>185.77854848411164</v>
+        <v>213.90012465338728</v>
       </c>
       <c r="D7" s="70">
-        <v>4207.1299999999992</v>
+        <v>340.03000000000003</v>
       </c>
       <c r="E7" s="82">
-        <v>187.14022369511184</v>
+        <v>168.52542270409708</v>
       </c>
       <c r="F7" s="70">
-        <v>185.53999999999905</v>
+        <v>-107.70000000000005</v>
       </c>
       <c r="G7" s="81">
-        <v>4.6135981042323815</v>
+        <v>-24.05467580908137</v>
       </c>
       <c r="H7" s="60"/>
       <c r="I7" s="60"/>
     </row>
     <row r="8" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="58" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="B8" s="70">
-        <v>2488.3400000000011</v>
+        <v>282.7</v>
       </c>
       <c r="C8" s="70">
-        <v>144.50441942903339</v>
+        <v>271.34371780107881</v>
       </c>
       <c r="D8" s="70">
-        <v>2872.7000000000007</v>
+        <v>271.05999999999995</v>
       </c>
       <c r="E8" s="82">
-        <v>149.50268131625748</v>
+        <v>251.35406778714611</v>
       </c>
       <c r="F8" s="70">
-        <v>384.35999999999967</v>
+        <v>-11.640000000000043</v>
       </c>
       <c r="G8" s="81">
-        <v>15.446442206450866</v>
+        <v>-4.1174389812522261</v>
       </c>
       <c r="H8" s="60"/>
       <c r="I8" s="60"/>
     </row>
     <row r="9" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="58" t="s">
-        <v>48</v>
+        <v>145</v>
       </c>
       <c r="B9" s="70">
-        <v>2365.3200000000002</v>
+        <v>143.61058000000003</v>
       </c>
       <c r="C9" s="70">
-        <v>242.97579109620094</v>
+        <v>213.0750664942247</v>
       </c>
       <c r="D9" s="70">
-        <v>2479.4299999999994</v>
+        <v>192.46030499999995</v>
       </c>
       <c r="E9" s="82">
-        <v>234.44110071844918</v>
+        <v>253.61261236885261</v>
       </c>
       <c r="F9" s="70">
-        <v>114.10999999999922</v>
+        <v>48.849724999999921</v>
       </c>
       <c r="G9" s="81">
-        <v>4.8242943872287558</v>
+        <v>34.01540819624843</v>
       </c>
       <c r="H9" s="60"/>
       <c r="I9" s="60"/>
       <c r="J9" s="91"/>
     </row>
     <row r="10" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="58" t="s">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="B10" s="70">
-        <v>1348.436236</v>
+        <v>278.16999999999996</v>
       </c>
       <c r="C10" s="70">
-        <v>198.92171696964652</v>
+        <v>142.06666061760879</v>
       </c>
       <c r="D10" s="70">
-        <v>1378.9764029999997</v>
+        <v>166.29000000000008</v>
       </c>
       <c r="E10" s="82">
-        <v>199.52591006647486</v>
+        <v>125.00375905933301</v>
       </c>
       <c r="F10" s="70">
-        <v>30.540166999999656</v>
+        <v>-111.87999999999988</v>
       </c>
       <c r="G10" s="81">
-        <v>2.2648580766854782</v>
+        <v>-40.220009346802279</v>
       </c>
       <c r="H10" s="60"/>
       <c r="I10" s="60"/>
     </row>
     <row r="11" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="58" t="s">
-        <v>96</v>
+        <v>141</v>
       </c>
       <c r="B11" s="70">
-        <v>1409.104953</v>
+        <v>127.39819799999998</v>
       </c>
       <c r="C11" s="70">
-        <v>199.56293206427301</v>
+        <v>193.93405339497988</v>
       </c>
       <c r="D11" s="70">
-        <v>1208.8015249999994</v>
+        <v>100.22204500000001</v>
       </c>
       <c r="E11" s="82">
-        <v>182.57605455431801</v>
+        <v>175.4836172147067</v>
       </c>
       <c r="F11" s="70">
-        <v>-200.30342800000062</v>
+        <v>-27.176152999999971</v>
       </c>
       <c r="G11" s="81">
-        <v>-14.214940311830739</v>
+        <v>-21.331662006710626</v>
       </c>
       <c r="H11" s="60"/>
       <c r="I11" s="60"/>
     </row>
     <row r="12" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="58" t="s">
-        <v>99</v>
+        <v>144</v>
       </c>
       <c r="B12" s="70">
-        <v>685.69610499999987</v>
+        <v>71.186363999999983</v>
       </c>
       <c r="C12" s="70">
-        <v>182.90326641764884</v>
+        <v>175.65993387819415</v>
       </c>
       <c r="D12" s="70">
-        <v>641.2041260000002</v>
+        <v>64.478566999999956</v>
       </c>
       <c r="E12" s="82">
-        <v>171.86570028783456</v>
+        <v>169.90652255903146</v>
       </c>
       <c r="F12" s="70">
-        <v>-44.491978999999674</v>
+        <v>-6.7077970000000278</v>
       </c>
       <c r="G12" s="81">
-        <v>-6.4885856395523325</v>
+        <v>-9.4228678402510209</v>
       </c>
       <c r="H12" s="60"/>
       <c r="I12" s="60"/>
     </row>
     <row r="13" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="58" t="s">
-        <v>95</v>
+        <v>42</v>
       </c>
       <c r="B13" s="70">
-        <v>535.86899699999981</v>
+        <v>59.9</v>
       </c>
       <c r="C13" s="70">
-        <v>145.84641119268949</v>
+        <v>3269.3121693121698</v>
       </c>
       <c r="D13" s="70">
-        <v>546.19722999999999</v>
+        <v>62.45</v>
       </c>
       <c r="E13" s="82">
-        <v>147.06016193340818</v>
+        <v>5177.2357723577234</v>
       </c>
       <c r="F13" s="70">
-        <v>10.328233000000182</v>
+        <v>2.5500000000000043</v>
       </c>
       <c r="G13" s="81">
-        <v>1.9273802100553665</v>
+        <v>4.2570951585976697</v>
       </c>
       <c r="H13" s="60"/>
       <c r="I13" s="60"/>
     </row>
     <row r="14" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="58" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="70">
-        <v>662.2</v>
+        <v>58.500000000000007</v>
       </c>
       <c r="C14" s="70">
-        <v>292.31551128278107</v>
+        <v>203.57648725212468</v>
       </c>
       <c r="D14" s="70">
-        <v>485.84999999999997</v>
+        <v>58.400000000000006</v>
       </c>
       <c r="E14" s="82">
-        <v>212.16150702957268</v>
+        <v>264.78555304740411</v>
       </c>
       <c r="F14" s="70">
-        <v>-176.35000000000008</v>
+        <v>-0.10000000000000142</v>
       </c>
       <c r="G14" s="81">
-        <v>-26.630927212322568</v>
+        <v>-0.17094017094017336</v>
       </c>
       <c r="H14" s="60"/>
       <c r="I14" s="60"/>
     </row>
     <row r="15" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="58" t="s">
-        <v>42</v>
+        <v>140</v>
       </c>
       <c r="B15" s="70">
-        <v>147.11000000000001</v>
+        <v>56.16282200000002</v>
       </c>
       <c r="C15" s="70">
-        <v>301.68631752125043</v>
+        <v>154.57992556356385</v>
       </c>
       <c r="D15" s="70">
-        <v>184.17</v>
+        <v>56.114638999999997</v>
       </c>
       <c r="E15" s="82">
-        <v>437.18418161845483</v>
+        <v>154.27662828610994</v>
       </c>
       <c r="F15" s="70">
-        <v>37.059999999999974</v>
+        <v>-4.8183000000022957E-2</v>
       </c>
       <c r="G15" s="81">
-        <v>25.192033172455965</v>
+        <v>-8.5791629202718725E-2</v>
       </c>
       <c r="H15" s="60"/>
       <c r="I15" s="60"/>
     </row>
     <row r="16" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="58" t="s">
-        <v>43</v>
+        <v>142</v>
       </c>
       <c r="B16" s="70">
-        <v>-6.8099999999999454</v>
+        <v>19.248092999999955</v>
       </c>
       <c r="C16" s="70">
-        <v>99.146338405996943</v>
+        <v>110.85038457939156</v>
       </c>
       <c r="D16" s="70">
-        <v>153.63999999999999</v>
+        <v>33.490741999999955</v>
       </c>
       <c r="E16" s="82">
-        <v>123.3038571796933</v>
+        <v>121.49273953608821</v>
       </c>
       <c r="F16" s="70">
-        <v>160.44999999999993</v>
+        <v>14.242649</v>
       </c>
       <c r="G16" s="81">
-        <v>2356.0939794420151</v>
+        <v>73.995117334481051</v>
       </c>
       <c r="H16" s="60"/>
       <c r="I16" s="60"/>
     </row>
     <row r="17" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="58" t="s">
-        <v>97</v>
+        <v>49</v>
       </c>
       <c r="B17" s="70">
-        <v>141.49423399999978</v>
+        <v>15.839999999999996</v>
       </c>
       <c r="C17" s="70">
-        <v>107.62919820963641</v>
+        <v>131.53493927931515</v>
       </c>
       <c r="D17" s="70">
-        <v>144.21069300000022</v>
+        <v>14.739999999999995</v>
       </c>
       <c r="E17" s="82">
-        <v>107.7971068587176</v>
+        <v>126.90763052208834</v>
       </c>
       <c r="F17" s="70">
-        <v>2.7164590000004409</v>
+        <v>-1.1000000000000014</v>
       </c>
       <c r="G17" s="81">
-        <v>1.9198372422726748</v>
+        <v>-6.9444444444444544</v>
       </c>
       <c r="H17" s="60"/>
       <c r="I17" s="60"/>
     </row>
     <row r="18" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B18" s="70">
-        <v>127.04999999999998</v>
+        <v>10.14</v>
       </c>
       <c r="C18" s="70">
-        <v>367.69911504424778</v>
+        <v>233.07086614173232</v>
       </c>
       <c r="D18" s="70">
-        <v>117.18</v>
+        <v>13.45</v>
       </c>
       <c r="E18" s="82">
-        <v>293.4940554821664</v>
+        <v>342.77978339350182</v>
       </c>
       <c r="F18" s="70">
-        <v>-9.8699999999999761</v>
+        <v>3.3099999999999987</v>
       </c>
       <c r="G18" s="81">
-        <v>-7.7685950413222962</v>
+        <v>32.642998027613395</v>
       </c>
       <c r="H18" s="60"/>
       <c r="I18" s="60"/>
     </row>
     <row r="19" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="58" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="70">
-        <v>155.76999999999992</v>
+        <v>14.589999999999996</v>
       </c>
       <c r="C19" s="70">
-        <v>133.77713207710821</v>
+        <v>131.77264808362366</v>
       </c>
       <c r="D19" s="70">
-        <v>73.660000000000082</v>
+        <v>3.4899999999999949</v>
       </c>
       <c r="E19" s="82">
-        <v>114.0006082262602</v>
+        <v>105.76954868573316</v>
       </c>
       <c r="F19" s="70">
-        <v>-82.109999999999843</v>
+        <v>-11.100000000000001</v>
       </c>
       <c r="G19" s="81">
-        <v>-52.712332284778761</v>
+        <v>-76.079506511309148</v>
       </c>
       <c r="H19" s="60"/>
       <c r="I19" s="60"/>
     </row>
     <row r="20" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="58" t="s">
-        <v>98</v>
+        <v>143</v>
       </c>
       <c r="B20" s="70">
-        <v>202.32196000000022</v>
+        <v>-4.9581579999999121</v>
       </c>
       <c r="C20" s="70">
-        <v>108.20047311091506</v>
+        <v>98.254198216679839</v>
       </c>
       <c r="D20" s="70">
-        <v>58.253233000000364</v>
+        <v>1.5440549999999575</v>
       </c>
       <c r="E20" s="82">
-        <v>102.23539712674979</v>
+        <v>100.56165317362986</v>
       </c>
       <c r="F20" s="70">
-        <v>-144.06872699999985</v>
+        <v>6.5022129999998697</v>
       </c>
       <c r="G20" s="81">
-        <v>-71.207656845554339</v>
+        <v>131.14170625462089</v>
       </c>
       <c r="H20" s="60"/>
       <c r="I20" s="60"/>
     </row>
     <row r="21" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="58" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="B21" s="70">
-        <v>5.9200000000000728</v>
+        <v>-21.279999999999994</v>
       </c>
       <c r="C21" s="70">
-        <v>101.0353994683084</v>
+        <v>73.598014888337474</v>
       </c>
       <c r="D21" s="70">
-        <v>49.649999999999977</v>
+        <v>-27.689999999999998</v>
       </c>
       <c r="E21" s="82">
-        <v>108.82196162046908</v>
+        <v>73.785856290826473</v>
       </c>
       <c r="F21" s="70">
-        <v>43.729999999999905</v>
+        <v>-6.4100000000000037</v>
       </c>
       <c r="G21" s="81">
-        <v>738.68243243242171</v>
+        <v>-30.122180451127846</v>
       </c>
       <c r="H21" s="60"/>
       <c r="I21" s="60"/>
     </row>
     <row r="22" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="58" t="s">
-        <v>94</v>
+        <v>149</v>
       </c>
       <c r="B22" s="70">
-        <v>-390.51440700000012</v>
+        <v>-24.671590000000009</v>
       </c>
       <c r="C22" s="70">
-        <v>49.922135127097555</v>
+        <v>89.211937051848437</v>
       </c>
       <c r="D22" s="70">
-        <v>-388.18251300000003</v>
+        <v>-28.053558000000066</v>
       </c>
       <c r="E22" s="82">
-        <v>49.753224340854636</v>
+        <v>87.878712645077854</v>
       </c>
       <c r="F22" s="70">
-        <v>2.3318940000000907</v>
+        <v>-3.3819680000000574</v>
       </c>
       <c r="G22" s="81">
-        <v>0.59713392340992177</v>
+        <v>-13.70794504934646</v>
       </c>
       <c r="H22" s="60"/>
       <c r="I22" s="60"/>
     </row>
     <row r="23" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="58" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="B23" s="70">
-        <v>-76.927863999999772</v>
+        <v>-6.0846829999999272</v>
       </c>
       <c r="C23" s="70">
-        <v>96.478003615817698</v>
+        <v>98.715623990730776</v>
       </c>
       <c r="D23" s="70">
-        <v>-465.85957299999995</v>
+        <v>-33.754910000000223</v>
       </c>
       <c r="E23" s="82">
-        <v>80.731502743210356</v>
+        <v>92.450385182464416</v>
       </c>
       <c r="F23" s="70">
-        <v>-388.93170900000018</v>
+        <v>-27.670227000000295</v>
       </c>
       <c r="G23" s="81">
-        <v>-505.57975846047316</v>
+        <v>-454.75215389200434</v>
       </c>
       <c r="H23" s="60"/>
       <c r="I23" s="60"/>
     </row>
     <row r="24" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="58" t="s">
-        <v>45</v>
+        <v>139</v>
       </c>
       <c r="B24" s="70">
-        <v>-474.1400000000001</v>
+        <v>-39.213752000000007</v>
       </c>
       <c r="C24" s="70">
-        <v>30.442309102912041</v>
+        <v>50.169311553437758</v>
       </c>
       <c r="D24" s="70">
-        <v>-473.8599999999999</v>
+        <v>-40.406538000000026</v>
       </c>
       <c r="E24" s="82">
-        <v>31.979214515388154</v>
+        <v>48.07365408513256</v>
       </c>
       <c r="F24" s="70">
-        <v>0.28000000000020009</v>
+        <v>-1.1927860000000194</v>
       </c>
       <c r="G24" s="81">
-        <v>5.905428776315013E-2</v>
+        <v>-3.0417543314906959</v>
       </c>
       <c r="H24" s="60"/>
       <c r="I24" s="60"/>
     </row>
     <row r="25" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="58" t="s">
-        <v>93</v>
+        <v>47</v>
       </c>
       <c r="B25" s="70">
-        <v>-411.79110900000069</v>
+        <v>-87.6</v>
       </c>
       <c r="C25" s="70">
-        <v>91.810129493025343</v>
+        <v>16.01150527325024</v>
       </c>
       <c r="D25" s="70">
-        <v>-614.18588100000034</v>
+        <v>-42.17</v>
       </c>
       <c r="E25" s="82">
-        <v>88.126664993445516</v>
+        <v>29.868617994345588</v>
       </c>
       <c r="F25" s="70">
-        <v>-202.39477199999965</v>
+        <v>45.429999999999993</v>
       </c>
       <c r="G25" s="81">
-        <v>-49.149864476554136</v>
+        <v>51.860730593607293</v>
       </c>
       <c r="H25" s="60"/>
       <c r="I25" s="60"/>
     </row>
     <row r="26" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="58" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B26" s="70">
-        <v>-636.32000000000005</v>
+        <v>-44.64</v>
       </c>
       <c r="C26" s="70">
-        <v>19.114263559979154</v>
+        <v>34.564643799472293</v>
       </c>
       <c r="D26" s="70">
-        <v>-669.51</v>
+        <v>-44.389999999999993</v>
       </c>
       <c r="E26" s="82">
-        <v>19.173517800876464</v>
+        <v>33.207944628347882</v>
       </c>
       <c r="F26" s="70">
-        <v>-33.189999999999941</v>
+        <v>0.25000000000000711</v>
       </c>
       <c r="G26" s="81">
-        <v>-5.2159290922806036</v>
+        <v>0.56003584229392267</v>
       </c>
       <c r="H26" s="60"/>
       <c r="I26" s="60"/>
     </row>
     <row r="27" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="58" t="s">
-        <v>90</v>
+        <v>135</v>
       </c>
       <c r="B27" s="70">
-        <v>-842.61785900000086</v>
+        <v>-78.725772999999947</v>
       </c>
       <c r="C27" s="70">
-        <v>80.30892406453593</v>
+        <v>80.740925113941799</v>
       </c>
       <c r="D27" s="70">
-        <v>-1086.9774870000006</v>
+        <v>-103.58205700000002</v>
       </c>
       <c r="E27" s="82">
-        <v>76.156503782771907</v>
+        <v>75.695217481623445</v>
       </c>
       <c r="F27" s="70">
-        <v>-244.3596279999997</v>
+        <v>-24.856284000000073</v>
       </c>
       <c r="G27" s="81">
-        <v>-29.000053273259603</v>
+        <v>-31.573248572611778</v>
       </c>
       <c r="H27" s="60"/>
       <c r="I27" s="60"/>
     </row>
     <row r="28" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="58" t="s">
-        <v>101</v>
+        <v>146</v>
       </c>
       <c r="B28" s="70">
-        <v>-1954.6524500000005</v>
+        <v>-205.16035800000009</v>
       </c>
       <c r="C28" s="70">
-        <v>73.658344897352364</v>
+        <v>72.081905108202164</v>
       </c>
       <c r="D28" s="70">
-        <v>-2260.6024209999996</v>
+        <v>-206.74204000000003</v>
       </c>
       <c r="E28" s="82">
-        <v>69.908171526613856</v>
+        <v>70.345413243999346</v>
       </c>
       <c r="F28" s="70">
-        <v>-305.9499709999991</v>
+        <v>-1.5816819999999439</v>
       </c>
       <c r="G28" s="81">
-        <v>-15.652397488873227</v>
+        <v>-0.77094913238547924</v>
       </c>
       <c r="H28" s="60"/>
       <c r="I28" s="60"/>
     </row>
     <row r="29" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="58" t="s">
-        <v>103</v>
+        <v>148</v>
       </c>
       <c r="B29" s="70">
-        <v>-3140.0776719999976</v>
+        <v>-327.75847599999986</v>
       </c>
       <c r="C29" s="70">
-        <v>72.783225969307253</v>
+        <v>69.504674677099672</v>
       </c>
       <c r="D29" s="70">
-        <v>-3997.6447559999997</v>
+        <v>-395.65520500000014</v>
       </c>
       <c r="E29" s="82">
-        <v>68.619275490419625</v>
+        <v>65.406321086495637</v>
       </c>
       <c r="F29" s="70">
-        <v>-857.56708400000207</v>
+        <v>-67.896729000000278</v>
       </c>
       <c r="G29" s="81">
-        <v>-27.310378072711661</v>
+        <v>-20.715476172765797</v>
       </c>
       <c r="H29" s="60"/>
       <c r="I29" s="60"/>
     </row>
     <row r="30" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="58" t="s">
-        <v>91</v>
+        <v>134</v>
       </c>
       <c r="B30" s="70">
-        <v>-4963.2184779999989</v>
+        <v>-366.16496599999994</v>
       </c>
       <c r="C30" s="70">
-        <v>48.764060425496467</v>
+        <v>59.367765637036641</v>
       </c>
       <c r="D30" s="70">
-        <v>-4743.6936480000022</v>
+        <v>-419.63436000000007</v>
       </c>
       <c r="E30" s="82">
-        <v>43.395159738770019</v>
+        <v>52.320208205373866</v>
       </c>
       <c r="F30" s="70">
-        <v>219.52482999999665</v>
+        <v>-53.469394000000136</v>
       </c>
       <c r="G30" s="81">
-        <v>4.42303378287827</v>
+        <v>-14.602542286910142</v>
       </c>
       <c r="H30" s="60"/>
       <c r="I30" s="60"/>
     </row>
     <row r="31" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="58" t="s">
-        <v>89</v>
+        <v>136</v>
       </c>
       <c r="B31" s="70">
-        <v>-3942.8439979999985</v>
+        <v>-337.34723599999995</v>
       </c>
       <c r="C31" s="70">
-        <v>57.731695711962637</v>
+        <v>56.004246564645257</v>
       </c>
       <c r="D31" s="70">
-        <v>-4836.9934250000006</v>
+        <v>-458.54597099999978</v>
       </c>
       <c r="E31" s="82">
-        <v>52.317058074342796</v>
+        <v>38.815264574767703</v>
       </c>
       <c r="F31" s="70">
-        <v>-894.14942700000211</v>
+        <v>-121.19873499999983</v>
       </c>
       <c r="G31" s="81">
-        <v>-22.67777846279381</v>
+        <v>-35.926998079806367</v>
       </c>
       <c r="H31" s="60"/>
       <c r="I31" s="60"/>
     </row>
     <row r="32" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="58" t="s">
-        <v>102</v>
+        <v>147</v>
       </c>
       <c r="B32" s="70">
-        <v>-6591.4436280000009</v>
+        <v>-579.18684400000018</v>
       </c>
       <c r="C32" s="70">
-        <v>59.77417815169126</v>
+        <v>63.415093842172652</v>
       </c>
       <c r="D32" s="70">
-        <v>-6172.453332999994</v>
+        <v>-584.35425699999951</v>
       </c>
       <c r="E32" s="82">
-        <v>62.780546380991062</v>
+        <v>63.862457521551299</v>
       </c>
       <c r="F32" s="70">
-        <v>418.99029500000688</v>
+        <v>-5.1674129999993283</v>
       </c>
       <c r="G32" s="81">
-        <v>6.3565785986572783</v>
+        <v>-0.8921841118337499</v>
       </c>
       <c r="H32" s="60"/>
       <c r="I32" s="60"/>
     </row>
     <row r="33" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="58" t="s">
-        <v>92</v>
+        <v>137</v>
       </c>
       <c r="B33" s="70">
-        <v>-5315.9907999999978</v>
+        <v>-216.88655799999992</v>
       </c>
       <c r="C33" s="70">
-        <v>49.116532612622144</v>
+        <v>83.294618246399693</v>
       </c>
       <c r="D33" s="70">
-        <v>-6767.114040000004</v>
+        <v>-724.41470200000003</v>
       </c>
       <c r="E33" s="82">
-        <v>48.383189285789769</v>
+        <v>35.139339619099118</v>
       </c>
       <c r="F33" s="70">
-        <v>-1451.1232400000063</v>
+        <v>-507.52814400000011</v>
       </c>
       <c r="G33" s="81">
-        <v>-27.297324141343637</v>
+        <v>-234.00626976615135</v>
       </c>
       <c r="H33" s="60"/>
       <c r="I33" s="60"/>
     </row>
     <row r="34" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="58" t="s">
-        <v>105</v>
+        <v>150</v>
       </c>
       <c r="B34" s="70">
-        <v>640.22695299999941</v>
+        <v>36.606047000000046</v>
       </c>
       <c r="C34" s="70">
-        <v>121.62240654070078</v>
+        <v>111.69063315775989</v>
       </c>
       <c r="D34" s="70">
-        <v>459.22389199999907</v>
+        <v>37.188400999999999</v>
       </c>
       <c r="E34" s="82">
-        <v>113.99823684370534</v>
+        <v>112.62920793017817</v>
       </c>
       <c r="F34" s="70">
-        <v>-181.00306100000034</v>
+        <v>0.58235399999995252</v>
       </c>
       <c r="G34" s="81">
-        <v>-28.271702737888404</v>
+        <v>1.5908683065394953</v>
       </c>
       <c r="H34" s="60"/>
       <c r="I34" s="60"/>
     </row>
     <row r="35" spans="1:11" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="58"/>
       <c r="B35" s="70"/>
       <c r="C35" s="70"/>
       <c r="D35" s="70"/>
       <c r="E35" s="82"/>
       <c r="F35" s="70"/>
       <c r="G35" s="81"/>
       <c r="H35" s="60"/>
       <c r="I35" s="60"/>
     </row>
     <row r="36" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="59" t="s">
         <v>60</v>
       </c>
       <c r="B36" s="92">
-        <v>2044.5788269999757</v>
+        <v>-175.70370999999977</v>
       </c>
       <c r="C36" s="93" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="92">
-        <v>2802.5399750000506</v>
+        <v>371.52484399999958</v>
       </c>
       <c r="E36" s="93" t="s">
         <v>9</v>
       </c>
       <c r="F36" s="92">
-        <v>757.9611480000749</v>
+        <v>547.22855399999935</v>
       </c>
       <c r="G36" s="94" t="s">
         <v>9</v>
       </c>
       <c r="H36" s="60"/>
       <c r="I36" s="60"/>
     </row>
     <row r="37" spans="1:11" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="86"/>
       <c r="B37" s="87"/>
       <c r="C37" s="87"/>
       <c r="D37" s="87"/>
       <c r="E37" s="88"/>
       <c r="F37" s="88"/>
       <c r="G37" s="27"/>
       <c r="H37" s="60"/>
     </row>
     <row r="38" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A38" s="60" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B38" s="63"/>
       <c r="C38" s="63"/>
       <c r="D38" s="63"/>
       <c r="E38" s="63"/>
       <c r="F38" s="63"/>
       <c r="G38" s="63"/>
     </row>
     <row r="39" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A39" s="60" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="G39" s="65"/>
     </row>
     <row r="40" spans="1:11" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="60"/>
       <c r="G40" s="65"/>
     </row>
     <row r="41" spans="1:11" ht="105" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="114" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B41" s="115"/>
       <c r="C41" s="115"/>
       <c r="D41" s="115"/>
       <c r="E41" s="115"/>
       <c r="F41" s="115"/>
       <c r="G41" s="115"/>
     </row>
     <row r="42" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="G42" s="65"/>
       <c r="I42" s="89"/>
       <c r="J42" s="89"/>
       <c r="K42" s="89"/>
     </row>
     <row r="43" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="54"/>
       <c r="B43" s="54"/>
       <c r="C43" s="54"/>
       <c r="D43" s="54"/>
       <c r="E43" s="68"/>
       <c r="F43" s="68"/>
       <c r="G43" s="69"/>
       <c r="I43" s="89"/>
       <c r="J43" s="89"/>
       <c r="K43" s="89"/>
     </row>
     <row r="44" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="53"/>
       <c r="G44" s="65"/>
       <c r="I44" s="89"/>
       <c r="J44" s="89"/>
       <c r="K44" s="89"/>
     </row>
     <row r="45" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A45" s="16" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="G45" s="65"/>
       <c r="I45" s="89"/>
       <c r="J45" s="89"/>
       <c r="K45" s="89"/>
     </row>
     <row r="46" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A46" s="55" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G46" s="65"/>
       <c r="I46" s="89"/>
       <c r="J46" s="89"/>
       <c r="K46" s="89"/>
     </row>
     <row r="47" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A47" s="90"/>
       <c r="I47" s="89"/>
       <c r="J47" s="89"/>
       <c r="K47" s="89"/>
     </row>
     <row r="48" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A48" s="53"/>
       <c r="I48" s="89"/>
       <c r="J48" s="89"/>
       <c r="K48" s="89"/>
     </row>
     <row r="49" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A49" s="53"/>
       <c r="I49" s="89"/>
       <c r="J49" s="89"/>
       <c r="K49" s="89"/>
     </row>
     <row r="50" spans="1:11" x14ac:dyDescent="0.2">
@@ -7273,51 +7273,51 @@
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.7109375" style="53" customWidth="1"/>
     <col min="2" max="2" width="7.140625" style="53" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.140625" style="53" customWidth="1"/>
     <col min="4" max="4" width="7.28515625" style="53" customWidth="1"/>
     <col min="5" max="5" width="5.7109375" style="53" customWidth="1"/>
     <col min="6" max="6" width="6.7109375" style="53" customWidth="1"/>
     <col min="7" max="7" width="5.7109375" style="53" customWidth="1"/>
     <col min="8" max="9" width="6.7109375" style="53" customWidth="1"/>
     <col min="10" max="10" width="7.140625" style="53" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="7.140625" style="53" customWidth="1"/>
     <col min="12" max="12" width="7.28515625" style="53" customWidth="1"/>
     <col min="13" max="13" width="5.7109375" style="53" customWidth="1"/>
     <col min="14" max="14" width="6.7109375" style="53" customWidth="1"/>
     <col min="15" max="15" width="5.7109375" style="53" customWidth="1"/>
     <col min="16" max="17" width="6.7109375" style="53" customWidth="1"/>
     <col min="18" max="18" width="7.140625" style="53" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.28515625" style="53" customWidth="1"/>
     <col min="20" max="16384" width="9.140625" style="53"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:19" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="61" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B2" s="71"/>
       <c r="C2" s="71"/>
       <c r="D2" s="72"/>
       <c r="E2" s="72"/>
       <c r="F2" s="72"/>
       <c r="G2" s="72"/>
       <c r="H2" s="72"/>
       <c r="I2" s="72"/>
       <c r="J2" s="72"/>
       <c r="K2" s="72"/>
     </row>
     <row r="3" spans="1:19" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="71"/>
       <c r="B3" s="71"/>
       <c r="C3" s="71"/>
       <c r="D3" s="72"/>
       <c r="E3" s="72"/>
       <c r="F3" s="72"/>
       <c r="G3" s="72"/>
       <c r="H3" s="72"/>
       <c r="I3" s="72"/>
       <c r="J3" s="72"/>
       <c r="K3" s="72"/>
     </row>
@@ -7332,1081 +7332,1081 @@
       <c r="F4" s="117"/>
       <c r="G4" s="117"/>
       <c r="H4" s="117"/>
       <c r="I4" s="118"/>
       <c r="J4" s="116" t="s">
         <v>40</v>
       </c>
       <c r="K4" s="117"/>
       <c r="L4" s="117"/>
       <c r="M4" s="117"/>
       <c r="N4" s="117"/>
       <c r="O4" s="117"/>
       <c r="P4" s="117"/>
       <c r="Q4" s="117"/>
       <c r="R4" s="116" t="s">
         <v>29</v>
       </c>
       <c r="S4" s="117"/>
     </row>
     <row r="5" spans="1:19" ht="32.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="105"/>
       <c r="B5" s="106" t="s">
         <v>87</v>
       </c>
       <c r="C5" s="74" t="s">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="D5" s="73" t="s">
         <v>88</v>
       </c>
       <c r="E5" s="74" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F5" s="74" t="s">
         <v>62</v>
       </c>
       <c r="G5" s="74" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="H5" s="74" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="I5" s="74" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="J5" s="107" t="s">
         <v>87</v>
       </c>
       <c r="K5" s="74" t="s">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="L5" s="74" t="s">
         <v>88</v>
       </c>
       <c r="M5" s="74" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="N5" s="74" t="s">
         <v>62</v>
       </c>
       <c r="O5" s="74" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="P5" s="74" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="Q5" s="107" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="R5" s="108" t="s">
         <v>87</v>
       </c>
       <c r="S5" s="44" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="6" spans="1:19" s="98" customFormat="1" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="96"/>
       <c r="B6" s="97"/>
       <c r="C6" s="97"/>
       <c r="D6" s="97"/>
       <c r="E6" s="97"/>
       <c r="F6" s="97"/>
       <c r="G6" s="97"/>
       <c r="H6" s="97"/>
       <c r="I6" s="97"/>
       <c r="J6" s="97"/>
       <c r="K6" s="97"/>
       <c r="L6" s="97"/>
       <c r="M6" s="97"/>
       <c r="N6" s="97"/>
       <c r="O6" s="97"/>
       <c r="P6" s="97"/>
       <c r="Q6" s="97"/>
       <c r="R6" s="97"/>
       <c r="S6" s="97"/>
     </row>
     <row r="7" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="99" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="70">
-        <v>112487.05999999998</v>
+        <v>10381.299999999999</v>
       </c>
       <c r="C7" s="82">
         <v>100</v>
       </c>
       <c r="D7" s="70">
-        <v>114484.53</v>
+        <v>9983.4</v>
       </c>
       <c r="E7" s="82">
         <v>100</v>
       </c>
       <c r="F7" s="70">
-        <v>1997.4700000000157</v>
+        <v>-397.89999999999964</v>
       </c>
       <c r="G7" s="82">
-        <v>1.7757331376604704</v>
+        <v>-3.8328533035361629</v>
       </c>
       <c r="H7" s="82">
-        <v>54.786729700510627</v>
+        <v>58.509625979125346</v>
       </c>
       <c r="I7" s="100">
-        <v>45.213261564684757</v>
+        <v>41.490374020874647</v>
       </c>
       <c r="J7" s="70">
-        <v>105387.35999999999</v>
+        <v>10081.879999999999</v>
       </c>
       <c r="K7" s="82">
         <v>100</v>
       </c>
       <c r="L7" s="70">
-        <v>109114.79</v>
+        <v>10086.719999999999</v>
       </c>
       <c r="M7" s="82">
         <v>100</v>
       </c>
       <c r="N7" s="70">
-        <v>3727.4300000000076</v>
+        <v>4.8400000000001455</v>
       </c>
       <c r="O7" s="82">
-        <v>3.53688525834598</v>
+        <v>4.8006919344409434E-2</v>
       </c>
       <c r="P7" s="82">
-        <v>79.564585149272617</v>
+        <v>79.107777354779358</v>
       </c>
       <c r="Q7" s="82">
-        <v>20.435414850727387</v>
+        <v>20.892222645220649</v>
       </c>
       <c r="R7" s="70">
-        <v>7099.6999999999971</v>
+        <v>299.42000000000007</v>
       </c>
       <c r="S7" s="70">
-        <v>5369.7400000000052</v>
+        <v>-103.31999999999971</v>
       </c>
     </row>
     <row r="8" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="99" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="70">
-        <v>21422.620000000003</v>
+        <v>2102.23</v>
       </c>
       <c r="C8" s="82">
-        <v>19.044519431835099</v>
+        <v>20.250161347808078</v>
       </c>
       <c r="D8" s="70">
-        <v>21992.58</v>
+        <v>2000.2</v>
       </c>
       <c r="E8" s="82">
-        <v>19.210088908955647</v>
+        <v>20.035258529158405</v>
       </c>
       <c r="F8" s="70">
-        <v>569.95999999999913</v>
+        <v>-102.02999999999997</v>
       </c>
       <c r="G8" s="82">
-        <v>2.6605522573802785</v>
+        <v>-4.8534175613515158</v>
       </c>
       <c r="H8" s="82">
-        <v>76.6977771593874</v>
+        <v>76.972302769723029</v>
       </c>
       <c r="I8" s="100">
-        <v>23.302222840612604</v>
+        <v>23.027697230276971</v>
       </c>
       <c r="J8" s="70">
-        <v>33051.620000000003</v>
+        <v>3189.13</v>
       </c>
       <c r="K8" s="82">
-        <v>31.362034308478748</v>
+        <v>31.632294770419804</v>
       </c>
       <c r="L8" s="70">
-        <v>34457</v>
+        <v>3208.53</v>
       </c>
       <c r="M8" s="82">
-        <v>31.578670499205469</v>
+        <v>31.809448462929481</v>
       </c>
       <c r="N8" s="70">
-        <v>1405.3799999999974</v>
+        <v>19.400000000000091</v>
       </c>
       <c r="O8" s="82">
-        <v>4.2520759950646818</v>
+        <v>0.60831637468526178</v>
       </c>
       <c r="P8" s="82">
-        <v>87.711669617204052</v>
+        <v>88.556441735000135</v>
       </c>
       <c r="Q8" s="82">
-        <v>12.288330382795948</v>
+        <v>11.44355826499986</v>
       </c>
       <c r="R8" s="70">
-        <v>-11629</v>
+        <v>-1086.9000000000001</v>
       </c>
       <c r="S8" s="70">
-        <v>-12464.419999999998</v>
+        <v>-1208.3300000000002</v>
       </c>
     </row>
     <row r="9" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="99" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="B9" s="70">
-        <v>13581.359999999999</v>
+        <v>1225.1199999999999</v>
       </c>
       <c r="C9" s="82">
-        <v>12.073708744810292</v>
+        <v>11.801219500447921</v>
       </c>
       <c r="D9" s="70">
-        <v>13584.920000000002</v>
+        <v>1232.0899999999999</v>
       </c>
       <c r="E9" s="82">
-        <v>11.866162179291823</v>
+        <v>12.341386701925195</v>
       </c>
       <c r="F9" s="70">
-        <v>3.5600000000031287</v>
+        <v>6.9700000000000273</v>
       </c>
       <c r="G9" s="82">
-        <v>2.621239699119329E-2</v>
+        <v>0.56892386051978805</v>
       </c>
       <c r="H9" s="82">
-        <v>57.959708264752393</v>
+        <v>60.330008359778915</v>
       </c>
       <c r="I9" s="100">
-        <v>42.040291735247607</v>
+        <v>39.669991640221085</v>
       </c>
       <c r="J9" s="70">
-        <v>7828.58</v>
+        <v>1148.6600000000001</v>
       </c>
       <c r="K9" s="82">
-        <v>7.4283860986744523</v>
+        <v>11.393311564906547</v>
       </c>
       <c r="L9" s="70">
-        <v>8394.18</v>
+        <v>1230.1300000000001</v>
       </c>
       <c r="M9" s="82">
-        <v>7.6929809423635431</v>
+        <v>12.195540274737478</v>
       </c>
       <c r="N9" s="70">
-        <v>565.60000000000036</v>
+        <v>81.470000000000027</v>
       </c>
       <c r="O9" s="82">
-        <v>7.2248096078726967</v>
+        <v>7.0926122612435378</v>
       </c>
       <c r="P9" s="82">
-        <v>80.146244183469975</v>
+        <v>85.786868054595857</v>
       </c>
       <c r="Q9" s="82">
-        <v>19.853755816530025</v>
+        <v>14.213131945404141</v>
       </c>
       <c r="R9" s="70">
-        <v>5752.7799999999988</v>
+        <v>76.459999999999809</v>
       </c>
       <c r="S9" s="70">
-        <v>5190.7400000000016</v>
+        <v>1.959999999999809</v>
       </c>
     </row>
     <row r="10" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="99" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B10" s="70">
-        <v>12843.56</v>
+        <v>1218.5899999999999</v>
       </c>
       <c r="C10" s="82">
-        <v>11.417811079781089</v>
+        <v>11.738317937059906</v>
       </c>
       <c r="D10" s="70">
-        <v>13562.05</v>
+        <v>1199.8399999999999</v>
       </c>
       <c r="E10" s="82">
-        <v>11.846185681157095</v>
+        <v>12.018350461766532</v>
       </c>
       <c r="F10" s="70">
-        <v>718.48999999999978</v>
+        <v>-18.75</v>
       </c>
       <c r="G10" s="82">
-        <v>5.5941654805988357</v>
+        <v>-1.538663537366957</v>
       </c>
       <c r="H10" s="82">
-        <v>55.338978989164616</v>
+        <v>65.657921056140822</v>
       </c>
       <c r="I10" s="100">
-        <v>44.661021010835384</v>
+        <v>34.342078943859185</v>
       </c>
       <c r="J10" s="70">
-        <v>11810.59</v>
+        <v>803.65</v>
       </c>
       <c r="K10" s="82">
-        <v>11.206837328499358</v>
+        <v>7.9712315560193145</v>
       </c>
       <c r="L10" s="70">
-        <v>12750.060000000001</v>
+        <v>785.85</v>
       </c>
       <c r="M10" s="82">
-        <v>11.6849970567693</v>
+        <v>7.7909369943846967</v>
       </c>
       <c r="N10" s="70">
-        <v>939.47000000000116</v>
+        <v>-17.799999999999955</v>
       </c>
       <c r="O10" s="82">
-        <v>7.9544713684921842</v>
+        <v>-2.2148945436446157</v>
       </c>
       <c r="P10" s="82">
-        <v>85.376617835523916</v>
+        <v>82.999300120888208</v>
       </c>
       <c r="Q10" s="82">
-        <v>14.623382164476089</v>
+        <v>17.000699879111789</v>
       </c>
       <c r="R10" s="70">
-        <v>1032.9699999999993</v>
+        <v>414.93999999999994</v>
       </c>
       <c r="S10" s="70">
-        <v>811.98999999999796</v>
+        <v>413.9899999999999</v>
       </c>
     </row>
     <row r="11" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="99" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="70">
-        <v>10254.57</v>
+        <v>784.52</v>
       </c>
       <c r="C11" s="82">
-        <v>9.1162219014347077</v>
+        <v>7.5570496951248884</v>
       </c>
       <c r="D11" s="70">
-        <v>10194.669999999998</v>
+        <v>742.64</v>
       </c>
       <c r="E11" s="82">
-        <v>8.9048450476234642</v>
+        <v>7.4387483222148765</v>
       </c>
       <c r="F11" s="70">
-        <v>-59.900000000001455</v>
+        <v>-41.879999999999995</v>
       </c>
       <c r="G11" s="82">
-        <v>-0.58412980749072319</v>
+        <v>-5.3382960281445975</v>
       </c>
       <c r="H11" s="82">
-        <v>31.64025907655666</v>
+        <v>33.209899816869552</v>
       </c>
       <c r="I11" s="100">
-        <v>68.35974092344334</v>
+        <v>66.790100183130448</v>
       </c>
       <c r="J11" s="70">
-        <v>3065.7300000000005</v>
+        <v>287.45999999999998</v>
       </c>
       <c r="K11" s="82">
-        <v>2.9090110996233336</v>
+        <v>2.8512539327982482</v>
       </c>
       <c r="L11" s="70">
-        <v>3090.37</v>
+        <v>273.70999999999998</v>
       </c>
       <c r="M11" s="82">
-        <v>2.8322191702884645</v>
+        <v>2.7135679388344278</v>
       </c>
       <c r="N11" s="70">
-        <v>24.639999999999418</v>
+        <v>-13.75</v>
       </c>
       <c r="O11" s="82">
-        <v>0.80372374605720054</v>
+        <v>-4.7832741946705628</v>
       </c>
       <c r="P11" s="82">
-        <v>33.914062070237534</v>
+        <v>32.201965584012271</v>
       </c>
       <c r="Q11" s="82">
-        <v>66.085937929762466</v>
+        <v>67.798034415987729</v>
       </c>
       <c r="R11" s="70">
-        <v>7188.8399999999992</v>
+        <v>497.06</v>
       </c>
       <c r="S11" s="70">
-        <v>7104.2999999999984</v>
+        <v>468.93</v>
       </c>
     </row>
     <row r="12" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="99" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="70">
-        <v>8832.9600000000009</v>
+        <v>690.94</v>
       </c>
       <c r="C12" s="82">
-        <v>7.8524232031666603</v>
+        <v>6.6556211649793386</v>
       </c>
       <c r="D12" s="70">
-        <v>8413.15</v>
+        <v>629.05999999999995</v>
       </c>
       <c r="E12" s="82">
-        <v>7.3487221373927119</v>
+        <v>6.3010597592002728</v>
       </c>
       <c r="F12" s="70">
-        <v>-419.81000000000131</v>
+        <v>-61.880000000000109</v>
       </c>
       <c r="G12" s="82">
-        <v>-4.7527669093939204</v>
+        <v>-8.955915130112615</v>
       </c>
       <c r="H12" s="82">
-        <v>37.498677665321544</v>
+        <v>39.735478332750439</v>
       </c>
       <c r="I12" s="100">
-        <v>62.501322334678456</v>
+        <v>60.264521667249561</v>
       </c>
       <c r="J12" s="70">
-        <v>3055.8500000000004</v>
+        <v>218.61</v>
       </c>
       <c r="K12" s="82">
-        <v>2.8996361613005588</v>
+        <v>2.1683455863390559</v>
       </c>
       <c r="L12" s="70">
-        <v>3063.4399999999996</v>
+        <v>247.14</v>
       </c>
       <c r="M12" s="82">
-        <v>2.8075387397070548</v>
+        <v>2.4501522794327593</v>
       </c>
       <c r="N12" s="70">
-        <v>7.589999999999236</v>
+        <v>28.529999999999973</v>
       </c>
       <c r="O12" s="82">
-        <v>0.2483760655791101</v>
+        <v>13.050638122684219</v>
       </c>
       <c r="P12" s="82">
-        <v>58.013866764160554</v>
+        <v>48.296512098405763</v>
       </c>
       <c r="Q12" s="82">
-        <v>41.986133235839446</v>
+        <v>51.703487901594237</v>
       </c>
       <c r="R12" s="70">
-        <v>5777.1100000000006</v>
+        <v>472.33000000000004</v>
       </c>
       <c r="S12" s="70">
-        <v>5349.71</v>
+        <v>381.91999999999996</v>
       </c>
     </row>
     <row r="13" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="99" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="70">
-        <v>4894.1699999999992</v>
+        <v>454.57</v>
       </c>
       <c r="C13" s="82">
-        <v>4.3508737805041751</v>
+        <v>4.3787386936125534</v>
       </c>
       <c r="D13" s="70">
-        <v>5309.2199999999993</v>
+        <v>432.89</v>
       </c>
       <c r="E13" s="82">
-        <v>4.6374999312134131</v>
+        <v>4.3360979225514349</v>
       </c>
       <c r="F13" s="70">
-        <v>415.05000000000018</v>
+        <v>-21.680000000000007</v>
       </c>
       <c r="G13" s="82">
-        <v>8.4804982254396624</v>
+        <v>-4.7693424555074042</v>
       </c>
       <c r="H13" s="82">
-        <v>42.615487774098639</v>
+        <v>50.899766684377092</v>
       </c>
       <c r="I13" s="100">
-        <v>57.384512225901361</v>
+        <v>49.100233315622908</v>
       </c>
       <c r="J13" s="70">
-        <v>5961.37</v>
+        <v>578.98</v>
       </c>
       <c r="K13" s="82">
-        <v>5.6566271325138047</v>
+        <v>5.7427781326498639</v>
       </c>
       <c r="L13" s="70">
-        <v>6219.420000000001</v>
+        <v>555.46</v>
       </c>
       <c r="M13" s="82">
-        <v>5.6998872471825326</v>
+        <v>5.5068446432537046</v>
       </c>
       <c r="N13" s="70">
-        <v>258.05000000000109</v>
+        <v>-23.519999999999982</v>
       </c>
       <c r="O13" s="82">
-        <v>4.3287029659289908</v>
+        <v>-4.0623164876161493</v>
       </c>
       <c r="P13" s="82">
-        <v>82.676841248862431</v>
+        <v>84.951211608396648</v>
       </c>
       <c r="Q13" s="82">
-        <v>17.323158751137566</v>
+        <v>15.048788391603354</v>
       </c>
       <c r="R13" s="70">
-        <v>-1067.2000000000007</v>
+        <v>-124.41000000000003</v>
       </c>
       <c r="S13" s="70">
-        <v>-910.20000000000164</v>
+        <v>-122.57000000000005</v>
       </c>
     </row>
     <row r="14" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="99" t="s">
         <v>25</v>
       </c>
       <c r="B14" s="70">
-        <v>4094.55</v>
+        <v>383.85</v>
       </c>
       <c r="C14" s="82">
-        <v>3.6400186830378543</v>
+        <v>3.6975137988498554</v>
       </c>
       <c r="D14" s="70">
-        <v>4051.83</v>
+        <v>375.93</v>
       </c>
       <c r="E14" s="82">
-        <v>3.5391943348153676</v>
+        <v>3.7655508143518244</v>
       </c>
       <c r="F14" s="70">
-        <v>-42.720000000000255</v>
+        <v>-7.9200000000000159</v>
       </c>
       <c r="G14" s="82">
-        <v>-1.0433380957614453</v>
+        <v>-2.0633059788980108</v>
       </c>
       <c r="H14" s="82">
-        <v>71.942554351984171</v>
+        <v>76.39986167637592</v>
       </c>
       <c r="I14" s="100">
-        <v>28.057445648015833</v>
+        <v>23.60013832362408</v>
       </c>
       <c r="J14" s="70">
-        <v>5204.0500000000011</v>
+        <v>468.32</v>
       </c>
       <c r="K14" s="82">
-        <v>4.9380210302260172</v>
+        <v>4.6451653858208983</v>
       </c>
       <c r="L14" s="70">
-        <v>5284.4800000000005</v>
+        <v>463.49</v>
       </c>
       <c r="M14" s="82">
-        <v>4.8430464834327234</v>
+        <v>4.5950517115573746</v>
       </c>
       <c r="N14" s="70">
-        <v>80.429999999999382</v>
+        <v>-4.8299999999999841</v>
       </c>
       <c r="O14" s="82">
-        <v>1.5455270414388671</v>
+        <v>-1.0313460881448548</v>
       </c>
       <c r="P14" s="82">
-        <v>87.95094313915466</v>
+        <v>87.225182851841467</v>
       </c>
       <c r="Q14" s="82">
-        <v>12.049056860845344</v>
+        <v>12.774817148158538</v>
       </c>
       <c r="R14" s="70">
-        <v>-1109.5000000000009</v>
+        <v>-84.46999999999997</v>
       </c>
       <c r="S14" s="70">
-        <v>-1232.6500000000005</v>
+        <v>-87.56</v>
       </c>
     </row>
     <row r="15" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="99" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="B15" s="70">
-        <v>2664.2200000000003</v>
+        <v>264.13</v>
       </c>
       <c r="C15" s="82">
-        <v>2.3684679820061083</v>
+        <v>2.5442863610530475</v>
       </c>
       <c r="D15" s="70">
-        <v>2853.2799999999997</v>
+        <v>290.68</v>
       </c>
       <c r="E15" s="82">
-        <v>2.4922843287210941</v>
+        <v>2.911633311296753</v>
       </c>
       <c r="F15" s="70">
-        <v>189.05999999999949</v>
+        <v>26.550000000000011</v>
       </c>
       <c r="G15" s="82">
-        <v>7.0962608193016887</v>
+        <v>10.051868398137286</v>
       </c>
       <c r="H15" s="82">
-        <v>14.156689844669984</v>
+        <v>23.028760148617039</v>
       </c>
       <c r="I15" s="100">
-        <v>85.843310155330016</v>
+        <v>76.971239851382961</v>
       </c>
       <c r="J15" s="70">
-        <v>1869.29</v>
+        <v>308.95999999999998</v>
       </c>
       <c r="K15" s="82">
-        <v>1.773732637386495</v>
+        <v>3.0645078100513001</v>
       </c>
       <c r="L15" s="70">
-        <v>2080.94</v>
+        <v>359.13</v>
       </c>
       <c r="M15" s="82">
-        <v>1.9071108508754864</v>
+        <v>3.5604240030455889</v>
       </c>
       <c r="N15" s="70">
-        <v>211.65000000000009</v>
+        <v>50.170000000000016</v>
       </c>
       <c r="O15" s="82">
-        <v>11.322480727976938</v>
+        <v>16.238348006214405</v>
       </c>
       <c r="P15" s="82">
-        <v>30.830778398223885</v>
+        <v>77.645977779634109</v>
       </c>
       <c r="Q15" s="82">
-        <v>69.169221601776115</v>
+        <v>22.354022220365884</v>
       </c>
       <c r="R15" s="70">
-        <v>794.93000000000029</v>
+        <v>-44.829999999999984</v>
       </c>
       <c r="S15" s="70">
-        <v>772.33999999999969</v>
+        <v>-68.449999999999989</v>
       </c>
     </row>
     <row r="16" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="99" t="s">
-        <v>19</v>
+        <v>51</v>
       </c>
       <c r="B16" s="70">
-        <v>2731.9600000000005</v>
+        <v>235.25</v>
       </c>
       <c r="C16" s="82">
-        <v>2.4286882420075702</v>
+        <v>2.2660938418117191</v>
       </c>
       <c r="D16" s="70">
-        <v>2710.69</v>
+        <v>247.25</v>
       </c>
       <c r="E16" s="82">
-        <v>2.3677347498391268</v>
+        <v>2.4766111745497525</v>
       </c>
       <c r="F16" s="70">
-        <v>-21.270000000000437</v>
+        <v>12</v>
       </c>
       <c r="G16" s="82">
-        <v>-0.77856191159462196</v>
+        <v>5.1009564293304992</v>
       </c>
       <c r="H16" s="82">
-        <v>52.149083812608602</v>
+        <v>25.965621840242676</v>
       </c>
       <c r="I16" s="100">
-        <v>47.850916187391398</v>
+        <v>74.034378159757324</v>
       </c>
       <c r="J16" s="70">
-        <v>3211.48</v>
+        <v>124.93</v>
       </c>
       <c r="K16" s="82">
-        <v>3.0473104174921932</v>
+        <v>1.2391538086150602</v>
       </c>
       <c r="L16" s="70">
-        <v>3512.4500000000003</v>
+        <v>145.05000000000001</v>
       </c>
       <c r="M16" s="82">
-        <v>3.2190411583984178</v>
+        <v>1.4380294089654517</v>
       </c>
       <c r="N16" s="70">
-        <v>300.97000000000025</v>
+        <v>20.120000000000005</v>
       </c>
       <c r="O16" s="82">
-        <v>9.3716915565409167</v>
+        <v>16.105018810533902</v>
       </c>
       <c r="P16" s="82">
-        <v>85.993252572990372</v>
+        <v>35.360220613581532</v>
       </c>
       <c r="Q16" s="82">
-        <v>14.006747427009635</v>
+        <v>64.639779386418468</v>
       </c>
       <c r="R16" s="70">
-        <v>-479.51999999999953</v>
+        <v>110.32</v>
       </c>
       <c r="S16" s="70">
-        <v>-801.76000000000022</v>
+        <v>102.19999999999999</v>
       </c>
     </row>
     <row r="17" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="99" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="B17" s="70">
-        <v>2451.2800000000002</v>
+        <v>257.52999999999997</v>
       </c>
       <c r="C17" s="82">
-        <v>2.1791662080954026</v>
+        <v>2.4807105083178409</v>
       </c>
       <c r="D17" s="70">
-        <v>2520.3599999999997</v>
+        <v>241.55</v>
       </c>
       <c r="E17" s="82">
-        <v>2.201485213766436</v>
+        <v>2.4195163972193843</v>
       </c>
       <c r="F17" s="70">
-        <v>69.079999999999472</v>
+        <v>-15.979999999999961</v>
       </c>
       <c r="G17" s="82">
-        <v>2.8181195130707004</v>
+        <v>-6.2051023181765084</v>
       </c>
       <c r="H17" s="82">
-        <v>24.71710390579122</v>
+        <v>56.452080314634657</v>
       </c>
       <c r="I17" s="100">
-        <v>75.28289609420878</v>
+        <v>43.547919685365343</v>
       </c>
       <c r="J17" s="70">
-        <v>938.42000000000007</v>
+        <v>328.32</v>
       </c>
       <c r="K17" s="82">
-        <v>0.8904483421920808</v>
+        <v>3.2565354874289318</v>
       </c>
       <c r="L17" s="70">
-        <v>925</v>
+        <v>305.92</v>
       </c>
       <c r="M17" s="82">
-        <v>0.8477310912663627</v>
+        <v>3.0328987024523335</v>
       </c>
       <c r="N17" s="70">
-        <v>-13.420000000000073</v>
+        <v>-22.399999999999977</v>
       </c>
       <c r="O17" s="82">
-        <v>-1.4300632978836845</v>
+        <v>-6.8226120857699728</v>
       </c>
       <c r="P17" s="82">
-        <v>46.347027027027032</v>
+        <v>82.848457112970721</v>
       </c>
       <c r="Q17" s="82">
-        <v>53.652972972972968</v>
+        <v>17.151542887029287</v>
       </c>
       <c r="R17" s="70">
-        <v>1512.8600000000001</v>
+        <v>-70.79000000000002</v>
       </c>
       <c r="S17" s="70">
-        <v>1595.3599999999997</v>
+        <v>-64.37</v>
       </c>
     </row>
     <row r="18" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="99" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B18" s="70">
-        <v>2550.9899999999998</v>
+        <v>229.45</v>
       </c>
       <c r="C18" s="82">
-        <v>2.2678075149266061</v>
+        <v>2.2102241530444164</v>
       </c>
       <c r="D18" s="70">
-        <v>2498.11</v>
+        <v>201.4</v>
       </c>
       <c r="E18" s="82">
-        <v>2.1820502735173042</v>
+        <v>2.0173487990063506</v>
       </c>
       <c r="F18" s="70">
-        <v>-52.879999999999654</v>
+        <v>-28.049999999999983</v>
       </c>
       <c r="G18" s="82">
-        <v>-2.0729207092148405</v>
+        <v>-12.224885595990404</v>
       </c>
       <c r="H18" s="82">
-        <v>26.290675750867649</v>
+        <v>16.415094339622641</v>
       </c>
       <c r="I18" s="100">
-        <v>73.709324249132351</v>
+        <v>83.584905660377359</v>
       </c>
       <c r="J18" s="70">
-        <v>3616.64</v>
+        <v>234.57</v>
       </c>
       <c r="K18" s="82">
-        <v>3.4317587991576985</v>
+        <v>2.3266493947557398</v>
       </c>
       <c r="L18" s="70">
-        <v>2995.94</v>
+        <v>218.13</v>
       </c>
       <c r="M18" s="82">
-        <v>2.7456772816957264</v>
+        <v>2.162546397639669</v>
       </c>
       <c r="N18" s="70">
-        <v>-620.69999999999982</v>
+        <v>-16.439999999999998</v>
       </c>
       <c r="O18" s="82">
-        <v>-17.162338524155015</v>
+        <v>-7.0085688706995777</v>
       </c>
       <c r="P18" s="82">
-        <v>78.540624979138443</v>
+        <v>27.126025764452393</v>
       </c>
       <c r="Q18" s="82">
-        <v>21.459375020861565</v>
+        <v>72.873974235547607</v>
       </c>
       <c r="R18" s="70">
-        <v>-1065.6500000000001</v>
+        <v>-5.1200000000000045</v>
       </c>
       <c r="S18" s="70">
-        <v>-497.82999999999993</v>
+        <v>-16.72999999999999</v>
       </c>
     </row>
     <row r="19" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="99" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="70">
-        <v>1988.0400000000002</v>
+        <v>239.19</v>
       </c>
       <c r="C19" s="82">
-        <v>1.7673499511854966</v>
+        <v>2.3040466993536457</v>
       </c>
       <c r="D19" s="70">
-        <v>2020.3600000000001</v>
+        <v>176.21</v>
       </c>
       <c r="E19" s="82">
-        <v>1.7647449834488558</v>
+        <v>1.7650299497165296</v>
       </c>
       <c r="F19" s="70">
-        <v>32.319999999999936</v>
+        <v>-62.97999999999999</v>
       </c>
       <c r="G19" s="82">
-        <v>1.6257218164624423</v>
+        <v>-26.330532212885149</v>
       </c>
       <c r="H19" s="82">
-        <v>46.792155853412268</v>
+        <v>42.693377220362073</v>
       </c>
       <c r="I19" s="100">
-        <v>53.207844146587732</v>
+        <v>57.306622779637927</v>
       </c>
       <c r="J19" s="70">
-        <v>239.91000000000005</v>
+        <v>88.22</v>
       </c>
       <c r="K19" s="82">
-        <v>0.22764589605432767</v>
+        <v>0.87503521168670939</v>
       </c>
       <c r="L19" s="70">
-        <v>301.66000000000003</v>
+        <v>13.21</v>
       </c>
       <c r="M19" s="82">
-        <v>0.2764611470177416</v>
+        <v>0.13096427778306527</v>
       </c>
       <c r="N19" s="70">
-        <v>61.749999999999972</v>
+        <v>-75.009999999999991</v>
       </c>
       <c r="O19" s="82">
-        <v>25.738818723688034</v>
+        <v>-85.026071185672166</v>
       </c>
       <c r="P19" s="82">
-        <v>54.750381223894458</v>
+        <v>37.320211960635895</v>
       </c>
       <c r="Q19" s="82">
-        <v>45.249618776105542</v>
+        <v>62.679788039364105</v>
       </c>
       <c r="R19" s="70">
-        <v>1748.13</v>
+        <v>150.97</v>
       </c>
       <c r="S19" s="70">
-        <v>1718.7</v>
+        <v>163</v>
       </c>
     </row>
     <row r="20" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="99" t="s">
         <v>26</v>
       </c>
       <c r="B20" s="70">
-        <v>761.91</v>
+        <v>75.040000000000006</v>
       </c>
       <c r="C20" s="82">
-        <v>0.67733124147790869</v>
+        <v>0.72283818018937906</v>
       </c>
       <c r="D20" s="70">
-        <v>766.29</v>
+        <v>75.28</v>
       </c>
       <c r="E20" s="82">
-        <v>0.66933934218011815</v>
+        <v>0.75405172586493585</v>
       </c>
       <c r="F20" s="70">
-        <v>4.3799999999999955</v>
+        <v>0.23999999999999488</v>
       </c>
       <c r="G20" s="82">
-        <v>0.57487104776154607</v>
+        <v>0.31982942430702938</v>
       </c>
       <c r="H20" s="82">
-        <v>13.853762935703188</v>
+        <v>13.403294367693945</v>
       </c>
       <c r="I20" s="100">
-        <v>86.146237064296812</v>
+        <v>86.596705632306055</v>
       </c>
       <c r="J20" s="70">
-        <v>402.52000000000004</v>
+        <v>40.94</v>
       </c>
       <c r="K20" s="82">
-        <v>0.38194333741731468</v>
+        <v>0.40607505742976513</v>
       </c>
       <c r="L20" s="70">
-        <v>439.30999999999995</v>
+        <v>55.73</v>
       </c>
       <c r="M20" s="82">
-        <v>0.40261269805862249</v>
+        <v>0.55250864503029729</v>
       </c>
       <c r="N20" s="70">
-        <v>36.789999999999907</v>
+        <v>14.79</v>
       </c>
       <c r="O20" s="82">
-        <v>9.139918513365771</v>
+        <v>36.126038104543234</v>
       </c>
       <c r="P20" s="82">
-        <v>19.198288224716038</v>
+        <v>16.436389736228236</v>
       </c>
       <c r="Q20" s="82">
-        <v>80.801711775283962</v>
+        <v>83.563610263771764</v>
       </c>
       <c r="R20" s="70">
-        <v>359.38999999999993</v>
+        <v>34.100000000000009</v>
       </c>
       <c r="S20" s="70">
-        <v>326.98</v>
+        <v>19.550000000000004</v>
       </c>
     </row>
     <row r="21" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="109" t="s">
         <v>61</v>
       </c>
       <c r="B21" s="110">
-        <v>23414.869999999981</v>
+        <v>2220.8899999999994</v>
       </c>
       <c r="C21" s="111">
-        <v>20.815612035731029</v>
+        <v>21.393178118347407</v>
       </c>
       <c r="D21" s="110">
-        <v>24007.020000000004</v>
+        <v>2138.3799999999992</v>
       </c>
       <c r="E21" s="111">
-        <v>20.969662888077544</v>
+        <v>21.419356131177747</v>
       </c>
       <c r="F21" s="112">
-        <v>592.15000000002328</v>
+        <v>-82.510000000000218</v>
       </c>
       <c r="G21" s="111">
-        <v>2.5289484844460968</v>
+        <v>-3.7151772487606429</v>
       </c>
       <c r="H21" s="111">
-        <v>61.518964036352727</v>
+        <v>64.559152255445753</v>
       </c>
       <c r="I21" s="113">
-        <v>38.481035963647273</v>
+        <v>35.44084774455424</v>
       </c>
       <c r="J21" s="110">
-        <v>25131.309999999983</v>
+        <v>2261.13</v>
       </c>
       <c r="K21" s="111">
-        <v>23.846607410983619</v>
+        <v>22.427662301078772</v>
       </c>
       <c r="L21" s="110">
-        <v>25600.540000000008</v>
+        <v>2225.2399999999989</v>
       </c>
       <c r="M21" s="111">
-        <v>22.361571471708892</v>
+        <v>22.289400404671746</v>
       </c>
       <c r="N21" s="112">
-        <v>469.23000000002503</v>
+        <v>-35.890000000001237</v>
       </c>
       <c r="O21" s="111">
-        <v>1.8671131747609866</v>
+        <v>-1.5872594676113818</v>
       </c>
       <c r="P21" s="111">
-        <v>76.843652516704722</v>
+        <v>75.945965379015263</v>
       </c>
       <c r="Q21" s="111">
-        <v>23.156347483295274</v>
+        <v>24.054034620984734</v>
       </c>
       <c r="R21" s="112">
-        <v>-1716.4400000000023</v>
+        <v>-40.240000000000691</v>
       </c>
       <c r="S21" s="112">
-        <v>-1593.5200000000041</v>
+        <v>-86.859999999999673</v>
       </c>
     </row>
     <row r="22" spans="1:19" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="101"/>
       <c r="B22" s="102"/>
       <c r="C22" s="102"/>
       <c r="D22" s="102"/>
       <c r="E22" s="103"/>
       <c r="F22" s="103"/>
       <c r="G22" s="103"/>
       <c r="H22" s="103"/>
       <c r="I22" s="103"/>
       <c r="J22" s="102"/>
       <c r="K22" s="102"/>
       <c r="L22" s="102"/>
       <c r="M22" s="103"/>
       <c r="N22" s="103"/>
       <c r="O22" s="103"/>
       <c r="P22" s="103"/>
       <c r="Q22" s="103"/>
       <c r="R22" s="87"/>
       <c r="S22" s="87"/>
     </row>
     <row r="23" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A23" s="53" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B23" s="95"/>
       <c r="C23" s="95"/>
       <c r="D23" s="95"/>
       <c r="E23" s="95"/>
       <c r="F23" s="95"/>
       <c r="G23" s="95"/>
       <c r="H23" s="95"/>
       <c r="I23" s="95"/>
       <c r="J23" s="95"/>
       <c r="K23" s="95"/>
       <c r="L23" s="95"/>
       <c r="M23" s="95"/>
       <c r="N23" s="95"/>
       <c r="O23" s="95"/>
       <c r="P23" s="95"/>
       <c r="Q23" s="95"/>
       <c r="R23" s="95"/>
       <c r="S23" s="95"/>
     </row>
     <row r="24" spans="1:19" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="25" spans="1:19" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="54"/>
       <c r="B25" s="54"/>
       <c r="C25" s="54"/>
       <c r="D25" s="54"/>
       <c r="E25" s="54"/>
       <c r="F25" s="54"/>
       <c r="G25" s="54"/>
       <c r="H25" s="54"/>
       <c r="I25" s="54"/>
       <c r="J25" s="54"/>
       <c r="K25" s="54"/>
       <c r="L25" s="54"/>
       <c r="M25" s="54"/>
       <c r="N25" s="54"/>
       <c r="O25" s="54"/>
       <c r="P25" s="54"/>
       <c r="Q25" s="54"/>
       <c r="R25" s="54"/>
       <c r="S25" s="54"/>
     </row>
     <row r="26" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A26" s="16" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="27" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A27" s="55" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
     </row>
     <row r="28" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A28" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="R4:S4"/>
     <mergeCell ref="B4:I4"/>
     <mergeCell ref="J4:Q4"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <conditionalFormatting sqref="B7:G21 J7:O21 R7:S21">
     <cfRule type="cellIs" dxfId="4" priority="2" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B7:S21">
     <cfRule type="cellIs" dxfId="3" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A27" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{1E0E3979-1FEC-4F0A-AA55-9E905C82205E}"/>
   </hyperlinks>
@@ -8419,3225 +8419,3225 @@
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <sheetPr codeName="Sheet8"/>
   <dimension ref="A1:O77"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A74" sqref="A74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="53" customWidth="1"/>
     <col min="2" max="3" width="6.7109375" style="53" customWidth="1"/>
     <col min="4" max="5" width="5.7109375" style="53" customWidth="1"/>
     <col min="6" max="9" width="6.7109375" style="53" customWidth="1"/>
     <col min="10" max="11" width="5.7109375" style="53" customWidth="1"/>
     <col min="12" max="15" width="6.7109375" style="53" customWidth="1"/>
     <col min="16" max="16384" width="9.140625" style="53"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="61" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B2" s="71"/>
       <c r="C2" s="72"/>
       <c r="D2" s="72"/>
       <c r="E2" s="72"/>
       <c r="F2" s="72"/>
       <c r="G2" s="72"/>
       <c r="H2" s="72"/>
     </row>
     <row r="3" spans="1:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="71"/>
       <c r="B3" s="71"/>
       <c r="C3" s="72"/>
       <c r="D3" s="72"/>
       <c r="E3" s="72"/>
       <c r="F3" s="72"/>
       <c r="G3" s="72"/>
       <c r="H3" s="72"/>
     </row>
     <row r="4" spans="1:15" s="65" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="104"/>
       <c r="B4" s="116" t="s">
         <v>39</v>
       </c>
       <c r="C4" s="117"/>
       <c r="D4" s="117"/>
       <c r="E4" s="117"/>
       <c r="F4" s="117"/>
       <c r="G4" s="118"/>
       <c r="H4" s="116" t="s">
         <v>40</v>
       </c>
       <c r="I4" s="117"/>
       <c r="J4" s="117"/>
       <c r="K4" s="117"/>
       <c r="L4" s="117"/>
       <c r="M4" s="117"/>
       <c r="N4" s="116" t="s">
         <v>29</v>
       </c>
       <c r="O4" s="117"/>
     </row>
     <row r="5" spans="1:15" ht="32.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="105"/>
       <c r="B5" s="107">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C5" s="74">
+        <v>2025</v>
+      </c>
+      <c r="D5" s="74" t="s">
+        <v>76</v>
+      </c>
+      <c r="E5" s="74" t="s">
+        <v>78</v>
+      </c>
+      <c r="F5" s="74" t="s">
+        <v>79</v>
+      </c>
+      <c r="G5" s="74" t="s">
+        <v>80</v>
+      </c>
+      <c r="H5" s="107">
         <v>2024</v>
       </c>
-      <c r="D5" s="74" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="74" t="s">
+      <c r="I5" s="74">
+        <v>2025</v>
+      </c>
+      <c r="J5" s="74" t="s">
+        <v>76</v>
+      </c>
+      <c r="K5" s="74" t="s">
+        <v>78</v>
+      </c>
+      <c r="L5" s="74" t="s">
+        <v>79</v>
+      </c>
+      <c r="M5" s="107" t="s">
         <v>80</v>
       </c>
-      <c r="F5" s="74" t="s">
-[...8 lines deleted...]
-      <c r="I5" s="74">
+      <c r="N5" s="108">
         <v>2024</v>
       </c>
-      <c r="J5" s="74" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="O5" s="44">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="6" spans="1:15" s="98" customFormat="1" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="96"/>
       <c r="B6" s="97"/>
       <c r="C6" s="97"/>
       <c r="D6" s="97"/>
       <c r="E6" s="97"/>
       <c r="F6" s="97"/>
       <c r="G6" s="97"/>
       <c r="H6" s="97"/>
       <c r="I6" s="97"/>
       <c r="J6" s="97"/>
       <c r="K6" s="97"/>
       <c r="L6" s="97"/>
       <c r="M6" s="97"/>
       <c r="N6" s="97"/>
       <c r="O6" s="97"/>
     </row>
     <row r="7" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="99" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="70">
-        <v>127764.66</v>
+        <v>133348.72</v>
       </c>
       <c r="C7" s="70">
-        <v>133125.84</v>
+        <v>134634.06</v>
       </c>
       <c r="D7" s="82">
         <v>100</v>
       </c>
       <c r="E7" s="82">
-        <v>4.1961368660159959</v>
+        <v>0.96389376665932491</v>
       </c>
       <c r="F7" s="82">
-        <v>56.531534373792489</v>
+        <v>55.061297267571071</v>
       </c>
       <c r="G7" s="82">
-        <v>43.468465626207511</v>
+        <v>44.938702732428929</v>
       </c>
       <c r="H7" s="70">
-        <v>123665.22</v>
+        <v>126908.47</v>
       </c>
       <c r="I7" s="70">
-        <v>126586.31</v>
+        <v>130884.84</v>
       </c>
       <c r="J7" s="82">
         <v>100</v>
       </c>
       <c r="K7" s="82">
-        <v>2.3620950174996627</v>
+        <v>3.1332581662989045</v>
       </c>
       <c r="L7" s="82">
-        <v>79.631723209247511</v>
+        <v>79.094332086130066</v>
       </c>
       <c r="M7" s="82">
-        <v>20.368276790752493</v>
+        <v>20.905667913869934</v>
       </c>
       <c r="N7" s="70">
-        <v>4099.4400000000023</v>
+        <v>6440.25</v>
       </c>
       <c r="O7" s="70">
-        <v>6539.5299999999988</v>
+        <v>3749.2200000000012</v>
       </c>
     </row>
     <row r="8" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="99" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="70">
-        <v>24791.46</v>
+        <v>25803.02</v>
       </c>
       <c r="C8" s="70">
-        <v>25577.78</v>
+        <v>26151.759999999998</v>
       </c>
       <c r="D8" s="82">
-        <v>19.21323463574014</v>
+        <v>19.424326949658948</v>
       </c>
       <c r="E8" s="82">
-        <v>3.1717373643988687</v>
+        <v>1.3515472219918363</v>
       </c>
       <c r="F8" s="82">
-        <v>77.426148790082635</v>
+        <v>76.182979654141832</v>
       </c>
       <c r="G8" s="82">
-        <v>22.573851209917361</v>
+        <v>23.817020345858175</v>
       </c>
       <c r="H8" s="70">
-        <v>39597.65</v>
+        <v>39921.760000000002</v>
       </c>
       <c r="I8" s="70">
-        <v>39901.15</v>
+        <v>41591.96</v>
       </c>
       <c r="J8" s="82">
-        <v>31.520904590709691</v>
+        <v>31.777522897227822</v>
       </c>
       <c r="K8" s="82">
-        <v>0.76645962576061955</v>
+        <v>4.1836832845044833</v>
       </c>
       <c r="L8" s="82">
-        <v>88.184275390558923</v>
+        <v>87.801248125839706</v>
       </c>
       <c r="M8" s="82">
-        <v>11.81572460944108</v>
+        <v>12.198751874160294</v>
       </c>
       <c r="N8" s="70">
-        <v>-14806.190000000002</v>
+        <v>-14118.740000000002</v>
       </c>
       <c r="O8" s="70">
-        <v>-14323.370000000003</v>
+        <v>-15440.2</v>
       </c>
     </row>
     <row r="9" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="99" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="70">
-        <v>16187.43</v>
+        <v>16018.61</v>
       </c>
       <c r="C9" s="70">
-        <v>15893.55</v>
+        <v>16139.22</v>
       </c>
       <c r="D9" s="82">
-        <v>11.938741569630659</v>
+        <v>11.987471818052578</v>
       </c>
       <c r="E9" s="82">
-        <v>-1.815482754211144</v>
+        <v>0.75293674045375192</v>
       </c>
       <c r="F9" s="82">
-        <v>58.808007021716357</v>
+        <v>57.957199914246168</v>
       </c>
       <c r="G9" s="82">
-        <v>41.191992978283643</v>
+        <v>42.042800085753832</v>
       </c>
       <c r="H9" s="70">
-        <v>8904.6200000000008</v>
+        <v>9554.6299999999992</v>
       </c>
       <c r="I9" s="70">
-        <v>9566.73</v>
+        <v>10096.040000000001</v>
       </c>
       <c r="J9" s="82">
-        <v>7.5574760019468137</v>
+        <v>7.7136817373196163</v>
       </c>
       <c r="K9" s="82">
-        <v>7.4355783851528603</v>
+        <v>5.666467461325051</v>
       </c>
       <c r="L9" s="82">
-        <v>79.370694061607253</v>
+        <v>79.632509379915291</v>
       </c>
       <c r="M9" s="82">
-        <v>20.629305938392744</v>
+        <v>20.367490620084705</v>
       </c>
       <c r="N9" s="70">
-        <v>7282.8099999999995</v>
+        <v>6463.9800000000014</v>
       </c>
       <c r="O9" s="70">
-        <v>6326.82</v>
+        <v>6043.1799999999985</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="99" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="70">
-        <v>14208.87</v>
+        <v>15243.12</v>
       </c>
       <c r="C10" s="70">
-        <v>15217.65</v>
+        <v>15873.78</v>
       </c>
       <c r="D10" s="82">
-        <v>11.431026463382315</v>
+        <v>11.790315169876035</v>
       </c>
       <c r="E10" s="82">
-        <v>7.0996497258402584</v>
+        <v>4.1373419614881977</v>
       </c>
       <c r="F10" s="82">
-        <v>56.381175805725583</v>
+        <v>55.28147674970927</v>
       </c>
       <c r="G10" s="82">
-        <v>43.618824194274417</v>
+        <v>44.71852325029073</v>
       </c>
       <c r="H10" s="70">
-        <v>13732.85</v>
+        <v>14116.84</v>
       </c>
       <c r="I10" s="70">
-        <v>14139.21</v>
+        <v>15111.05</v>
       </c>
       <c r="J10" s="82">
-        <v>11.169620158767563</v>
+        <v>11.545301961632838</v>
       </c>
       <c r="K10" s="82">
-        <v>2.9590361796713629</v>
+        <v>7.0427234423567828</v>
       </c>
       <c r="L10" s="82">
-        <v>84.434349585302144</v>
+        <v>85.613110935375104</v>
       </c>
       <c r="M10" s="82">
-        <v>15.565650414697851</v>
+        <v>14.386889064624897</v>
       </c>
       <c r="N10" s="70">
-        <v>476.02000000000044</v>
+        <v>1126.2800000000007</v>
       </c>
       <c r="O10" s="70">
-        <v>1078.4400000000005</v>
+        <v>762.73000000000138</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="99" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="70">
-        <v>11785.03</v>
+        <v>11682.45</v>
       </c>
       <c r="C11" s="70">
-        <v>11838.96</v>
+        <v>11404.48</v>
       </c>
       <c r="D11" s="82">
-        <v>8.8930593790056083</v>
+        <v>8.4707242728920153</v>
       </c>
       <c r="E11" s="82">
-        <v>0.45761444816006802</v>
+        <v>-2.3793810373680278</v>
       </c>
       <c r="F11" s="82">
-        <v>32.735899099245202</v>
+        <v>33.656510423973728</v>
       </c>
       <c r="G11" s="82">
-        <v>67.264100900754798</v>
+        <v>66.343489576026272</v>
       </c>
       <c r="H11" s="70">
-        <v>3584.01</v>
+        <v>3756.54</v>
       </c>
       <c r="I11" s="70">
-        <v>3690.8</v>
+        <v>3786.17</v>
       </c>
       <c r="J11" s="82">
-        <v>2.9156391398090364</v>
+        <v>2.8927490762108126</v>
       </c>
       <c r="K11" s="82">
-        <v>2.9796233827472567</v>
+        <v>0.78875773983506392</v>
       </c>
       <c r="L11" s="82">
-        <v>35.615584697084643</v>
+        <v>32.940676197846372</v>
       </c>
       <c r="M11" s="82">
-        <v>64.384415302915357</v>
+        <v>67.059323802153628</v>
       </c>
       <c r="N11" s="70">
-        <v>8201.02</v>
+        <v>7925.9100000000008</v>
       </c>
       <c r="O11" s="70">
-        <v>8148.1599999999989</v>
+        <v>7618.3099999999995</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="99" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="70">
-        <v>9228.81</v>
+        <v>10075.6</v>
       </c>
       <c r="C12" s="70">
-        <v>10377.48</v>
+        <v>9688.92</v>
       </c>
       <c r="D12" s="82">
-        <v>7.7952409539725727</v>
+        <v>7.1964850499197608</v>
       </c>
       <c r="E12" s="82">
-        <v>12.446566783799863</v>
+        <v>-3.8377863353050961</v>
       </c>
       <c r="F12" s="82">
-        <v>42.862814479045007</v>
+        <v>37.601610912258543</v>
       </c>
       <c r="G12" s="82">
-        <v>57.137185520954993</v>
+        <v>62.398389087741457</v>
       </c>
       <c r="H12" s="70">
-        <v>3591.15</v>
+        <v>3724.73</v>
       </c>
       <c r="I12" s="70">
-        <v>3730.12</v>
+        <v>3656.68</v>
       </c>
       <c r="J12" s="82">
-        <v>2.9467009505214268</v>
+        <v>2.793814776409552</v>
       </c>
       <c r="K12" s="82">
-        <v>3.8697910140205725</v>
+        <v>-1.826978062839459</v>
       </c>
       <c r="L12" s="82">
-        <v>56.979936302317348</v>
+        <v>56.336895763370052</v>
       </c>
       <c r="M12" s="82">
-        <v>43.020063697682652</v>
+        <v>43.663104236629948</v>
       </c>
       <c r="N12" s="70">
-        <v>5637.66</v>
+        <v>6350.8700000000008</v>
       </c>
       <c r="O12" s="70">
-        <v>6647.36</v>
+        <v>6032.24</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="99" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="70">
-        <v>5118.22</v>
+        <v>5457.47</v>
       </c>
       <c r="C13" s="70">
-        <v>5820.7</v>
+        <v>5477.67</v>
       </c>
       <c r="D13" s="82">
-        <v>4.3723292187301883</v>
+        <v>4.0685618483168371</v>
       </c>
       <c r="E13" s="82">
-        <v>13.72508411127305</v>
+        <v>0.37013487934885247</v>
       </c>
       <c r="F13" s="82">
-        <v>48.135791227859194</v>
+        <v>47.925486566368548</v>
       </c>
       <c r="G13" s="82">
-        <v>51.864208772140806</v>
+        <v>52.074513433631452</v>
       </c>
       <c r="H13" s="70">
-        <v>6849.59</v>
+        <v>7219.62</v>
       </c>
       <c r="I13" s="70">
-        <v>7188.46</v>
+        <v>7631.17</v>
       </c>
       <c r="J13" s="82">
-        <v>5.6787025390028356</v>
+        <v>5.8304460623552741</v>
       </c>
       <c r="K13" s="82">
-        <v>4.9473034152409108</v>
+        <v>5.7004385272355078</v>
       </c>
       <c r="L13" s="82">
-        <v>80.657748669395119</v>
+        <v>81.637547060280397</v>
       </c>
       <c r="M13" s="82">
-        <v>19.342251330604888</v>
+        <v>18.362452939719599</v>
       </c>
       <c r="N13" s="70">
-        <v>-1731.37</v>
+        <v>-1762.1499999999996</v>
       </c>
       <c r="O13" s="70">
-        <v>-1367.7600000000002</v>
+        <v>-2153.5</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="99" t="s">
         <v>25</v>
       </c>
       <c r="B14" s="70">
-        <v>4537.47</v>
+        <v>5003.2</v>
       </c>
       <c r="C14" s="70">
-        <v>4904.8</v>
+        <v>4964.1499999999996</v>
       </c>
       <c r="D14" s="82">
-        <v>3.6843335598858946</v>
+        <v>3.6871427631314098</v>
       </c>
       <c r="E14" s="82">
-        <v>8.0954805210833332</v>
+        <v>-0.78050047969300007</v>
       </c>
       <c r="F14" s="82">
-        <v>73.02356874898058</v>
+        <v>71.104217237593545</v>
       </c>
       <c r="G14" s="82">
-        <v>26.976431251019413</v>
+        <v>28.895782762406458</v>
       </c>
       <c r="H14" s="70">
-        <v>6000.23</v>
+        <v>6341.21</v>
       </c>
       <c r="I14" s="70">
-        <v>6220.78</v>
+        <v>6420.6</v>
       </c>
       <c r="J14" s="82">
-        <v>4.9142596857432688</v>
+        <v>4.9055337501272112</v>
       </c>
       <c r="K14" s="82">
-        <v>3.6756924317901181</v>
+        <v>1.2519692613870275</v>
       </c>
       <c r="L14" s="82">
-        <v>87.541594462430751</v>
+        <v>86.2508176805906</v>
       </c>
       <c r="M14" s="82">
-        <v>12.458405537569243</v>
+        <v>13.7491823194094</v>
       </c>
       <c r="N14" s="70">
-        <v>-1462.7599999999993</v>
+        <v>-1338.0100000000002</v>
       </c>
       <c r="O14" s="70">
-        <v>-1315.9799999999996</v>
+        <v>-1456.4500000000007</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="99" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="B15" s="70">
-        <v>3121.11</v>
+        <v>3136.14</v>
       </c>
       <c r="C15" s="70">
-        <v>3273.81</v>
+        <v>3306.89</v>
       </c>
       <c r="D15" s="82">
-        <v>2.4591844828922769</v>
+        <v>2.4562061041611609</v>
       </c>
       <c r="E15" s="82">
-        <v>4.8924901717658082</v>
+        <v>5.4445911215698279</v>
       </c>
       <c r="F15" s="82">
-        <v>55.695046444356876</v>
+        <v>14.106002921173669</v>
       </c>
       <c r="G15" s="82">
-        <v>44.304953555643124</v>
+        <v>85.893997078826331</v>
       </c>
       <c r="H15" s="70">
-        <v>3743.44</v>
+        <v>2232.25</v>
       </c>
       <c r="I15" s="70">
-        <v>3916.68</v>
+        <v>2584.7600000000002</v>
       </c>
       <c r="J15" s="82">
-        <v>3.0940786566888629</v>
+        <v>1.9748352826805613</v>
       </c>
       <c r="K15" s="82">
-        <v>4.6278289487743836</v>
+        <v>15.791689998880063</v>
       </c>
       <c r="L15" s="82">
-        <v>85.251539569226992</v>
+        <v>31.024156981692698</v>
       </c>
       <c r="M15" s="82">
-        <v>14.748460430773003</v>
+        <v>68.975843018307302</v>
       </c>
       <c r="N15" s="70">
-        <v>-622.32999999999993</v>
+        <v>903.88999999999987</v>
       </c>
       <c r="O15" s="70">
-        <v>-642.86999999999989</v>
+        <v>722.12999999999965</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="99" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="B16" s="70">
-        <v>2829.12</v>
+        <v>3266.45</v>
       </c>
       <c r="C16" s="70">
-        <v>3116.37</v>
+        <v>3281.37</v>
       </c>
       <c r="D16" s="82">
-        <v>2.340920440389334</v>
+        <v>2.4372510195414145</v>
       </c>
       <c r="E16" s="82">
-        <v>10.153333898880218</v>
+        <v>0.45676498951461292</v>
       </c>
       <c r="F16" s="82">
-        <v>13.306507250422754</v>
+        <v>21.939007182975416</v>
       </c>
       <c r="G16" s="82">
-        <v>86.693492749577246</v>
+        <v>78.060992817024584</v>
       </c>
       <c r="H16" s="70">
-        <v>2146.66</v>
+        <v>4264.03</v>
       </c>
       <c r="I16" s="70">
-        <v>2263.06</v>
+        <v>3255.16</v>
       </c>
       <c r="J16" s="82">
-        <v>1.7877604616170579</v>
+        <v>2.4870412799526669</v>
       </c>
       <c r="K16" s="82">
-        <v>5.4223770881276074</v>
+        <v>-23.660011772900283</v>
       </c>
       <c r="L16" s="82">
-        <v>29.627583890838068</v>
+        <v>75.967079959203232</v>
       </c>
       <c r="M16" s="82">
-        <v>70.372416109161932</v>
+        <v>24.032920040796764</v>
       </c>
       <c r="N16" s="70">
-        <v>682.46</v>
+        <v>-997.57999999999993</v>
       </c>
       <c r="O16" s="70">
-        <v>853.31</v>
+        <v>26.210000000000036</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="99" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B17" s="70">
-        <v>3042.59</v>
+        <v>3303.78</v>
       </c>
       <c r="C17" s="70">
-        <v>3052.83</v>
+        <v>3263.8</v>
       </c>
       <c r="D17" s="82">
-        <v>2.2931911640895564</v>
+        <v>2.4242008300128512</v>
       </c>
       <c r="E17" s="82">
-        <v>0.33655536894552934</v>
+        <v>-1.2101290037472234</v>
       </c>
       <c r="F17" s="82">
-        <v>28.204321891490835</v>
+        <v>52.381886144984371</v>
       </c>
       <c r="G17" s="82">
-        <v>71.795678108509165</v>
+        <v>47.618113855015629</v>
       </c>
       <c r="H17" s="70">
-        <v>4161.45</v>
+        <v>3908.63</v>
       </c>
       <c r="I17" s="70">
-        <v>4250.08</v>
+        <v>4269.74</v>
       </c>
       <c r="J17" s="82">
-        <v>3.3574562683753086</v>
+        <v>3.2622112690820417</v>
       </c>
       <c r="K17" s="82">
-        <v>2.1297864926888495</v>
+        <v>9.2387869918615895</v>
       </c>
       <c r="L17" s="82">
-        <v>79.989317848134618</v>
+        <v>85.57125258212443</v>
       </c>
       <c r="M17" s="82">
-        <v>20.010682151865378</v>
+        <v>14.428747417875565</v>
       </c>
       <c r="N17" s="70">
-        <v>-1118.8599999999997</v>
+        <v>-604.84999999999991</v>
       </c>
       <c r="O17" s="70">
-        <v>-1197.25</v>
+        <v>-1005.9399999999996</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="99" t="s">
         <v>51</v>
       </c>
       <c r="B18" s="70">
-        <v>2676.91</v>
+        <v>2948.73</v>
       </c>
       <c r="C18" s="70">
-        <v>2882.85</v>
+        <v>3023.83</v>
       </c>
       <c r="D18" s="82">
-        <v>2.1655074627134745</v>
+        <v>2.2459621287510756</v>
       </c>
       <c r="E18" s="82">
-        <v>7.6931985012570498</v>
+        <v>2.5468591563147491</v>
       </c>
       <c r="F18" s="82">
-        <v>24.912846662157236</v>
+        <v>24.627707245446999</v>
       </c>
       <c r="G18" s="82">
-        <v>75.087153337842764</v>
+        <v>75.372292754553001</v>
       </c>
       <c r="H18" s="70">
-        <v>987.34</v>
+        <v>1213.0999999999999</v>
       </c>
       <c r="I18" s="70">
-        <v>1112.26</v>
+        <v>1225.2</v>
       </c>
       <c r="J18" s="82">
-        <v>0.87865741563996935</v>
+        <v>0.93609007735349659</v>
       </c>
       <c r="K18" s="82">
-        <v>12.652176555188685</v>
+        <v>0.99744456351497301</v>
       </c>
       <c r="L18" s="82">
-        <v>44.576807580961287</v>
+        <v>41.021057786483837</v>
       </c>
       <c r="M18" s="82">
-        <v>55.423192419038713</v>
+        <v>58.978942213516163</v>
       </c>
       <c r="N18" s="70">
-        <v>1689.5699999999997</v>
+        <v>1735.63</v>
       </c>
       <c r="O18" s="70">
-        <v>1770.59</v>
+        <v>1798.6299999999999</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="99" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="70">
-        <v>2475.19</v>
+        <v>2572.89</v>
       </c>
       <c r="C19" s="70">
-        <v>2467.5700000000002</v>
+        <v>2507.65</v>
       </c>
       <c r="D19" s="82">
-        <v>1.8535620132049495</v>
+        <v>1.8625673176609248</v>
       </c>
       <c r="E19" s="82">
-        <v>-0.30785515455378742</v>
+        <v>-2.535670005324743</v>
       </c>
       <c r="F19" s="82">
-        <v>42.150779917084421</v>
+        <v>44.004546088967757</v>
       </c>
       <c r="G19" s="82">
-        <v>57.849220082915579</v>
+        <v>55.995453911032243</v>
       </c>
       <c r="H19" s="70">
-        <v>408.74</v>
+        <v>234.4</v>
       </c>
       <c r="I19" s="70">
-        <v>272.98</v>
+        <v>357.51</v>
       </c>
       <c r="J19" s="82">
-        <v>0.21564733184812798</v>
+        <v>0.27314851742952045</v>
       </c>
       <c r="K19" s="82">
-        <v>-33.21426823897832</v>
+        <v>52.521331058020472</v>
       </c>
       <c r="L19" s="82">
-        <v>34.508022565755738</v>
+        <v>61.371709882241056</v>
       </c>
       <c r="M19" s="82">
-        <v>65.491977434244262</v>
+        <v>38.628290117758944</v>
       </c>
       <c r="N19" s="70">
-        <v>2066.4499999999998</v>
+        <v>2338.4899999999998</v>
       </c>
       <c r="O19" s="70">
-        <v>2194.59</v>
+        <v>2150.1400000000003</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="99" t="s">
-        <v>140</v>
+        <v>123</v>
       </c>
       <c r="B20" s="70">
-        <v>1567.86</v>
+        <v>1769.83</v>
       </c>
       <c r="C20" s="70">
-        <v>1745.5</v>
+        <v>1937.28</v>
       </c>
       <c r="D20" s="82">
-        <v>1.3111654356509601</v>
+        <v>1.4389226619177942</v>
       </c>
       <c r="E20" s="82">
-        <v>11.330093248121651</v>
+        <v>9.4613606956600389</v>
       </c>
       <c r="F20" s="82">
-        <v>68.565454024634775</v>
+        <v>62.511872315824249</v>
       </c>
       <c r="G20" s="82">
-        <v>31.434545975365229</v>
+        <v>37.488127684175751</v>
       </c>
       <c r="H20" s="70">
-        <v>2122.34</v>
+        <v>1944.06</v>
       </c>
       <c r="I20" s="70">
-        <v>1943.69</v>
+        <v>2119.9</v>
       </c>
       <c r="J20" s="82">
-        <v>1.5354661969370937</v>
+        <v>1.6196680990709085</v>
       </c>
       <c r="K20" s="82">
-        <v>-8.4175956727008909</v>
+        <v>9.0449883234056649</v>
       </c>
       <c r="L20" s="82">
-        <v>93.480956325339946</v>
+        <v>91.866125760649084</v>
       </c>
       <c r="M20" s="82">
-        <v>6.519043674660054</v>
+        <v>8.1338742393509129</v>
       </c>
       <c r="N20" s="70">
-        <v>-554.48000000000025</v>
+        <v>-174.23000000000002</v>
       </c>
       <c r="O20" s="70">
-        <v>-198.19000000000005</v>
+        <v>-182.62000000000012</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="99" t="s">
-        <v>146</v>
+        <v>129</v>
       </c>
       <c r="B21" s="70">
-        <v>1483.13</v>
+        <v>1526.31</v>
       </c>
       <c r="C21" s="70">
-        <v>1529.24</v>
+        <v>1604.25</v>
       </c>
       <c r="D21" s="82">
-        <v>1.1487176343826262</v>
+        <v>1.191563264154702</v>
       </c>
       <c r="E21" s="82">
-        <v>3.1089654986413797</v>
+        <v>5.1064331623326886</v>
       </c>
       <c r="F21" s="82">
-        <v>69.568543851847977</v>
+        <v>65.323983169705471</v>
       </c>
       <c r="G21" s="82">
-        <v>30.431456148152026</v>
+        <v>34.676016830294529</v>
       </c>
       <c r="H21" s="70">
-        <v>1211.6500000000001</v>
+        <v>1155.83</v>
       </c>
       <c r="I21" s="70">
-        <v>1155.82</v>
+        <v>1213.97</v>
       </c>
       <c r="J21" s="82">
-        <v>0.91306871967434711</v>
+        <v>0.92751001567484814</v>
       </c>
       <c r="K21" s="82">
-        <v>-4.6077662691371399</v>
+        <v>5.0301514928666071</v>
       </c>
       <c r="L21" s="82">
-        <v>84.168815213441533</v>
+        <v>84.223662858225495</v>
       </c>
       <c r="M21" s="82">
-        <v>15.831184786558461</v>
+        <v>15.77633714177451</v>
       </c>
       <c r="N21" s="70">
-        <v>271.48</v>
+        <v>370.48</v>
       </c>
       <c r="O21" s="70">
-        <v>373.42000000000007</v>
+        <v>390.28</v>
       </c>
     </row>
     <row r="22" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="99" t="s">
-        <v>113</v>
+        <v>96</v>
       </c>
       <c r="B22" s="70">
-        <v>1196.49</v>
+        <v>1323.81</v>
       </c>
       <c r="C22" s="70">
-        <v>1278.3399999999999</v>
+        <v>1403.91</v>
       </c>
       <c r="D22" s="82">
-        <v>0.96024934002294371</v>
+        <v>1.0427599078568974</v>
       </c>
       <c r="E22" s="82">
-        <v>6.8408427985189935</v>
+        <v>6.0507172479434459</v>
       </c>
       <c r="F22" s="82">
-        <v>30.078852261526663</v>
+        <v>29.591640489774989</v>
       </c>
       <c r="G22" s="82">
-        <v>69.921147738473337</v>
+        <v>70.408359510225011</v>
       </c>
       <c r="H22" s="70">
-        <v>496.37</v>
+        <v>458.81</v>
       </c>
       <c r="I22" s="70">
-        <v>458.22</v>
+        <v>543.85</v>
       </c>
       <c r="J22" s="82">
-        <v>0.36198227122664373</v>
+        <v>0.41551794692188959</v>
       </c>
       <c r="K22" s="82">
-        <v>-7.6857989000140972</v>
+        <v>18.53490551644472</v>
       </c>
       <c r="L22" s="82">
-        <v>55.663218541312034</v>
+        <v>56.603842971407559</v>
       </c>
       <c r="M22" s="82">
-        <v>44.336781458687966</v>
+        <v>43.396157028592441</v>
       </c>
       <c r="N22" s="70">
-        <v>700.12</v>
+        <v>865</v>
       </c>
       <c r="O22" s="70">
-        <v>820.11999999999989</v>
+        <v>860.06000000000006</v>
       </c>
     </row>
     <row r="23" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="99" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B23" s="70">
-        <v>1038.68</v>
+        <v>839.08</v>
       </c>
       <c r="C23" s="70">
-        <v>1203.18</v>
+        <v>1111.52</v>
       </c>
       <c r="D23" s="82">
-        <v>0.90379148030164547</v>
+        <v>0.82558603669829167</v>
       </c>
       <c r="E23" s="82">
-        <v>15.837409019139676</v>
+        <v>32.468894503503833</v>
       </c>
       <c r="F23" s="82">
-        <v>94.057414518193454</v>
+        <v>81.743018569166537</v>
       </c>
       <c r="G23" s="82">
-        <v>5.942585481806546</v>
+        <v>18.256981430833456</v>
       </c>
       <c r="H23" s="70">
-        <v>566.11</v>
+        <v>1685.06</v>
       </c>
       <c r="I23" s="70">
-        <v>652.98</v>
+        <v>1827.9</v>
       </c>
       <c r="J23" s="82">
-        <v>0.5158377710828288</v>
+        <v>1.3965712148175451</v>
       </c>
       <c r="K23" s="82">
-        <v>15.345074278850401</v>
+        <v>8.4768494890389743</v>
       </c>
       <c r="L23" s="82">
-        <v>69.100125578118778</v>
+        <v>84.394113463537394</v>
       </c>
       <c r="M23" s="82">
-        <v>30.899874421881222</v>
+        <v>15.605886536462608</v>
       </c>
       <c r="N23" s="70">
-        <v>472.57000000000005</v>
+        <v>-845.9799999999999</v>
       </c>
       <c r="O23" s="70">
-        <v>550.20000000000005</v>
+        <v>-716.38000000000011</v>
       </c>
     </row>
     <row r="24" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="99" t="s">
         <v>117</v>
       </c>
       <c r="B24" s="70">
-        <v>905.85</v>
+        <v>1224.9100000000001</v>
       </c>
       <c r="C24" s="70">
-        <v>1046.25</v>
+        <v>1107.31</v>
       </c>
       <c r="D24" s="82">
-        <v>0.78591053397296873</v>
+        <v>0.82245904193931318</v>
       </c>
       <c r="E24" s="82">
-        <v>15.499254843517136</v>
+        <v>-9.6007053579446762</v>
       </c>
       <c r="F24" s="82">
-        <v>48.90131421744325</v>
+        <v>90.677407410752181</v>
       </c>
       <c r="G24" s="82">
-        <v>51.09868578255675</v>
+        <v>9.322592589247817</v>
       </c>
       <c r="H24" s="70">
-        <v>558.01</v>
+        <v>653.04999999999995</v>
       </c>
       <c r="I24" s="70">
-        <v>586.67999999999995</v>
+        <v>623.41</v>
       </c>
       <c r="J24" s="82">
-        <v>0.46346243918477437</v>
+        <v>0.4763042075766758</v>
       </c>
       <c r="K24" s="82">
-        <v>5.1379007544667585</v>
+        <v>-4.5387030089579641</v>
       </c>
       <c r="L24" s="82">
-        <v>79.658416854162397</v>
+        <v>71.660704833095394</v>
       </c>
       <c r="M24" s="82">
-        <v>20.341583145837596</v>
+        <v>28.339295166904606</v>
       </c>
       <c r="N24" s="70">
-        <v>347.84000000000003</v>
+        <v>571.86000000000013</v>
       </c>
       <c r="O24" s="70">
-        <v>459.57000000000005</v>
+        <v>483.9</v>
       </c>
     </row>
     <row r="25" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="99" t="s">
-        <v>26</v>
+        <v>100</v>
       </c>
       <c r="B25" s="70">
-        <v>845.23</v>
+        <v>1068.0999999999999</v>
       </c>
       <c r="C25" s="70">
-        <v>902.59</v>
+        <v>1062.6300000000001</v>
       </c>
       <c r="D25" s="82">
-        <v>0.67799759986490982</v>
+        <v>0.78927278877276674</v>
       </c>
       <c r="E25" s="82">
-        <v>6.7863185168534024</v>
+        <v>-0.51212433292760984</v>
       </c>
       <c r="F25" s="82">
-        <v>14.229051950498018</v>
+        <v>49.034941607144532</v>
       </c>
       <c r="G25" s="82">
-        <v>85.770948049501982</v>
+        <v>50.965058392855468</v>
       </c>
       <c r="H25" s="70">
-        <v>526.44000000000005</v>
+        <v>587.32000000000005</v>
       </c>
       <c r="I25" s="70">
-        <v>501.44</v>
+        <v>716.43</v>
       </c>
       <c r="J25" s="82">
-        <v>0.39612498381539046</v>
+        <v>0.54737431775903156</v>
       </c>
       <c r="K25" s="82">
-        <v>-4.7488792644935902</v>
+        <v>21.982905400803631</v>
       </c>
       <c r="L25" s="82">
-        <v>19.104977664326739</v>
+        <v>79.896151752439181</v>
       </c>
       <c r="M25" s="82">
-        <v>80.895022335673261</v>
+        <v>20.103848247560823</v>
       </c>
       <c r="N25" s="70">
-        <v>318.78999999999996</v>
+        <v>480.77999999999986</v>
       </c>
       <c r="O25" s="70">
-        <v>401.15000000000003</v>
+        <v>346.20000000000016</v>
       </c>
     </row>
     <row r="26" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="99" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
       <c r="B26" s="70">
-        <v>805.98</v>
+        <v>912.74</v>
       </c>
       <c r="C26" s="70">
-        <v>878.83</v>
+        <v>928.92</v>
       </c>
       <c r="D26" s="82">
-        <v>0.66014982515791076</v>
+        <v>0.68995913812596898</v>
       </c>
       <c r="E26" s="82">
-        <v>9.0386858234695673</v>
+        <v>1.7726844446392127</v>
       </c>
       <c r="F26" s="82">
-        <v>56.389745457028098</v>
+        <v>14.365069112517759</v>
       </c>
       <c r="G26" s="82">
-        <v>43.610254542971902</v>
+        <v>85.634930887482241</v>
       </c>
       <c r="H26" s="70">
-        <v>425.42</v>
+        <v>533.55999999999995</v>
       </c>
       <c r="I26" s="70">
-        <v>411</v>
+        <v>588.34</v>
       </c>
       <c r="J26" s="82">
-        <v>0.32467965927753167</v>
+        <v>0.44950966055350644</v>
       </c>
       <c r="K26" s="82">
-        <v>-3.3895914625546557</v>
+        <v>10.266886573206405</v>
       </c>
       <c r="L26" s="82">
-        <v>78.352798053527977</v>
+        <v>18.725566849100858</v>
       </c>
       <c r="M26" s="82">
-        <v>21.64720194647202</v>
+        <v>81.274433150899142</v>
       </c>
       <c r="N26" s="70">
-        <v>380.56</v>
+        <v>379.18000000000006</v>
       </c>
       <c r="O26" s="70">
-        <v>467.83000000000004</v>
+        <v>340.57999999999993</v>
       </c>
     </row>
     <row r="27" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="99" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="B27" s="70">
-        <v>801.12</v>
+        <v>885.74</v>
       </c>
       <c r="C27" s="70">
-        <v>864.29</v>
+        <v>926.52</v>
       </c>
       <c r="D27" s="82">
-        <v>0.64922782834647275</v>
+        <v>0.68817652828712139</v>
       </c>
       <c r="E27" s="82">
-        <v>7.8852107050129767</v>
+        <v>4.604059882132451</v>
       </c>
       <c r="F27" s="82">
-        <v>51.458422520218903</v>
+        <v>51.137590122177606</v>
       </c>
       <c r="G27" s="82">
-        <v>48.541577479781097</v>
+        <v>48.862409877822394</v>
       </c>
       <c r="H27" s="70">
-        <v>681.16</v>
+        <v>705.8</v>
       </c>
       <c r="I27" s="70">
-        <v>705.6</v>
+        <v>699.97</v>
       </c>
       <c r="J27" s="82">
-        <v>0.5574062471684339</v>
+        <v>0.53479837695488641</v>
       </c>
       <c r="K27" s="82">
-        <v>3.5879969463855854</v>
+        <v>-0.82601303485405597</v>
       </c>
       <c r="L27" s="82">
-        <v>84.462868480725632</v>
+        <v>83.78787662328385</v>
       </c>
       <c r="M27" s="82">
-        <v>15.537131519274375</v>
+        <v>16.212123376716146</v>
       </c>
       <c r="N27" s="70">
-        <v>119.96000000000004</v>
+        <v>179.94000000000005</v>
       </c>
       <c r="O27" s="70">
-        <v>158.68999999999994</v>
+        <v>226.54999999999995</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="99" t="s">
-        <v>141</v>
+        <v>124</v>
       </c>
       <c r="B28" s="70">
-        <v>802.39</v>
+        <v>876.29</v>
       </c>
       <c r="C28" s="70">
-        <v>864.13</v>
+        <v>914.64</v>
       </c>
       <c r="D28" s="82">
-        <v>0.64910764131140886</v>
+        <v>0.6793526095848258</v>
       </c>
       <c r="E28" s="82">
-        <v>7.6945126434776121</v>
+        <v>4.3764050713804821</v>
       </c>
       <c r="F28" s="82">
-        <v>76.938655063474243</v>
+        <v>75.342211143182013</v>
       </c>
       <c r="G28" s="82">
-        <v>23.061344936525753</v>
+        <v>24.657788856817984</v>
       </c>
       <c r="H28" s="70">
-        <v>840.04</v>
+        <v>916.01</v>
       </c>
       <c r="I28" s="70">
-        <v>916.03</v>
+        <v>974.5</v>
       </c>
       <c r="J28" s="82">
-        <v>0.72364065276884992</v>
+        <v>0.74454764967432441</v>
       </c>
       <c r="K28" s="82">
-        <v>9.0459978096281155</v>
+        <v>6.3853014705079651</v>
       </c>
       <c r="L28" s="82">
-        <v>92.100695392072311</v>
+        <v>93.575166752180607</v>
       </c>
       <c r="M28" s="82">
-        <v>7.8993046079276885</v>
+        <v>6.4248332478193948</v>
       </c>
       <c r="N28" s="70">
-        <v>-37.649999999999977</v>
+        <v>-39.720000000000027</v>
       </c>
       <c r="O28" s="70">
-        <v>-51.899999999999977</v>
+        <v>-59.860000000000014</v>
       </c>
     </row>
     <row r="29" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="99" t="s">
-        <v>149</v>
+        <v>21</v>
       </c>
       <c r="B29" s="70">
-        <v>1060.53</v>
+        <v>796.78</v>
       </c>
       <c r="C29" s="70">
-        <v>836.55</v>
+        <v>805.9</v>
       </c>
       <c r="D29" s="82">
-        <v>0.62839040114225753</v>
+        <v>0.59858552880303839</v>
       </c>
       <c r="E29" s="82">
-        <v>-21.119628864812878</v>
+        <v>1.1446070433494822</v>
       </c>
       <c r="F29" s="82">
-        <v>82.078775924929772</v>
+        <v>67.533192703809405</v>
       </c>
       <c r="G29" s="82">
-        <v>17.921224075070228</v>
+        <v>32.466807296190595</v>
       </c>
       <c r="H29" s="70">
-        <v>1320.14</v>
+        <v>4673.6099999999997</v>
       </c>
       <c r="I29" s="70">
-        <v>1685.88</v>
+        <v>5123.46</v>
       </c>
       <c r="J29" s="82">
-        <v>1.3318027834131512</v>
+        <v>3.9144793239614306</v>
       </c>
       <c r="K29" s="82">
-        <v>27.704637386943809</v>
+        <v>9.6253217534197422</v>
       </c>
       <c r="L29" s="82">
-        <v>84.85657342159584</v>
+        <v>82.069734124985843</v>
       </c>
       <c r="M29" s="82">
-        <v>15.143426578404156</v>
+        <v>17.93026587501415</v>
       </c>
       <c r="N29" s="70">
-        <v>-259.61000000000013</v>
+        <v>-3876.83</v>
       </c>
       <c r="O29" s="70">
-        <v>-849.33000000000015</v>
+        <v>-4317.5600000000004</v>
       </c>
     </row>
     <row r="30" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="99" t="s">
-        <v>21</v>
+        <v>106</v>
       </c>
       <c r="B30" s="70">
-        <v>929.91</v>
+        <v>878.5</v>
       </c>
       <c r="C30" s="70">
-        <v>797.54</v>
+        <v>764.96</v>
       </c>
       <c r="D30" s="82">
-        <v>0.59908729965572427</v>
+        <v>0.56817717596869621</v>
       </c>
       <c r="E30" s="82">
-        <v>-14.234710885999721</v>
+        <v>-12.924302788844615</v>
       </c>
       <c r="F30" s="82">
-        <v>69.729417960227707</v>
+        <v>42.853221083455352</v>
       </c>
       <c r="G30" s="82">
-        <v>30.270582039772297</v>
+        <v>57.146778916544648</v>
       </c>
       <c r="H30" s="70">
-        <v>4809.13</v>
+        <v>411.41</v>
       </c>
       <c r="I30" s="70">
-        <v>4667.1099999999997</v>
+        <v>380.26</v>
       </c>
       <c r="J30" s="82">
-        <v>3.6868994759385902</v>
+        <v>0.29053020961021919</v>
       </c>
       <c r="K30" s="82">
-        <v>-2.9531328951390465</v>
+        <v>-7.571522325660542</v>
       </c>
       <c r="L30" s="82">
-        <v>83.651553102455267</v>
+        <v>78.864461158154938</v>
       </c>
       <c r="M30" s="82">
-        <v>16.348446897544736</v>
+        <v>21.135538841845054</v>
       </c>
       <c r="N30" s="70">
-        <v>-3879.2200000000003</v>
+        <v>467.09</v>
       </c>
       <c r="O30" s="70">
-        <v>-3869.5699999999997</v>
+        <v>384.70000000000005</v>
       </c>
     </row>
     <row r="31" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="99" t="s">
-        <v>143</v>
+        <v>126</v>
       </c>
       <c r="B31" s="70">
-        <v>780.49</v>
+        <v>707.27</v>
       </c>
       <c r="C31" s="70">
-        <v>708.16</v>
+        <v>746.02</v>
       </c>
       <c r="D31" s="82">
-        <v>0.5319478171931159</v>
+        <v>0.55410941332379038</v>
       </c>
       <c r="E31" s="82">
-        <v>-9.2672551858447942</v>
+        <v>5.4788129003068136</v>
       </c>
       <c r="F31" s="82">
-        <v>74.454925440578393</v>
+        <v>74.556982386531189</v>
       </c>
       <c r="G31" s="82">
-        <v>25.5450745594216</v>
+        <v>25.443017613468811</v>
       </c>
       <c r="H31" s="70">
-        <v>541.91</v>
+        <v>584.07000000000005</v>
       </c>
       <c r="I31" s="70">
-        <v>580.12</v>
+        <v>486.06</v>
       </c>
       <c r="J31" s="82">
-        <v>0.45828020423377536</v>
+        <v>0.37136462863078723</v>
       </c>
       <c r="K31" s="82">
-        <v>7.0509863261427244</v>
+        <v>-16.780522882531208</v>
       </c>
       <c r="L31" s="82">
-        <v>90.767427428807835</v>
+        <v>87.729909887668185</v>
       </c>
       <c r="M31" s="82">
-        <v>9.2325725711921667</v>
+        <v>12.270090112331811</v>
       </c>
       <c r="N31" s="70">
-        <v>238.58000000000004</v>
+        <v>123.19999999999993</v>
       </c>
       <c r="O31" s="70">
-        <v>128.03999999999996</v>
+        <v>259.95999999999998</v>
       </c>
     </row>
     <row r="32" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="99" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B32" s="70">
-        <v>626.21</v>
+        <v>557.63</v>
       </c>
       <c r="C32" s="70">
-        <v>617.17999999999995</v>
+        <v>651.54999999999995</v>
       </c>
       <c r="D32" s="82">
-        <v>0.46360646437986791</v>
+        <v>0.48394143354215119</v>
       </c>
       <c r="E32" s="82">
-        <v>-1.4420082719854499</v>
+        <v>16.842709323386469</v>
       </c>
       <c r="F32" s="82">
-        <v>75.76071810492887</v>
+        <v>40.211802624510774</v>
       </c>
       <c r="G32" s="82">
-        <v>24.23928189507113</v>
+        <v>59.788197375489226</v>
       </c>
       <c r="H32" s="70">
-        <v>338.51</v>
+        <v>643.29999999999995</v>
       </c>
       <c r="I32" s="70">
-        <v>332.42</v>
+        <v>227.83</v>
       </c>
       <c r="J32" s="82">
-        <v>0.26260343634315592</v>
+        <v>0.17406905184741031</v>
       </c>
       <c r="K32" s="82">
-        <v>-1.7990605890520146</v>
+        <v>-64.584175345872836</v>
       </c>
       <c r="L32" s="82">
-        <v>97.169243727814205</v>
+        <v>52.196813413510078</v>
       </c>
       <c r="M32" s="82">
-        <v>2.8307562721857891</v>
+        <v>47.803186586489922</v>
       </c>
       <c r="N32" s="70">
-        <v>287.70000000000005</v>
+        <v>-85.669999999999959</v>
       </c>
       <c r="O32" s="70">
-        <v>284.75999999999993</v>
+        <v>423.71999999999991</v>
       </c>
     </row>
     <row r="33" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="99" t="s">
-        <v>136</v>
+        <v>95</v>
       </c>
       <c r="B33" s="70">
-        <v>519.91</v>
+        <v>650.98</v>
       </c>
       <c r="C33" s="70">
-        <v>557.17999999999995</v>
+        <v>632.14</v>
       </c>
       <c r="D33" s="82">
-        <v>0.4185363262308805</v>
+        <v>0.46952457647047119</v>
       </c>
       <c r="E33" s="82">
-        <v>7.168548402608141</v>
+        <v>-2.8940981289747816</v>
       </c>
       <c r="F33" s="82">
-        <v>38.770235830431808</v>
+        <v>57.564779953807701</v>
       </c>
       <c r="G33" s="82">
-        <v>61.229764169568192</v>
+        <v>42.435220046192299</v>
       </c>
       <c r="H33" s="70">
-        <v>71.489999999999995</v>
+        <v>290.32</v>
       </c>
       <c r="I33" s="70">
-        <v>59.96</v>
+        <v>330.23</v>
       </c>
       <c r="J33" s="82">
-        <v>4.7366891411875424E-2</v>
+        <v>0.25230576742119259</v>
       </c>
       <c r="K33" s="82">
-        <v>-16.1281298083648</v>
+        <v>13.74689997244421</v>
       </c>
       <c r="L33" s="82">
-        <v>52.735156771180783</v>
+        <v>5.0843351603428033</v>
       </c>
       <c r="M33" s="82">
-        <v>47.264843228819217</v>
+        <v>94.915664839657197</v>
       </c>
       <c r="N33" s="70">
-        <v>448.41999999999996</v>
+        <v>360.66</v>
       </c>
       <c r="O33" s="70">
-        <v>497.21999999999997</v>
+        <v>301.90999999999997</v>
       </c>
     </row>
     <row r="34" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="99" t="s">
-        <v>138</v>
+        <v>103</v>
       </c>
       <c r="B34" s="70">
-        <v>516.66999999999996</v>
+        <v>620.76</v>
       </c>
       <c r="C34" s="70">
-        <v>557.07000000000005</v>
+        <v>584.5</v>
       </c>
       <c r="D34" s="82">
-        <v>0.41845369764427409</v>
+        <v>0.43413977116934599</v>
       </c>
       <c r="E34" s="82">
-        <v>7.8193043915845886</v>
+        <v>-5.8412268831754615</v>
       </c>
       <c r="F34" s="82">
-        <v>40.709426104439295</v>
+        <v>78.109495295124034</v>
       </c>
       <c r="G34" s="82">
-        <v>59.290573895560705</v>
+        <v>21.890504704875962</v>
       </c>
       <c r="H34" s="70">
-        <v>313.17</v>
+        <v>332.43</v>
       </c>
       <c r="I34" s="70">
-        <v>614.05999999999995</v>
+        <v>439.44</v>
       </c>
       <c r="J34" s="82">
-        <v>0.48509195030647467</v>
+        <v>0.33574553019280157</v>
       </c>
       <c r="K34" s="82">
-        <v>96.07880703771113</v>
+        <v>32.190235538308812</v>
       </c>
       <c r="L34" s="82">
-        <v>78.106373969970363</v>
+        <v>96.993901328964142</v>
       </c>
       <c r="M34" s="82">
-        <v>21.89362603002964</v>
+        <v>3.0060986710358639</v>
       </c>
       <c r="N34" s="70">
-        <v>203.49999999999994</v>
+        <v>288.33</v>
       </c>
       <c r="O34" s="70">
-        <v>-56.989999999999895</v>
+        <v>145.06</v>
       </c>
     </row>
     <row r="35" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="99" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B35" s="70">
-        <v>492.2</v>
+        <v>517.30999999999995</v>
       </c>
       <c r="C35" s="70">
-        <v>550.58000000000004</v>
+        <v>578.54</v>
       </c>
       <c r="D35" s="82">
-        <v>0.41357861103449189</v>
+        <v>0.4297129567362078</v>
       </c>
       <c r="E35" s="82">
-        <v>11.861032100772055</v>
+        <v>11.836229726856242</v>
       </c>
       <c r="F35" s="82">
-        <v>70.743579497983944</v>
+        <v>81.290835551560832</v>
       </c>
       <c r="G35" s="82">
-        <v>29.256420502016056</v>
+        <v>18.709164448439175</v>
       </c>
       <c r="H35" s="70">
-        <v>270.70999999999998</v>
+        <v>718.97</v>
       </c>
       <c r="I35" s="70">
-        <v>290.36</v>
+        <v>957.38</v>
       </c>
       <c r="J35" s="82">
-        <v>0.22937709456891509</v>
+        <v>0.73146744878933267</v>
       </c>
       <c r="K35" s="82">
-        <v>7.2586901111891091</v>
+        <v>33.159937132286458</v>
       </c>
       <c r="L35" s="82">
-        <v>6.0338889654222498</v>
+        <v>87.669472936556019</v>
       </c>
       <c r="M35" s="82">
-        <v>93.96611103457775</v>
+        <v>12.330527063443983</v>
       </c>
       <c r="N35" s="70">
-        <v>221.49</v>
+        <v>-201.66000000000008</v>
       </c>
       <c r="O35" s="70">
-        <v>260.22000000000003</v>
+        <v>-378.84000000000003</v>
       </c>
     </row>
     <row r="36" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="99" t="s">
-        <v>135</v>
+        <v>113</v>
       </c>
       <c r="B36" s="70">
-        <v>479.88</v>
+        <v>515.85</v>
       </c>
       <c r="C36" s="70">
-        <v>535.01</v>
+        <v>541.97</v>
       </c>
       <c r="D36" s="82">
-        <v>0.40188291018482963</v>
+        <v>0.40255043931676732</v>
       </c>
       <c r="E36" s="82">
-        <v>11.488288738851379</v>
+        <v>5.0634874479015224</v>
       </c>
       <c r="F36" s="82">
-        <v>73.24349077587334</v>
+        <v>73.646142775430377</v>
       </c>
       <c r="G36" s="82">
-        <v>26.756509224126653</v>
+        <v>26.353857224569627</v>
       </c>
       <c r="H36" s="70">
-        <v>309.58999999999997</v>
+        <v>536.29999999999995</v>
       </c>
       <c r="I36" s="70">
-        <v>275.43</v>
+        <v>500.35</v>
       </c>
       <c r="J36" s="82">
-        <v>0.21758277020635172</v>
+        <v>0.38228262341154257</v>
       </c>
       <c r="K36" s="82">
-        <v>-11.033948124939426</v>
+        <v>-6.7033376841320029</v>
       </c>
       <c r="L36" s="82">
-        <v>27.745706713139455</v>
+        <v>58.91076246627361</v>
       </c>
       <c r="M36" s="82">
-        <v>72.254293286860545</v>
+        <v>41.08923753372639</v>
       </c>
       <c r="N36" s="70">
-        <v>170.29000000000002</v>
+        <v>-20.449999999999932</v>
       </c>
       <c r="O36" s="70">
-        <v>259.58</v>
+        <v>41.620000000000005</v>
       </c>
     </row>
     <row r="37" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="99" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="B37" s="70">
-        <v>531.77</v>
+        <v>430.16</v>
       </c>
       <c r="C37" s="70">
-        <v>522.01</v>
+        <v>538.23</v>
       </c>
       <c r="D37" s="82">
-        <v>0.39211771358588238</v>
+        <v>0.39977253898456305</v>
       </c>
       <c r="E37" s="82">
-        <v>-1.8353799575004215</v>
+        <v>25.123209968383854</v>
       </c>
       <c r="F37" s="82">
-        <v>46.713664489186023</v>
+        <v>49.424967021533547</v>
       </c>
       <c r="G37" s="82">
-        <v>53.286335510813977</v>
+        <v>50.575032978466453</v>
       </c>
       <c r="H37" s="70">
-        <v>65.77</v>
+        <v>316.75</v>
       </c>
       <c r="I37" s="70">
-        <v>48.45</v>
+        <v>421.86</v>
       </c>
       <c r="J37" s="82">
-        <v>3.827428100242436E-2</v>
+        <v>0.32231387531206823</v>
       </c>
       <c r="K37" s="82">
-        <v>-26.334194921696813</v>
+        <v>33.183898973954228</v>
       </c>
       <c r="L37" s="82">
-        <v>37.358101135190921</v>
+        <v>14.848527947660358</v>
       </c>
       <c r="M37" s="82">
-        <v>62.641898864809079</v>
+        <v>85.151472052339642</v>
       </c>
       <c r="N37" s="70">
-        <v>466</v>
+        <v>113.41000000000003</v>
       </c>
       <c r="O37" s="70">
-        <v>473.56</v>
+        <v>116.37</v>
       </c>
     </row>
     <row r="38" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="99" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="B38" s="70">
-        <v>510.75</v>
+        <v>549.08000000000004</v>
       </c>
       <c r="C38" s="70">
-        <v>517.73</v>
+        <v>537.97</v>
       </c>
       <c r="D38" s="82">
-        <v>0.38890271039792124</v>
+        <v>0.39957942291868792</v>
       </c>
       <c r="E38" s="82">
-        <v>1.3666177190406301</v>
+        <v>-2.0233845705543843</v>
       </c>
       <c r="F38" s="82">
-        <v>79.479651555830259</v>
+        <v>71.619235273342383</v>
       </c>
       <c r="G38" s="82">
-        <v>20.520348444169738</v>
+        <v>28.38076472665762</v>
       </c>
       <c r="H38" s="70">
-        <v>768.5</v>
+        <v>275.45</v>
       </c>
       <c r="I38" s="70">
-        <v>718.73</v>
+        <v>276.27</v>
       </c>
       <c r="J38" s="82">
-        <v>0.5677786168188329</v>
+        <v>0.21107868565985183</v>
       </c>
       <c r="K38" s="82">
-        <v>-6.4762524398178245</v>
+        <v>0.29769468143038419</v>
       </c>
       <c r="L38" s="82">
-        <v>84.745314652233802</v>
+        <v>27.733738733847318</v>
       </c>
       <c r="M38" s="82">
-        <v>15.254685347766198</v>
+        <v>72.266261266152682</v>
       </c>
       <c r="N38" s="70">
-        <v>-257.75</v>
+        <v>273.63000000000005</v>
       </c>
       <c r="O38" s="70">
-        <v>-201</v>
+        <v>261.70000000000005</v>
       </c>
     </row>
     <row r="39" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="99" t="s">
-        <v>130</v>
+        <v>119</v>
       </c>
       <c r="B39" s="70">
-        <v>549.6</v>
+        <v>569.02</v>
       </c>
       <c r="C39" s="70">
-        <v>481.12</v>
+        <v>507.02</v>
       </c>
       <c r="D39" s="82">
-        <v>0.36140241443734739</v>
+        <v>0.37659118353854887</v>
       </c>
       <c r="E39" s="82">
-        <v>-12.459970887918489</v>
+        <v>-10.895926329478753</v>
       </c>
       <c r="F39" s="82">
-        <v>76.215912869970069</v>
+        <v>32.85077511735237</v>
       </c>
       <c r="G39" s="82">
-        <v>23.784087130029931</v>
+        <v>67.14922488264763</v>
       </c>
       <c r="H39" s="70">
-        <v>532.16999999999996</v>
+        <v>60.07</v>
       </c>
       <c r="I39" s="70">
-        <v>536.34</v>
+        <v>54.05</v>
       </c>
       <c r="J39" s="82">
-        <v>0.42369510573457747</v>
+        <v>4.1295844499638003E-2</v>
       </c>
       <c r="K39" s="82">
-        <v>0.78358419302104088</v>
+        <v>-10.021641418345268</v>
       </c>
       <c r="L39" s="82">
-        <v>73.514934556438078</v>
+        <v>53.265494912118406</v>
       </c>
       <c r="M39" s="82">
-        <v>26.485065443561922</v>
+        <v>46.734505087881594</v>
       </c>
       <c r="N39" s="70">
-        <v>17.430000000000064</v>
+        <v>508.95</v>
       </c>
       <c r="O39" s="70">
-        <v>-55.220000000000027</v>
+        <v>452.96999999999997</v>
       </c>
     </row>
     <row r="40" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="99" t="s">
-        <v>108</v>
+        <v>92</v>
       </c>
       <c r="B40" s="70">
-        <v>416.18</v>
+        <v>506.42</v>
       </c>
       <c r="C40" s="70">
-        <v>458.01</v>
+        <v>439.06</v>
       </c>
       <c r="D40" s="82">
-        <v>0.34404289956029577</v>
+        <v>0.3261136149351806</v>
       </c>
       <c r="E40" s="82">
-        <v>10.05093949733288</v>
+        <v>-13.301212432368391</v>
       </c>
       <c r="F40" s="82">
-        <v>97.312285757952878</v>
+        <v>43.688789687058716</v>
       </c>
       <c r="G40" s="82">
-        <v>2.6877142420471172</v>
+        <v>56.311210312941284</v>
       </c>
       <c r="H40" s="70">
-        <v>1002.99</v>
+        <v>47.95</v>
       </c>
       <c r="I40" s="70">
-        <v>1188.53</v>
+        <v>65.400000000000006</v>
       </c>
       <c r="J40" s="82">
-        <v>0.93890879669373417</v>
+        <v>4.9967589829349221E-2</v>
       </c>
       <c r="K40" s="82">
-        <v>18.49868892012881</v>
+        <v>36.392075078206467</v>
       </c>
       <c r="L40" s="82">
-        <v>94.370356659066246</v>
+        <v>38.532110091743121</v>
       </c>
       <c r="M40" s="82">
-        <v>5.6296433409337583</v>
+        <v>61.467889908256879</v>
       </c>
       <c r="N40" s="70">
-        <v>-586.80999999999995</v>
+        <v>458.47</v>
       </c>
       <c r="O40" s="70">
-        <v>-730.52</v>
+        <v>373.65999999999997</v>
       </c>
     </row>
     <row r="41" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="99" t="s">
-        <v>119</v>
+        <v>89</v>
       </c>
       <c r="B41" s="70">
-        <v>438.66</v>
+        <v>347.72</v>
       </c>
       <c r="C41" s="70">
-        <v>427.76</v>
+        <v>368.56</v>
       </c>
       <c r="D41" s="82">
-        <v>0.32132003824351452</v>
+        <v>0.27374945091903191</v>
       </c>
       <c r="E41" s="82">
-        <v>-2.4848401951397516</v>
+        <v>5.9933279650293265</v>
       </c>
       <c r="F41" s="82">
-        <v>48.955021507387322</v>
+        <v>67.26448882135881</v>
       </c>
       <c r="G41" s="82">
-        <v>51.044978492612678</v>
+        <v>32.735511178641197</v>
       </c>
       <c r="H41" s="70">
-        <v>369.67</v>
+        <v>227.66</v>
       </c>
       <c r="I41" s="70">
-        <v>300.66000000000003</v>
+        <v>305.70999999999998</v>
       </c>
       <c r="J41" s="82">
-        <v>0.23751383542185567</v>
+        <v>0.23357174138731421</v>
       </c>
       <c r="K41" s="82">
-        <v>-18.668001190250759</v>
+        <v>34.283580778353681</v>
       </c>
       <c r="L41" s="82">
-        <v>13.66660014634472</v>
+        <v>76.853881129174709</v>
       </c>
       <c r="M41" s="82">
-        <v>86.33339985365528</v>
+        <v>23.146118870825294</v>
       </c>
       <c r="N41" s="70">
-        <v>68.990000000000009</v>
+        <v>120.06000000000003</v>
       </c>
       <c r="O41" s="70">
-        <v>127.09999999999997</v>
+        <v>62.850000000000023</v>
       </c>
     </row>
     <row r="42" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="99" t="s">
-        <v>124</v>
+        <v>107</v>
       </c>
       <c r="B42" s="70">
-        <v>344.58</v>
+        <v>351.5</v>
       </c>
       <c r="C42" s="70">
-        <v>361.09</v>
+        <v>350.82</v>
       </c>
       <c r="D42" s="82">
-        <v>0.27123960307029799</v>
+        <v>0.26057299319354998</v>
       </c>
       <c r="E42" s="82">
-        <v>4.7913401822508535</v>
+        <v>-0.19345661450924803</v>
       </c>
       <c r="F42" s="82">
-        <v>68.451078678445811</v>
+        <v>67.77834787070293</v>
       </c>
       <c r="G42" s="82">
-        <v>31.548921321554186</v>
+        <v>32.221652129297077</v>
       </c>
       <c r="H42" s="70">
-        <v>320.01</v>
+        <v>370.34</v>
       </c>
       <c r="I42" s="70">
-        <v>370.16</v>
+        <v>363.66</v>
       </c>
       <c r="J42" s="82">
-        <v>0.29241708680820228</v>
+        <v>0.27784730454650058</v>
       </c>
       <c r="K42" s="82">
-        <v>15.671385269210347</v>
+        <v>-1.8037479073283875</v>
       </c>
       <c r="L42" s="82">
-        <v>62.926842446509625</v>
+        <v>61.93697409668372</v>
       </c>
       <c r="M42" s="82">
-        <v>37.073157553490375</v>
+        <v>38.06302590331628</v>
       </c>
       <c r="N42" s="70">
-        <v>24.569999999999993</v>
+        <v>-18.839999999999975</v>
       </c>
       <c r="O42" s="70">
-        <v>-9.07000000000005</v>
+        <v>-12.840000000000032</v>
       </c>
     </row>
     <row r="43" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="99" t="s">
-        <v>106</v>
+        <v>133</v>
       </c>
       <c r="B43" s="70">
-        <v>331.73</v>
+        <v>193.8</v>
       </c>
       <c r="C43" s="70">
-        <v>355.73</v>
+        <v>314.33999999999997</v>
       </c>
       <c r="D43" s="82">
-        <v>0.26721333739565512</v>
+        <v>0.23347732364306625</v>
       </c>
       <c r="E43" s="82">
-        <v>7.2347993850420522</v>
+        <v>62.198142414860655</v>
       </c>
       <c r="F43" s="82">
-        <v>66.606696089730974</v>
+        <v>60.829038620601892</v>
       </c>
       <c r="G43" s="82">
-        <v>33.393303910269026</v>
+        <v>39.170961379398108</v>
       </c>
       <c r="H43" s="70">
-        <v>252.7</v>
+        <v>312.05</v>
       </c>
       <c r="I43" s="70">
-        <v>223.07</v>
+        <v>120.75</v>
       </c>
       <c r="J43" s="82">
-        <v>0.17621968757917031</v>
+        <v>9.2256673882170015E-2</v>
       </c>
       <c r="K43" s="82">
-        <v>-11.725366046695687</v>
+        <v>-61.304278160551192</v>
       </c>
       <c r="L43" s="82">
-        <v>77.616891558703543</v>
+        <v>87.461697722567294</v>
       </c>
       <c r="M43" s="82">
-        <v>22.383108441296454</v>
+        <v>12.538302277432711</v>
       </c>
       <c r="N43" s="70">
-        <v>79.03000000000003</v>
+        <v>-118.25</v>
       </c>
       <c r="O43" s="70">
-        <v>132.66000000000003</v>
+        <v>193.58999999999997</v>
       </c>
     </row>
     <row r="44" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="99" t="s">
-        <v>142</v>
+        <v>125</v>
       </c>
       <c r="B44" s="70">
-        <v>264.39999999999998</v>
+        <v>289.14</v>
       </c>
       <c r="C44" s="70">
-        <v>290.45999999999998</v>
+        <v>309.13</v>
       </c>
       <c r="D44" s="82">
-        <v>0.21818453877924826</v>
+        <v>0.22960757478456789</v>
       </c>
       <c r="E44" s="82">
-        <v>9.8562783661119528</v>
+        <v>6.913605865670613</v>
       </c>
       <c r="F44" s="82">
-        <v>59.643324382014733</v>
+        <v>46.145634522692724</v>
       </c>
       <c r="G44" s="82">
-        <v>40.356675617985267</v>
+        <v>53.854365477307276</v>
       </c>
       <c r="H44" s="70">
-        <v>820.97</v>
+        <v>809.21</v>
       </c>
       <c r="I44" s="70">
-        <v>807.32</v>
+        <v>787.55</v>
       </c>
       <c r="J44" s="82">
-        <v>0.63776248790252288</v>
+        <v>0.60171216162238506</v>
       </c>
       <c r="K44" s="82">
-        <v>-1.6626673325456445</v>
+        <v>-2.6766846677623954</v>
       </c>
       <c r="L44" s="82">
-        <v>83.712778080562856</v>
+        <v>82.982667767125889</v>
       </c>
       <c r="M44" s="82">
-        <v>16.287221919437151</v>
+        <v>17.017332232874104</v>
       </c>
       <c r="N44" s="70">
-        <v>-556.57000000000005</v>
+        <v>-520.07000000000005</v>
       </c>
       <c r="O44" s="70">
-        <v>-516.86000000000013</v>
+        <v>-478.41999999999996</v>
       </c>
     </row>
     <row r="45" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="99" t="s">
-        <v>107</v>
+        <v>90</v>
       </c>
       <c r="B45" s="70">
-        <v>297.04000000000002</v>
+        <v>282.29000000000002</v>
       </c>
       <c r="C45" s="70">
-        <v>281.64999999999998</v>
+        <v>308.29000000000002</v>
       </c>
       <c r="D45" s="82">
-        <v>0.2115667401610386</v>
+        <v>0.22898366134097123</v>
       </c>
       <c r="E45" s="82">
-        <v>-5.1811203878265699</v>
+        <v>9.2103864819866086</v>
       </c>
       <c r="F45" s="82">
-        <v>63.081839162080591</v>
+        <v>56.745272308540663</v>
       </c>
       <c r="G45" s="82">
-        <v>36.918160837919409</v>
+        <v>43.254727691459337</v>
       </c>
       <c r="H45" s="70">
-        <v>437.34</v>
+        <v>516.42999999999995</v>
       </c>
       <c r="I45" s="70">
-        <v>515.75</v>
+        <v>283.99</v>
       </c>
       <c r="J45" s="82">
-        <v>0.40742952377709724</v>
+        <v>0.21697700054490648</v>
       </c>
       <c r="K45" s="82">
-        <v>17.928842548131897</v>
+        <v>-45.009004124469911</v>
       </c>
       <c r="L45" s="82">
-        <v>82.094037809016001</v>
+        <v>76.851297580900734</v>
       </c>
       <c r="M45" s="82">
-        <v>17.905962190984003</v>
+        <v>23.148702419099262</v>
       </c>
       <c r="N45" s="70">
-        <v>-140.29999999999995</v>
+        <v>-234.13999999999993</v>
       </c>
       <c r="O45" s="70">
-        <v>-234.10000000000002</v>
+        <v>24.300000000000011</v>
       </c>
     </row>
     <row r="46" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="99" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="B46" s="70">
-        <v>255.44</v>
+        <v>271.75</v>
       </c>
       <c r="C46" s="70">
-        <v>273.01</v>
+        <v>291.7</v>
       </c>
       <c r="D46" s="82">
-        <v>0.2050766402675844</v>
+        <v>0.21666137082993708</v>
       </c>
       <c r="E46" s="82">
-        <v>6.8783275916066362</v>
+        <v>7.3413063477460865</v>
       </c>
       <c r="F46" s="82">
-        <v>64.869418702611625</v>
+        <v>59.718889269797735</v>
       </c>
       <c r="G46" s="82">
-        <v>35.130581297388375</v>
+        <v>40.281110730202265</v>
       </c>
       <c r="H46" s="70">
-        <v>1074.23</v>
+        <v>1037.77</v>
       </c>
       <c r="I46" s="70">
-        <v>1037.6500000000001</v>
+        <v>1043.95</v>
       </c>
       <c r="J46" s="82">
-        <v>0.81971739282075617</v>
+        <v>0.79760956272705075</v>
       </c>
       <c r="K46" s="82">
-        <v>-3.4052297925025301</v>
+        <v>0.59550767511106162</v>
       </c>
       <c r="L46" s="82">
-        <v>80.852888738977498</v>
+        <v>80.429139326596101</v>
       </c>
       <c r="M46" s="82">
-        <v>19.147111261022502</v>
+        <v>19.570860673403896</v>
       </c>
       <c r="N46" s="70">
-        <v>-818.79</v>
+        <v>-766.02</v>
       </c>
       <c r="O46" s="70">
-        <v>-764.6400000000001</v>
+        <v>-752.25</v>
       </c>
     </row>
     <row r="47" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="99" t="s">
-        <v>118</v>
+        <v>101</v>
       </c>
       <c r="B47" s="70">
-        <v>182.53</v>
+        <v>200.33</v>
       </c>
       <c r="C47" s="70">
-        <v>254.7</v>
+        <v>262.82</v>
       </c>
       <c r="D47" s="82">
-        <v>0.19132273644245174</v>
+        <v>0.19521063243580414</v>
       </c>
       <c r="E47" s="82">
-        <v>39.538705966142544</v>
+        <v>31.193530674387247</v>
       </c>
       <c r="F47" s="82">
-        <v>71.256380054966627</v>
+        <v>94.349745072673315</v>
       </c>
       <c r="G47" s="82">
-        <v>28.743619945033373</v>
+        <v>5.6502549273266878</v>
       </c>
       <c r="H47" s="70">
-        <v>204.22</v>
+        <v>213.74</v>
       </c>
       <c r="I47" s="70">
-        <v>211.86</v>
+        <v>210.99</v>
       </c>
       <c r="J47" s="82">
-        <v>0.16736406962174663</v>
+        <v>0.16120277948156564</v>
       </c>
       <c r="K47" s="82">
-        <v>3.7410635589070687</v>
+        <v>-1.2866098998783568</v>
       </c>
       <c r="L47" s="82">
-        <v>65.109034267912776</v>
+        <v>59.154462296791316</v>
       </c>
       <c r="M47" s="82">
-        <v>34.890965732087224</v>
+        <v>40.845537703208684</v>
       </c>
       <c r="N47" s="70">
-        <v>-21.689999999999998</v>
+        <v>-13.409999999999997</v>
       </c>
       <c r="O47" s="70">
-        <v>42.839999999999975</v>
+        <v>51.829999999999984</v>
       </c>
     </row>
     <row r="48" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="99" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="B48" s="70">
-        <v>213.46</v>
+        <v>181.1</v>
       </c>
       <c r="C48" s="70">
-        <v>222.47</v>
+        <v>239.7</v>
       </c>
       <c r="D48" s="82">
-        <v>0.167112560566754</v>
+        <v>0.17803815765490547</v>
       </c>
       <c r="E48" s="82">
-        <v>4.2209313220275417</v>
+        <v>32.357813362782991</v>
       </c>
       <c r="F48" s="82">
-        <v>60.147435609295634</v>
+        <v>26.96287025448477</v>
       </c>
       <c r="G48" s="82">
-        <v>39.852564390704366</v>
+        <v>73.03712974551523</v>
       </c>
       <c r="H48" s="70">
-        <v>156.69</v>
+        <v>150.58000000000001</v>
       </c>
       <c r="I48" s="70">
-        <v>167.97</v>
+        <v>168.93</v>
       </c>
       <c r="J48" s="82">
-        <v>0.13269207389013868</v>
+        <v>0.129067659783975</v>
       </c>
       <c r="K48" s="82">
-        <v>7.1989278192609625</v>
+        <v>12.186213308540307</v>
       </c>
       <c r="L48" s="82">
-        <v>84.568672977317377</v>
+        <v>39.838986562481502</v>
       </c>
       <c r="M48" s="82">
-        <v>15.431327022682623</v>
+        <v>60.161013437518498</v>
       </c>
       <c r="N48" s="70">
-        <v>56.77000000000001</v>
+        <v>30.519999999999982</v>
       </c>
       <c r="O48" s="70">
-        <v>54.5</v>
+        <v>70.769999999999982</v>
       </c>
     </row>
     <row r="49" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="99" t="s">
-        <v>132</v>
+        <v>115</v>
       </c>
       <c r="B49" s="70">
-        <v>236.65</v>
+        <v>203.7</v>
       </c>
       <c r="C49" s="70">
-        <v>203.12</v>
+        <v>235.76</v>
       </c>
       <c r="D49" s="82">
-        <v>0.15257744101370554</v>
+        <v>0.17511170650279728</v>
       </c>
       <c r="E49" s="82">
-        <v>-14.168603422776252</v>
+        <v>15.738831615120278</v>
       </c>
       <c r="F49" s="82">
-        <v>38.548641197321786</v>
+        <v>35.294367153036973</v>
       </c>
       <c r="G49" s="82">
-        <v>61.451358802678214</v>
+        <v>64.705632846963027</v>
       </c>
       <c r="H49" s="70">
-        <v>168.55</v>
+        <v>185.01</v>
       </c>
       <c r="I49" s="70">
-        <v>187.98</v>
+        <v>225.43</v>
       </c>
       <c r="J49" s="82">
-        <v>0.14849947044036593</v>
+        <v>0.17223537882614978</v>
       </c>
       <c r="K49" s="82">
-        <v>11.527736576683463</v>
+        <v>21.847467704448416</v>
       </c>
       <c r="L49" s="82">
-        <v>54.585594212150227</v>
+        <v>45.357760723949781</v>
       </c>
       <c r="M49" s="82">
-        <v>45.414405787849773</v>
+        <v>54.642239276050219</v>
       </c>
       <c r="N49" s="70">
-        <v>68.099999999999994</v>
+        <v>18.689999999999998</v>
       </c>
       <c r="O49" s="70">
-        <v>15.140000000000015</v>
+        <v>10.329999999999984</v>
       </c>
     </row>
     <row r="50" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="99" t="s">
-        <v>150</v>
+        <v>105</v>
       </c>
       <c r="B50" s="70">
-        <v>193.81</v>
+        <v>198.29</v>
       </c>
       <c r="C50" s="70">
-        <v>195.21</v>
+        <v>224.22</v>
       </c>
       <c r="D50" s="82">
-        <v>0.1466356944677307</v>
+        <v>0.16654032419433834</v>
       </c>
       <c r="E50" s="82">
-        <v>0.72235694752593038</v>
+        <v>13.076806697261588</v>
       </c>
       <c r="F50" s="82">
-        <v>46.529378617898672</v>
+        <v>35.862099723485869</v>
       </c>
       <c r="G50" s="82">
-        <v>53.470621382101328</v>
+        <v>64.137900276514131</v>
       </c>
       <c r="H50" s="70">
-        <v>367.06</v>
+        <v>97.11</v>
       </c>
       <c r="I50" s="70">
-        <v>312.05</v>
+        <v>105.92</v>
       </c>
       <c r="J50" s="82">
-        <v>0.24651164885049576</v>
+        <v>8.0926102671631028E-2</v>
       </c>
       <c r="K50" s="82">
-        <v>-14.986650683811909</v>
+        <v>9.0721861806199176</v>
       </c>
       <c r="L50" s="82">
-        <v>91.988463387277676</v>
+        <v>43.617824773413908</v>
       </c>
       <c r="M50" s="82">
-        <v>8.0115366127223204</v>
+        <v>56.382175226586092</v>
       </c>
       <c r="N50" s="70">
-        <v>-173.25</v>
+        <v>101.17999999999999</v>
       </c>
       <c r="O50" s="70">
-        <v>-116.84</v>
+        <v>118.3</v>
       </c>
     </row>
     <row r="51" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="99" t="s">
-        <v>122</v>
+        <v>91</v>
       </c>
       <c r="B51" s="70">
-        <v>157.61000000000001</v>
+        <v>385.65</v>
       </c>
       <c r="C51" s="70">
-        <v>183.09</v>
+        <v>214.84</v>
       </c>
       <c r="D51" s="82">
-        <v>0.13753152656163523</v>
+        <v>0.15957329074084226</v>
       </c>
       <c r="E51" s="82">
-        <v>16.166486898039455</v>
+        <v>-44.291455983404639</v>
       </c>
       <c r="F51" s="82">
-        <v>42.012125184335567</v>
+        <v>93.418357847700619</v>
       </c>
       <c r="G51" s="82">
-        <v>57.987874815664433</v>
+        <v>6.581642152299386</v>
       </c>
       <c r="H51" s="70">
-        <v>114.48</v>
+        <v>1186.6600000000001</v>
       </c>
       <c r="I51" s="70">
-        <v>96.97</v>
+        <v>924.28</v>
       </c>
       <c r="J51" s="82">
-        <v>7.6603860243655092E-2</v>
+        <v>0.70617804170444798</v>
       </c>
       <c r="K51" s="82">
-        <v>-15.295248078266951</v>
+        <v>-22.110798375271777</v>
       </c>
       <c r="L51" s="82">
-        <v>49.107971537588945</v>
+        <v>94.405374994590389</v>
       </c>
       <c r="M51" s="82">
-        <v>50.892028462411055</v>
+        <v>5.5946250054096165</v>
       </c>
       <c r="N51" s="70">
-        <v>43.13000000000001</v>
+        <v>-801.0100000000001</v>
       </c>
       <c r="O51" s="70">
-        <v>86.12</v>
+        <v>-709.43999999999994</v>
       </c>
     </row>
     <row r="52" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="99" t="s">
-        <v>27</v>
+        <v>94</v>
       </c>
       <c r="B52" s="70">
-        <v>192.85</v>
+        <v>222.2</v>
       </c>
       <c r="C52" s="70">
-        <v>181.16</v>
+        <v>203.58</v>
       </c>
       <c r="D52" s="82">
-        <v>0.13608177045117612</v>
+        <v>0.15120987958024887</v>
       </c>
       <c r="E52" s="82">
-        <v>-6.061705989110707</v>
+        <v>-8.3798379837983692</v>
       </c>
       <c r="F52" s="82">
-        <v>27.467432104217266</v>
+        <v>53.512132822477653</v>
       </c>
       <c r="G52" s="82">
-        <v>72.532567895782734</v>
+        <v>46.487867177522347</v>
       </c>
       <c r="H52" s="70">
-        <v>138.15</v>
+        <v>167.99</v>
       </c>
       <c r="I52" s="70">
-        <v>148.01</v>
+        <v>157.27000000000001</v>
       </c>
       <c r="J52" s="82">
-        <v>0.11692417608191595</v>
+        <v>0.12015906502235096</v>
       </c>
       <c r="K52" s="82">
-        <v>7.1371697430329242</v>
+        <v>-6.3813322221560806</v>
       </c>
       <c r="L52" s="82">
-        <v>37.990676305655015</v>
+        <v>86.087620016532085</v>
       </c>
       <c r="M52" s="82">
-        <v>62.009323694344985</v>
+        <v>13.91237998346792</v>
       </c>
       <c r="N52" s="70">
-        <v>54.699999999999989</v>
+        <v>54.20999999999998</v>
       </c>
       <c r="O52" s="70">
-        <v>33.150000000000006</v>
+        <v>46.31</v>
       </c>
     </row>
     <row r="53" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="99" t="s">
-        <v>144</v>
+        <v>131</v>
       </c>
       <c r="B53" s="70">
-        <v>124.54</v>
+        <v>157.66</v>
       </c>
       <c r="C53" s="70">
-        <v>162.46</v>
+        <v>166.53</v>
       </c>
       <c r="D53" s="82">
-        <v>0.12203491072807504</v>
+        <v>0.12369084019303882</v>
       </c>
       <c r="E53" s="82">
-        <v>30.448048819656336</v>
+        <v>5.6260306989724755</v>
       </c>
       <c r="F53" s="82">
-        <v>65.333005047396284</v>
+        <v>93.604755899837869</v>
       </c>
       <c r="G53" s="82">
-        <v>34.666994952603716</v>
+        <v>6.3952441001621327</v>
       </c>
       <c r="H53" s="70">
-        <v>332.12</v>
+        <v>163.52000000000001</v>
       </c>
       <c r="I53" s="70">
-        <v>204.13</v>
+        <v>160.13</v>
       </c>
       <c r="J53" s="82">
-        <v>0.16125756410784073</v>
+        <v>0.12234419203935307</v>
       </c>
       <c r="K53" s="82">
-        <v>-38.537275683487898</v>
+        <v>-2.0731409001957037</v>
       </c>
       <c r="L53" s="82">
-        <v>94.49860383089208</v>
+        <v>33.12308749141323</v>
       </c>
       <c r="M53" s="82">
-        <v>5.5013961691079212</v>
+        <v>66.87691250858677</v>
       </c>
       <c r="N53" s="70">
-        <v>-207.57999999999998</v>
+        <v>-5.8600000000000136</v>
       </c>
       <c r="O53" s="70">
-        <v>-41.669999999999987</v>
+        <v>6.4000000000000057</v>
       </c>
     </row>
     <row r="54" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="99" t="s">
-        <v>148</v>
+        <v>97</v>
       </c>
       <c r="B54" s="70">
-        <v>155.63999999999999</v>
+        <v>150.36000000000001</v>
       </c>
       <c r="C54" s="70">
-        <v>157.76</v>
+        <v>159.36000000000001</v>
       </c>
       <c r="D54" s="82">
-        <v>0.11850441657307101</v>
+        <v>0.11836529329948159</v>
       </c>
       <c r="E54" s="82">
-        <v>1.3621177075302009</v>
+        <v>5.9856344772545889</v>
       </c>
       <c r="F54" s="82">
-        <v>90.409482758620683</v>
+        <v>40.775602409638566</v>
       </c>
       <c r="G54" s="82">
-        <v>9.5905172413793114</v>
+        <v>59.224397590361434</v>
       </c>
       <c r="H54" s="70">
-        <v>118.82</v>
+        <v>49.38</v>
       </c>
       <c r="I54" s="70">
-        <v>162.97999999999999</v>
+        <v>53</v>
       </c>
       <c r="J54" s="82">
-        <v>0.12875009943808299</v>
+        <v>4.0493612552836525E-2</v>
       </c>
       <c r="K54" s="82">
-        <v>37.165460360208719</v>
+        <v>7.3309031996759773</v>
       </c>
       <c r="L54" s="82">
-        <v>38.495520922812609</v>
+        <v>29.320754716981128</v>
       </c>
       <c r="M54" s="82">
-        <v>61.504479077187391</v>
+        <v>70.679245283018872</v>
       </c>
       <c r="N54" s="70">
-        <v>36.819999999999993</v>
+        <v>100.98000000000002</v>
       </c>
       <c r="O54" s="70">
-        <v>-5.2199999999999989</v>
+        <v>106.36000000000001</v>
       </c>
     </row>
     <row r="55" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="99" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="B55" s="70">
-        <v>156.44</v>
+        <v>123.62</v>
       </c>
       <c r="C55" s="70">
-        <v>152.06</v>
+        <v>158.30000000000001</v>
       </c>
       <c r="D55" s="82">
-        <v>0.11422275344891721</v>
+        <v>0.11757797395399056</v>
       </c>
       <c r="E55" s="82">
-        <v>-2.7997954487343364</v>
+        <v>28.053712991425339</v>
       </c>
       <c r="F55" s="82">
-        <v>79.698803104037879</v>
+        <v>57.441566645609605</v>
       </c>
       <c r="G55" s="82">
-        <v>20.301196895962121</v>
+        <v>42.558433354390395</v>
       </c>
       <c r="H55" s="70">
-        <v>9.42</v>
+        <v>56.57</v>
       </c>
       <c r="I55" s="70">
-        <v>9.2200000000000006</v>
+        <v>55.05</v>
       </c>
       <c r="J55" s="82">
-        <v>7.2835680256419519E-3</v>
+        <v>4.2059874925163221E-2</v>
       </c>
       <c r="K55" s="82">
-        <v>-2.123142250530778</v>
+        <v>-2.6869365388014903</v>
       </c>
       <c r="L55" s="82">
-        <v>21.041214750542309</v>
+        <v>72.26158038147139</v>
       </c>
       <c r="M55" s="82">
-        <v>78.958785249457691</v>
+        <v>27.73841961852861</v>
       </c>
       <c r="N55" s="70">
-        <v>147.02000000000001</v>
+        <v>67.050000000000011</v>
       </c>
       <c r="O55" s="70">
-        <v>142.84</v>
+        <v>103.25000000000001</v>
       </c>
     </row>
     <row r="56" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="99" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="B56" s="70">
-        <v>123.65</v>
+        <v>136.4</v>
       </c>
       <c r="C56" s="70">
-        <v>140.94</v>
+        <v>146.03</v>
       </c>
       <c r="D56" s="82">
-        <v>0.10586975451197153</v>
+        <v>0.10846438115288212</v>
       </c>
       <c r="E56" s="82">
-        <v>13.983016579053773</v>
+        <v>7.0601173020527819</v>
       </c>
       <c r="F56" s="82">
-        <v>41.003263800198667</v>
+        <v>49.311785249606245</v>
       </c>
       <c r="G56" s="82">
-        <v>58.996736199801333</v>
+        <v>50.688214750393755</v>
       </c>
       <c r="H56" s="70">
-        <v>48.69</v>
+        <v>73</v>
       </c>
       <c r="I56" s="70">
-        <v>49.87</v>
+        <v>86.61</v>
       </c>
       <c r="J56" s="82">
-        <v>3.9396045275354022E-2</v>
+        <v>6.6172675154739083E-2</v>
       </c>
       <c r="K56" s="82">
-        <v>2.4234955843088923</v>
+        <v>18.643835616438356</v>
       </c>
       <c r="L56" s="82">
-        <v>27.792259875676763</v>
+        <v>72.116383789400757</v>
       </c>
       <c r="M56" s="82">
-        <v>72.207740124323237</v>
+        <v>27.883616210599239</v>
       </c>
       <c r="N56" s="70">
-        <v>74.960000000000008</v>
+        <v>63.400000000000006</v>
       </c>
       <c r="O56" s="70">
-        <v>91.07</v>
+        <v>59.42</v>
       </c>
     </row>
     <row r="57" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="99" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="B57" s="70">
-        <v>124.02</v>
+        <v>162.94999999999999</v>
       </c>
       <c r="C57" s="70">
-        <v>137.26</v>
+        <v>138.12</v>
       </c>
       <c r="D57" s="82">
-        <v>0.1031054527055003</v>
+        <v>0.10258919622568019</v>
       </c>
       <c r="E57" s="82">
-        <v>10.675697468150295</v>
+        <v>-15.237803007057371</v>
       </c>
       <c r="F57" s="82">
-        <v>48.397202389625527</v>
+        <v>60.729800173761944</v>
       </c>
       <c r="G57" s="82">
-        <v>51.602797610374473</v>
+        <v>39.270199826238056</v>
       </c>
       <c r="H57" s="70">
-        <v>58.2</v>
+        <v>204.13</v>
       </c>
       <c r="I57" s="70">
-        <v>73</v>
+        <v>160.55000000000001</v>
       </c>
       <c r="J57" s="82">
-        <v>5.7668163326666209E-2</v>
+        <v>0.12266508481807367</v>
       </c>
       <c r="K57" s="82">
-        <v>25.429553264604802</v>
+        <v>-21.349140253759852</v>
       </c>
       <c r="L57" s="82">
-        <v>66.06849315068493</v>
+        <v>94.363126751790716</v>
       </c>
       <c r="M57" s="82">
-        <v>33.93150684931507</v>
+        <v>5.6368732482092812</v>
       </c>
       <c r="N57" s="70">
-        <v>65.819999999999993</v>
+        <v>-41.180000000000007</v>
       </c>
       <c r="O57" s="70">
-        <v>64.259999999999991</v>
+        <v>-22.430000000000007</v>
       </c>
     </row>
     <row r="58" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="99" t="s">
-        <v>131</v>
+        <v>109</v>
       </c>
       <c r="B58" s="70">
-        <v>113.53</v>
+        <v>149.22</v>
       </c>
       <c r="C58" s="70">
-        <v>123.38</v>
+        <v>128.46</v>
       </c>
       <c r="D58" s="82">
-        <v>9.2679227413701201E-2</v>
+        <v>9.5414191624318551E-2</v>
       </c>
       <c r="E58" s="82">
-        <v>8.6761208491147652</v>
+        <v>-13.912344189786886</v>
       </c>
       <c r="F58" s="82">
-        <v>60.285297455017016</v>
+        <v>77.471586486065704</v>
       </c>
       <c r="G58" s="82">
-        <v>39.714702544982984</v>
+        <v>22.528413513934296</v>
       </c>
       <c r="H58" s="70">
-        <v>72.989999999999995</v>
+        <v>9.23</v>
       </c>
       <c r="I58" s="70">
-        <v>56.54</v>
+        <v>10.42</v>
       </c>
       <c r="J58" s="82">
-        <v>4.4665177458763118E-2</v>
+        <v>7.9611970339727653E-3</v>
       </c>
       <c r="K58" s="82">
-        <v>-22.537333881353604</v>
+        <v>12.892741061755139</v>
       </c>
       <c r="L58" s="82">
-        <v>80.120268836222138</v>
+        <v>24.568138195777351</v>
       </c>
       <c r="M58" s="82">
-        <v>19.879731163777858</v>
+        <v>75.431861804222649</v>
       </c>
       <c r="N58" s="70">
-        <v>40.540000000000006</v>
+        <v>139.99</v>
       </c>
       <c r="O58" s="70">
-        <v>66.84</v>
+        <v>118.04</v>
       </c>
     </row>
     <row r="59" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="99" t="s">
-        <v>116</v>
+        <v>99</v>
       </c>
       <c r="B59" s="70">
-        <v>93.56</v>
+        <v>114.7</v>
       </c>
       <c r="C59" s="70">
-        <v>114.49</v>
+        <v>125.06</v>
       </c>
       <c r="D59" s="82">
-        <v>8.6001335277959556E-2</v>
+        <v>9.2888827685951095E-2</v>
       </c>
       <c r="E59" s="82">
-        <v>22.370671227020086</v>
+        <v>9.0322580645161281</v>
       </c>
       <c r="F59" s="82">
-        <v>67.604157568346579</v>
+        <v>61.514473052934591</v>
       </c>
       <c r="G59" s="82">
-        <v>32.395842431653428</v>
+        <v>38.485526947065409</v>
       </c>
       <c r="H59" s="70">
-        <v>80.81</v>
+        <v>98.26</v>
       </c>
       <c r="I59" s="70">
-        <v>98.26</v>
+        <v>97.21</v>
       </c>
       <c r="J59" s="82">
-        <v>7.7622927787372897E-2</v>
+        <v>7.4271397665306382E-2</v>
       </c>
       <c r="K59" s="82">
-        <v>21.59386214577404</v>
+        <v>-1.0685935273763598</v>
       </c>
       <c r="L59" s="82">
-        <v>67.575819255037658</v>
+        <v>72.842300174879128</v>
       </c>
       <c r="M59" s="82">
-        <v>32.424180744962342</v>
+        <v>27.157699825120872</v>
       </c>
       <c r="N59" s="70">
-        <v>12.75</v>
+        <v>16.439999999999998</v>
       </c>
       <c r="O59" s="70">
-        <v>16.22999999999999</v>
+        <v>27.850000000000009</v>
       </c>
     </row>
     <row r="60" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="99" t="s">
-        <v>18</v>
+        <v>104</v>
       </c>
       <c r="B60" s="70">
-        <v>99.83</v>
+        <v>110.06</v>
       </c>
       <c r="C60" s="70">
-        <v>111.46</v>
+        <v>123</v>
       </c>
       <c r="D60" s="82">
-        <v>8.3725293301435688E-2</v>
+        <v>9.1358754240940226E-2</v>
       </c>
       <c r="E60" s="82">
-        <v>11.649804667935486</v>
+        <v>11.757223332727602</v>
       </c>
       <c r="F60" s="82">
-        <v>55.544589987439444</v>
+        <v>68.365853658536594</v>
       </c>
       <c r="G60" s="82">
-        <v>44.455410012560556</v>
+        <v>31.63414634146341</v>
       </c>
       <c r="H60" s="70">
-        <v>146.43</v>
+        <v>215.84</v>
       </c>
       <c r="I60" s="70">
-        <v>198.04</v>
+        <v>208.18</v>
       </c>
       <c r="J60" s="82">
-        <v>0.15644661733168461</v>
+        <v>0.15905585398583977</v>
       </c>
       <c r="K60" s="82">
-        <v>35.245509799904376</v>
+        <v>-3.5489251297257209</v>
       </c>
       <c r="L60" s="82">
-        <v>79.393051908705303</v>
+        <v>92.909981746565478</v>
       </c>
       <c r="M60" s="82">
-        <v>20.60694809129469</v>
+        <v>7.0900182534345273</v>
       </c>
       <c r="N60" s="70">
-        <v>-46.600000000000009</v>
+        <v>-105.78</v>
       </c>
       <c r="O60" s="70">
-        <v>-86.58</v>
+        <v>-85.18</v>
       </c>
     </row>
     <row r="61" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="99" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="B61" s="70">
-        <v>111.45</v>
+        <v>100.87</v>
       </c>
       <c r="C61" s="70">
-        <v>109.86</v>
+        <v>106.64</v>
       </c>
       <c r="D61" s="82">
-        <v>8.2523422950796024E-2</v>
+        <v>7.9207297172795663E-2</v>
       </c>
       <c r="E61" s="82">
-        <v>-1.4266487213997339</v>
+        <v>5.7202339645087701</v>
       </c>
       <c r="F61" s="82">
-        <v>66.175131986164217</v>
+        <v>60.38072018004501</v>
       </c>
       <c r="G61" s="82">
-        <v>33.82486801383579</v>
+        <v>39.61927981995499</v>
       </c>
       <c r="H61" s="70">
-        <v>183.98</v>
+        <v>25.79</v>
       </c>
       <c r="I61" s="70">
-        <v>215.83</v>
+        <v>28.15</v>
       </c>
       <c r="J61" s="82">
-        <v>0.17050026973690915</v>
+        <v>2.1507456478534869E-2</v>
       </c>
       <c r="K61" s="82">
-        <v>17.311664311338202</v>
+        <v>9.1508336564559887</v>
       </c>
       <c r="L61" s="82">
-        <v>95.199925867580973</v>
+        <v>7.6021314387211305</v>
       </c>
       <c r="M61" s="82">
-        <v>4.8000741324190326</v>
+        <v>92.397868561278869</v>
       </c>
       <c r="N61" s="70">
-        <v>-72.529999999999987</v>
+        <v>75.080000000000013</v>
       </c>
       <c r="O61" s="70">
-        <v>-105.97000000000001</v>
+        <v>78.490000000000009</v>
       </c>
     </row>
     <row r="62" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="99" t="s">
-        <v>145</v>
+        <v>18</v>
       </c>
       <c r="B62" s="70">
-        <v>62.04</v>
+        <v>108.8</v>
       </c>
       <c r="C62" s="70">
-        <v>77.040000000000006</v>
+        <v>98.09</v>
       </c>
       <c r="D62" s="82">
-        <v>5.7870057383299894E-2</v>
+        <v>7.2856749621901029E-2</v>
       </c>
       <c r="E62" s="82">
-        <v>24.177949709864617</v>
+        <v>-9.8437499999999947</v>
       </c>
       <c r="F62" s="82">
-        <v>80.07528556593978</v>
+        <v>35.243144051381378</v>
       </c>
       <c r="G62" s="82">
-        <v>19.924714434060224</v>
+        <v>64.756855948618622</v>
       </c>
       <c r="H62" s="70">
-        <v>25.87</v>
+        <v>198.04</v>
       </c>
       <c r="I62" s="70">
-        <v>26.25</v>
+        <v>236.49</v>
       </c>
       <c r="J62" s="82">
-        <v>2.0736839552397097E-2</v>
+        <v>0.1806855553324587</v>
       </c>
       <c r="K62" s="82">
-        <v>1.4688828759180479</v>
+        <v>19.415269642496476</v>
       </c>
       <c r="L62" s="82">
-        <v>8.3428571428571558</v>
+        <v>80.641887606241283</v>
       </c>
       <c r="M62" s="82">
-        <v>91.657142857142844</v>
+        <v>19.358112393758724</v>
       </c>
       <c r="N62" s="70">
-        <v>36.17</v>
+        <v>-89.24</v>
       </c>
       <c r="O62" s="70">
-        <v>50.790000000000006</v>
+        <v>-138.4</v>
       </c>
     </row>
     <row r="63" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="99" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="B63" s="70">
-        <v>56.45</v>
+        <v>64.63</v>
       </c>
       <c r="C63" s="70">
-        <v>64.5</v>
+        <v>83.24</v>
       </c>
       <c r="D63" s="82">
-        <v>4.8450398510161516E-2</v>
+        <v>6.1826851244031408E-2</v>
       </c>
       <c r="E63" s="82">
-        <v>14.260407440212571</v>
+        <v>28.794677394398889</v>
       </c>
       <c r="F63" s="82">
-        <v>23.565891472868216</v>
+        <v>19.173474291206148</v>
       </c>
       <c r="G63" s="82">
-        <v>76.434108527131784</v>
+        <v>80.826525708793852</v>
       </c>
       <c r="H63" s="70">
-        <v>36.33</v>
+        <v>36.83</v>
       </c>
       <c r="I63" s="70">
-        <v>36.82</v>
+        <v>42.15</v>
       </c>
       <c r="J63" s="82">
-        <v>2.9086873612162324E-2</v>
+        <v>3.2203882435887912E-2</v>
       </c>
       <c r="K63" s="82">
-        <v>1.3487475915221636</v>
+        <v>14.444746130871575</v>
       </c>
       <c r="L63" s="82">
-        <v>46.17055947854427</v>
+        <v>43.321470937129291</v>
       </c>
       <c r="M63" s="82">
-        <v>53.82944052145573</v>
+        <v>56.678529062870709</v>
       </c>
       <c r="N63" s="70">
-        <v>20.120000000000005</v>
+        <v>27.799999999999997</v>
       </c>
       <c r="O63" s="70">
-        <v>27.68</v>
+        <v>41.089999999999996</v>
       </c>
     </row>
     <row r="64" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="99" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="B64" s="70">
-        <v>65.36</v>
+        <v>64.36</v>
       </c>
       <c r="C64" s="70">
-        <v>63.93</v>
+        <v>63.85</v>
       </c>
       <c r="D64" s="82">
-        <v>4.802223219774613E-2</v>
+        <v>4.7424849254341733E-2</v>
       </c>
       <c r="E64" s="82">
-        <v>-2.1878824969400243</v>
+        <v>-0.79241765071472647</v>
       </c>
       <c r="F64" s="82">
-        <v>43.891756608790864</v>
+        <v>44.009397024275643</v>
       </c>
       <c r="G64" s="82">
-        <v>56.108243391209136</v>
+        <v>55.990602975724357</v>
       </c>
       <c r="H64" s="70">
-        <v>25.29</v>
+        <v>23.4</v>
       </c>
       <c r="I64" s="70">
-        <v>23.4</v>
+        <v>31.9</v>
       </c>
       <c r="J64" s="82">
-        <v>1.8485411258136838E-2</v>
+        <v>2.4372570574254435E-2</v>
       </c>
       <c r="K64" s="82">
-        <v>-7.4733096085409274</v>
+        <v>36.324786324786331</v>
       </c>
       <c r="L64" s="82">
-        <v>61.025641025641022</v>
+        <v>65.109717868338549</v>
       </c>
       <c r="M64" s="82">
-        <v>38.974358974358978</v>
+        <v>34.890282131661451</v>
       </c>
       <c r="N64" s="70">
-        <v>40.07</v>
+        <v>40.96</v>
       </c>
       <c r="O64" s="70">
-        <v>40.53</v>
+        <v>31.950000000000003</v>
       </c>
     </row>
     <row r="65" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="99" t="s">
-        <v>133</v>
+        <v>31</v>
       </c>
       <c r="B65" s="70">
-        <v>49.4</v>
+        <v>59.59</v>
       </c>
       <c r="C65" s="70">
-        <v>47.67</v>
+        <v>44.79</v>
       </c>
       <c r="D65" s="82">
-        <v>3.5808224759370531E-2</v>
+        <v>3.3267956117493593E-2</v>
       </c>
       <c r="E65" s="82">
-        <v>-3.5020242914979698</v>
+        <v>-24.836381943279079</v>
       </c>
       <c r="F65" s="82">
-        <v>45.731067757499474</v>
+        <v>22.884572449207411</v>
       </c>
       <c r="G65" s="82">
-        <v>54.268932242500526</v>
+        <v>77.115427550792589</v>
       </c>
       <c r="H65" s="70">
-        <v>23.48</v>
+        <v>23.9</v>
       </c>
       <c r="I65" s="70">
-        <v>11.2</v>
+        <v>21.22</v>
       </c>
       <c r="J65" s="82">
-        <v>8.8477182090227601E-3</v>
+        <v>1.6212725629645115E-2</v>
       </c>
       <c r="K65" s="82">
-        <v>-52.299829642248731</v>
+        <v>-11.213389121338912</v>
       </c>
       <c r="L65" s="82">
-        <v>2.857142857142847</v>
+        <v>59.142318567389253</v>
       </c>
       <c r="M65" s="82">
-        <v>97.142857142857153</v>
+        <v>40.857681432610747</v>
       </c>
       <c r="N65" s="70">
-        <v>25.919999999999998</v>
+        <v>35.690000000000005</v>
       </c>
       <c r="O65" s="70">
-        <v>36.47</v>
+        <v>23.57</v>
       </c>
     </row>
     <row r="66" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="99" t="s">
-        <v>31</v>
+        <v>116</v>
       </c>
       <c r="B66" s="70">
-        <v>39.33</v>
+        <v>47.37</v>
       </c>
       <c r="C66" s="70">
-        <v>36.82</v>
+        <v>44.43</v>
       </c>
       <c r="D66" s="82">
-        <v>2.7658041444095303E-2</v>
+        <v>3.3000564641666459E-2</v>
       </c>
       <c r="E66" s="82">
-        <v>-6.3818967709127845</v>
+        <v>-6.2064597846738403</v>
       </c>
       <c r="F66" s="82">
-        <v>28.326996197718628</v>
+        <v>43.799234751294172</v>
       </c>
       <c r="G66" s="82">
-        <v>71.673003802281372</v>
+        <v>56.200765248705828</v>
       </c>
       <c r="H66" s="70">
-        <v>46.16</v>
+        <v>11.33</v>
       </c>
       <c r="I66" s="70">
-        <v>23.92</v>
+        <v>18.54</v>
       </c>
       <c r="J66" s="82">
-        <v>1.8896198174984325E-2</v>
+        <v>1.4165124089237532E-2</v>
       </c>
       <c r="K66" s="82">
-        <v>-48.18024263431542</v>
+        <v>63.636363636363626</v>
       </c>
       <c r="L66" s="82">
-        <v>53.219063545150505</v>
+        <v>2.6429341963322486</v>
       </c>
       <c r="M66" s="82">
-        <v>46.780936454849495</v>
+        <v>97.357065803667751</v>
       </c>
       <c r="N66" s="70">
-        <v>-6.8299999999999983</v>
+        <v>36.04</v>
       </c>
       <c r="O66" s="70">
-        <v>12.899999999999999</v>
+        <v>25.89</v>
       </c>
     </row>
     <row r="67" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="99" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B67" s="70">
-        <v>12.07</v>
+        <v>10.98</v>
       </c>
       <c r="C67" s="70">
-        <v>11.86</v>
+        <v>12.08</v>
       </c>
       <c r="D67" s="82">
-        <v>8.9088639741165213E-3</v>
+        <v>8.9724695221996571E-3</v>
       </c>
       <c r="E67" s="82">
-        <v>-1.7398508699254418</v>
+        <v>10.01821493624772</v>
       </c>
       <c r="F67" s="82">
-        <v>52.698145025295105</v>
+        <v>43.377483443708606</v>
       </c>
       <c r="G67" s="82">
-        <v>47.301854974704895</v>
+        <v>56.622516556291394</v>
       </c>
       <c r="H67" s="70">
-        <v>1.22</v>
+        <v>3.51</v>
       </c>
       <c r="I67" s="70">
-        <v>10.41</v>
+        <v>1.25</v>
       </c>
       <c r="J67" s="82">
-        <v>8.2236380853506191E-3</v>
+        <v>9.5503803190652187E-4</v>
       </c>
       <c r="K67" s="82">
-        <v>753.27868852459017</v>
+        <v>-64.387464387464391</v>
       </c>
       <c r="L67" s="82">
-        <v>85.30259365994236</v>
+        <v>4.8000000000000114</v>
       </c>
       <c r="M67" s="82">
-        <v>14.697406340057636</v>
+        <v>95.199999999999989</v>
       </c>
       <c r="N67" s="70">
-        <v>10.85</v>
+        <v>7.4700000000000006</v>
       </c>
       <c r="O67" s="70">
-        <v>1.4499999999999993</v>
+        <v>10.83</v>
       </c>
     </row>
     <row r="68" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="99" t="s">
-        <v>147</v>
+        <v>108</v>
       </c>
       <c r="B68" s="70">
-        <v>9.07</v>
+        <v>12.1</v>
       </c>
       <c r="C68" s="70">
-        <v>11.13</v>
+        <v>9.11</v>
       </c>
       <c r="D68" s="82">
-        <v>8.3605106266371725E-3</v>
+        <v>6.7664898466257345E-3</v>
       </c>
       <c r="E68" s="82">
-        <v>22.712238147739804</v>
+        <v>-24.710743801652896</v>
       </c>
       <c r="F68" s="82">
-        <v>35.399820305480688</v>
+        <v>74.753018660812288</v>
       </c>
       <c r="G68" s="82">
-        <v>64.600179694519312</v>
+        <v>25.246981339187709</v>
       </c>
       <c r="H68" s="70">
-        <v>4.25</v>
+        <v>10.41</v>
       </c>
       <c r="I68" s="70">
-        <v>3.51</v>
+        <v>0.67</v>
       </c>
       <c r="J68" s="82">
-        <v>2.7728116887205255E-3</v>
+        <v>5.1190038510189571E-4</v>
       </c>
       <c r="K68" s="82">
-        <v>-17.411764705882359</v>
+        <v>-93.56388088376562</v>
       </c>
       <c r="L68" s="82">
-        <v>45.868945868945865</v>
+        <v>0</v>
       </c>
       <c r="M68" s="82">
-        <v>54.131054131054135</v>
+        <v>100</v>
       </c>
       <c r="N68" s="70">
-        <v>4.82</v>
+        <v>1.6899999999999995</v>
       </c>
       <c r="O68" s="70">
-        <v>7.620000000000001</v>
+        <v>8.44</v>
       </c>
     </row>
     <row r="69" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="99" t="s">
-        <v>137</v>
+        <v>120</v>
       </c>
       <c r="B69" s="70">
-        <v>-45.45</v>
+        <v>-75.69</v>
       </c>
       <c r="C69" s="70">
-        <v>9.89</v>
+        <v>-7.71</v>
       </c>
       <c r="D69" s="82">
-        <v>7.429061104891433E-3</v>
+        <v>-5.72663410729796E-3</v>
       </c>
       <c r="E69" s="82">
-        <v>-121.76017601760176</v>
+        <v>-89.813713832738813</v>
       </c>
       <c r="F69" s="82">
-        <v>20.525783619818</v>
+        <v>243.45006485084306</v>
       </c>
       <c r="G69" s="82">
-        <v>79.474216380182</v>
+        <v>-143.45006485084306</v>
       </c>
       <c r="H69" s="70">
-        <v>1319.85</v>
+        <v>1139.93</v>
       </c>
       <c r="I69" s="70">
-        <v>1138.03</v>
+        <v>950.87</v>
       </c>
       <c r="J69" s="82">
-        <v>0.89901506726912261</v>
+        <v>0.72649361071916352</v>
       </c>
       <c r="K69" s="82">
-        <v>-13.775807856953437</v>
+        <v>-16.585228917565118</v>
       </c>
       <c r="L69" s="82">
-        <v>92.735692380692953</v>
+        <v>92.153501530177621</v>
       </c>
       <c r="M69" s="82">
-        <v>7.2643076193070488</v>
+        <v>7.8464984698223734</v>
       </c>
       <c r="N69" s="70">
-        <v>-1365.3</v>
+        <v>-1215.6200000000001</v>
       </c>
       <c r="O69" s="70">
-        <v>-1128.1399999999999</v>
+        <v>-958.58</v>
       </c>
     </row>
     <row r="70" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="109" t="s">
         <v>61</v>
       </c>
       <c r="B70" s="110">
-        <v>6441.9300000000076</v>
+        <v>6485.2399999999907</v>
       </c>
       <c r="C70" s="110">
-        <v>6489.0399999999936</v>
+        <v>6302.5599999999977</v>
       </c>
       <c r="D70" s="111">
-        <v>4.8743654875717546</v>
+        <v>4.6812522774697563</v>
       </c>
       <c r="E70" s="111">
-        <v>0.73130257547017707</v>
+        <v>-2.8168579728736836</v>
       </c>
       <c r="F70" s="111">
-        <v>65.478098455241764</v>
+        <v>64.341949937802994</v>
       </c>
       <c r="G70" s="111">
-        <v>34.521901544758236</v>
+        <v>35.658050062197006</v>
       </c>
       <c r="H70" s="110">
-        <v>5227.8900000000576</v>
+        <v>5272.9799999999959</v>
       </c>
       <c r="I70" s="110">
-        <v>5284.2900000000227</v>
+        <v>5467.1200000000244</v>
       </c>
       <c r="J70" s="111">
-        <v>3.969394671988566</v>
+        <v>4.060725792566922</v>
       </c>
       <c r="K70" s="111">
-        <v>1.0788291260903435</v>
+        <v>3.6817890452842352</v>
       </c>
       <c r="L70" s="111">
-        <v>67.807974202778439</v>
+        <v>67.631403737251048</v>
       </c>
       <c r="M70" s="111">
-        <v>32.192025797221561</v>
+        <v>32.368596262748952</v>
       </c>
       <c r="N70" s="112">
-        <v>1214.0399999999499</v>
+        <v>1212.2599999999948</v>
       </c>
       <c r="O70" s="112">
-        <v>1204.7499999999709</v>
+        <v>835.43999999997322</v>
       </c>
     </row>
     <row r="71" spans="1:15" ht="1.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="101"/>
       <c r="B71" s="102"/>
       <c r="C71" s="102"/>
       <c r="D71" s="103"/>
       <c r="E71" s="103"/>
       <c r="F71" s="103"/>
       <c r="G71" s="103"/>
       <c r="H71" s="102"/>
       <c r="I71" s="102"/>
       <c r="J71" s="103"/>
       <c r="K71" s="103"/>
       <c r="L71" s="103"/>
       <c r="M71" s="103"/>
       <c r="N71" s="87"/>
       <c r="O71" s="87"/>
     </row>
     <row r="72" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A72" s="53" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B72" s="95"/>
       <c r="C72" s="95"/>
       <c r="D72" s="95"/>
       <c r="E72" s="95"/>
       <c r="F72" s="95"/>
       <c r="G72" s="95"/>
       <c r="H72" s="95"/>
       <c r="I72" s="95"/>
       <c r="J72" s="95"/>
       <c r="K72" s="95"/>
       <c r="L72" s="95"/>
       <c r="M72" s="95"/>
       <c r="N72" s="95"/>
       <c r="O72" s="95"/>
     </row>
     <row r="73" spans="1:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="74" spans="1:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="54"/>
       <c r="B74" s="54"/>
       <c r="C74" s="54"/>
       <c r="D74" s="54"/>
       <c r="E74" s="54"/>
       <c r="F74" s="54"/>
       <c r="G74" s="54"/>
       <c r="H74" s="54"/>
       <c r="I74" s="54"/>
       <c r="J74" s="54"/>
       <c r="K74" s="54"/>
       <c r="L74" s="54"/>
       <c r="M74" s="54"/>
       <c r="N74" s="54"/>
       <c r="O74" s="54"/>
     </row>
     <row r="75" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A75" s="16" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="76" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A76" s="55" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
     </row>
     <row r="77" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A77" s="90"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A7:O69">
     <sortCondition descending="1" ref="C7:C69"/>
   </sortState>
   <mergeCells count="3">
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:M4"/>
     <mergeCell ref="N4:O4"/>
   </mergeCells>
   <conditionalFormatting sqref="B7:E70 H7:K70">
     <cfRule type="cellIs" dxfId="2" priority="2" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B7:O70">
     <cfRule type="cellIs" dxfId="1" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N7:O70">
@@ -12106,65 +12106,65 @@
       <c r="A37" s="2"/>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
       <c r="J37" s="2"/>
     </row>
     <row r="38" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A38" s="2"/>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
       <c r="J38" s="2"/>
     </row>
     <row r="39" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A39" s="39" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
       <c r="J39" s="2"/>
     </row>
     <row r="40" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A40" s="40" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
       <c r="J40" s="2"/>
     </row>
     <row r="41" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
       <c r="J41" s="2"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>